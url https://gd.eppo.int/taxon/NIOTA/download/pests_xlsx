--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NIOTA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LIBEAS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter asiaticus'</t>
   </si>
   <si>
     <t>* Tolba IH, Soliman MA (2015) Citrus huanglongbing (greening disease) in Egypt: symptoms documentation and pathogen detection. American-Eurasian Journal of Agricultural and Environmental Sciences 15(10), 2045-2058.
 ------- the report on CLas in Egypt has been denied by the NPPO of Egypt, which raises concerns of the validity of the information in this article.</t>
   </si>
@@ -347,50 +347,60 @@
   </si>
   <si>
     <t>Tymovirus mosandigenum</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Host plant reaction, physical properties and serology of three isolates of Andean potato latent virus from Peru. Annals of Applied Biology 86, 373-380.
 ------- Tested on Nicotiana tabacum cv. Xanthi (symptomless systemic infection for Ay and Caj isolates) and on N. tabacum cv. Samsun.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>TOXOCI</t>
   </si>
   <si>
     <t>Aphis citricidus</t>
   </si>
   <si>
     <t>* Singh G, Singh R (2017) Food plant records of Aphidini (Aphidinae: Aphididae: Hemiptera) in India. Journal of Entomology and Zoology Studies 5(2), 1280-1302.</t>
   </si>
   <si>
     <t>CLEOPU</t>
   </si>
   <si>
     <t>Asproparthenis punctiventris</t>
   </si>
   <si>
     <t>PYTOGA</t>
   </si>
   <si>
     <t>Autographa gamma</t>
   </si>
   <si>
     <t>PARZCO</t>
   </si>
@@ -1410,51 +1420,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D119"/>
+  <dimension ref="A1:D120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1948,207 +1958,207 @@
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>98</v>
       </c>
       <c r="B38" t="s">
         <v>104</v>
       </c>
       <c r="C38" t="s">
         <v>105</v>
       </c>
       <c r="D38" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>98</v>
       </c>
       <c r="B39" t="s">
         <v>107</v>
       </c>
       <c r="C39" t="s">
         <v>108</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>98</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>98</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>113</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>98</v>
       </c>
       <c r="B42" t="s">
         <v>114</v>
       </c>
       <c r="C42" t="s">
         <v>115</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>98</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>118</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>98</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="s">
         <v>120</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>98</v>
       </c>
       <c r="B45" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C46" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>125</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>126</v>
       </c>
       <c r="C47" t="s">
         <v>127</v>
       </c>
       <c r="D47" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>129</v>
       </c>
       <c r="C48" t="s">
         <v>130</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>98</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>133</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>98</v>
       </c>
       <c r="B50" t="s">
         <v>134</v>
       </c>
       <c r="C50" t="s">
         <v>135</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>98</v>
       </c>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C51" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>138</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>98</v>
       </c>
       <c r="B52" t="s">
         <v>139</v>
       </c>
       <c r="C52" t="s">
         <v>140</v>
       </c>
       <c r="D52" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>98</v>
       </c>
       <c r="B53" t="s">
         <v>142</v>
       </c>
       <c r="C53" t="s">
         <v>143</v>
       </c>
@@ -2172,77 +2182,77 @@
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>98</v>
       </c>
       <c r="B55" t="s">
         <v>148</v>
       </c>
       <c r="C55" t="s">
         <v>149</v>
       </c>
       <c r="D55" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>98</v>
       </c>
       <c r="B56" t="s">
         <v>151</v>
       </c>
       <c r="C56" t="s">
         <v>152</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>98</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C57" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>98</v>
       </c>
       <c r="B58" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C58" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>157</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>98</v>
       </c>
       <c r="B59" t="s">
         <v>158</v>
       </c>
       <c r="C59" t="s">
         <v>159</v>
       </c>
       <c r="D59" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>98</v>
       </c>
       <c r="B60" t="s">
         <v>161</v>
       </c>
       <c r="C60" t="s">
         <v>162</v>
       </c>
@@ -2252,65 +2262,65 @@
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>98</v>
       </c>
       <c r="B61" t="s">
         <v>164</v>
       </c>
       <c r="C61" t="s">
         <v>165</v>
       </c>
       <c r="D61" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>98</v>
       </c>
       <c r="B62" t="s">
         <v>167</v>
       </c>
       <c r="C62" t="s">
         <v>168</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>98</v>
       </c>
       <c r="B63" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C63" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>171</v>
       </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>98</v>
       </c>
       <c r="B64" t="s">
         <v>172</v>
       </c>
       <c r="C64" t="s">
         <v>173</v>
       </c>
       <c r="D64" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>98</v>
       </c>
       <c r="B65" t="s">
         <v>175</v>
       </c>
       <c r="C65" t="s">
         <v>176</v>
       </c>
@@ -2335,78 +2345,78 @@
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>98</v>
       </c>
       <c r="B67" t="s">
         <v>181</v>
       </c>
       <c r="C67" t="s">
         <v>182</v>
       </c>
       <c r="D67" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>184</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
       <c r="D68" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>98</v>
       </c>
       <c r="B69" t="s">
+        <v>187</v>
+      </c>
+      <c r="C69" t="s">
+        <v>188</v>
+      </c>
+      <c r="D69" t="s">
         <v>186</v>
       </c>
-      <c r="C69" t="s">
-[...2 lines deleted...]
-      <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>98</v>
       </c>
       <c r="B70" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C70" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="D70" t="s">
         <v>190</v>
       </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>98</v>
       </c>
       <c r="B71" t="s">
         <v>191</v>
       </c>
       <c r="C71" t="s">
         <v>192</v>
       </c>
       <c r="D71" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>98</v>
       </c>
       <c r="B72" t="s">
         <v>194</v>
       </c>
       <c r="C72" t="s">
         <v>195</v>
       </c>
@@ -2514,549 +2524,563 @@
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>98</v>
       </c>
       <c r="B80" t="s">
         <v>218</v>
       </c>
       <c r="C80" t="s">
         <v>219</v>
       </c>
       <c r="D80" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>98</v>
       </c>
       <c r="B81" t="s">
         <v>221</v>
       </c>
       <c r="C81" t="s">
         <v>222</v>
       </c>
-      <c r="D81"/>
+      <c r="D81" t="s">
+        <v>223</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>98</v>
       </c>
       <c r="B82" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C82" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>98</v>
       </c>
       <c r="B83" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C83" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="D83" t="s">
         <v>227</v>
       </c>
+      <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>98</v>
       </c>
       <c r="B84" t="s">
         <v>228</v>
       </c>
       <c r="C84" t="s">
         <v>229</v>
       </c>
       <c r="D84" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>98</v>
       </c>
       <c r="B85" t="s">
         <v>231</v>
       </c>
       <c r="C85" t="s">
         <v>232</v>
       </c>
       <c r="D85" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>98</v>
       </c>
       <c r="B86" t="s">
         <v>234</v>
       </c>
       <c r="C86" t="s">
         <v>235</v>
       </c>
-      <c r="D86"/>
+      <c r="D86" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>98</v>
       </c>
       <c r="B87" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C87" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D87" t="s">
         <v>238</v>
       </c>
+      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>98</v>
       </c>
       <c r="B88" t="s">
         <v>239</v>
       </c>
       <c r="C88" t="s">
         <v>240</v>
       </c>
-      <c r="D88"/>
+      <c r="D88" t="s">
+        <v>241</v>
+      </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>98</v>
       </c>
       <c r="B89" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C89" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>98</v>
       </c>
       <c r="B90" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C90" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>245</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>98</v>
       </c>
       <c r="B91" t="s">
         <v>246</v>
       </c>
       <c r="C91" t="s">
         <v>247</v>
       </c>
       <c r="D91" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>98</v>
       </c>
       <c r="B92" t="s">
         <v>249</v>
       </c>
       <c r="C92" t="s">
         <v>250</v>
       </c>
-      <c r="D92"/>
+      <c r="D92" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>98</v>
       </c>
       <c r="B93" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C93" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D93" t="s">
         <v>253</v>
       </c>
+      <c r="D93"/>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>98</v>
       </c>
       <c r="B94" t="s">
         <v>254</v>
       </c>
       <c r="C94" t="s">
         <v>255</v>
       </c>
-      <c r="D94"/>
+      <c r="D94" t="s">
+        <v>256</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C95" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C96" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D96" t="s">
         <v>260</v>
       </c>
+      <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>98</v>
       </c>
       <c r="B97" t="s">
         <v>261</v>
       </c>
       <c r="C97" t="s">
         <v>262</v>
       </c>
       <c r="D97" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>98</v>
       </c>
       <c r="B98" t="s">
         <v>264</v>
       </c>
       <c r="C98" t="s">
         <v>265</v>
       </c>
-      <c r="D98"/>
+      <c r="D98" t="s">
+        <v>266</v>
+      </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C99" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>98</v>
       </c>
       <c r="B100" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C100" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="D100" t="s">
         <v>270</v>
       </c>
+      <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>98</v>
       </c>
       <c r="B101" t="s">
         <v>271</v>
       </c>
       <c r="C101" t="s">
         <v>272</v>
       </c>
-      <c r="D101"/>
+      <c r="D101" t="s">
+        <v>273</v>
+      </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>273</v>
+        <v>98</v>
       </c>
       <c r="B102" t="s">
         <v>274</v>
       </c>
       <c r="C102" t="s">
         <v>275</v>
       </c>
-      <c r="D102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D102"/>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B103" t="s">
         <v>277</v>
       </c>
       <c r="C103" t="s">
         <v>278</v>
       </c>
-      <c r="D103"/>
+      <c r="D103" t="s">
+        <v>279</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B104" t="s">
-        <v>121</v>
+        <v>280</v>
       </c>
       <c r="C104" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D104"/>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B105" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="C105" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D105" t="s">
         <v>282</v>
       </c>
+      <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B106" t="s">
         <v>283</v>
       </c>
       <c r="C106" t="s">
         <v>284</v>
       </c>
       <c r="D106" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B107" t="s">
         <v>286</v>
       </c>
       <c r="C107" t="s">
         <v>287</v>
       </c>
-      <c r="D107"/>
+      <c r="D107" t="s">
+        <v>288</v>
+      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B108" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C108" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D108" t="s">
         <v>290</v>
       </c>
+      <c r="D108"/>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B109" t="s">
         <v>291</v>
       </c>
       <c r="C109" t="s">
         <v>292</v>
       </c>
       <c r="D109" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B110" t="s">
         <v>294</v>
       </c>
       <c r="C110" t="s">
         <v>295</v>
       </c>
       <c r="D110" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B111" t="s">
         <v>297</v>
       </c>
       <c r="C111" t="s">
         <v>298</v>
       </c>
       <c r="D111" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B112" t="s">
         <v>300</v>
       </c>
       <c r="C112" t="s">
         <v>301</v>
       </c>
-      <c r="D112"/>
+      <c r="D112" t="s">
+        <v>302</v>
+      </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B113" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C113" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B114" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C114" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="D114" t="s">
         <v>306</v>
       </c>
+      <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B115" t="s">
         <v>307</v>
       </c>
       <c r="C115" t="s">
         <v>308</v>
       </c>
-      <c r="D115"/>
+      <c r="D115" t="s">
+        <v>309</v>
+      </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B116" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C116" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="D116" t="s">
         <v>311</v>
       </c>
+      <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B117" t="s">
         <v>312</v>
       </c>
       <c r="C117" t="s">
         <v>313</v>
       </c>
       <c r="D117" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B118" t="s">
         <v>315</v>
       </c>
       <c r="C118" t="s">
         <v>316</v>
       </c>
       <c r="D118" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
+        <v>276</v>
+      </c>
+      <c r="B119" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>319</v>
       </c>
-      <c r="D119"/>
+      <c r="D119" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>321</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>322</v>
+      </c>
+      <c r="D120"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>