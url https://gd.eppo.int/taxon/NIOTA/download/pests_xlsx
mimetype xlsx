--- v1 (2025-11-25)
+++ v2 (2026-01-25)
@@ -483,51 +483,51 @@
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Fiallo-Olivé E, Espino AI, Botella-Guillén M, Gómez-González E, Reyes-Carlos JA, Navas-Castillo J (2014) Tobacco: a new natural host of Tomato chlorosis virus in Spain. Plant Disease 98(8), p 1162.
 ------- confirmed host</t>
   </si>
   <si>
     <t>CORBFL</t>
   </si>
   <si>
     <t>Curtobacterium flaccumfaciens pv. flaccumfaciens</t>
   </si>
   <si>
-    <t>* Dai F, Xue Y, Zhang Q, Pan S, Wang N, Zhang J (2025) First report of bacterial wilting caused by Curtobacterium flaccumfaciens pv. flaccumfaciens on tobacco. Plant Disease (early view) https://doi.org/10.1094/PDIS-03-25-0641-PDN</t>
+    <t>* Dai F, Xue Y, Zhang Q, Pan S, Wang N, Zhang J (2025) First report of bacterial wilting caused by Curtobacterium flaccumfaciens pv. flaccumfaciens on tobacco. Plant Disease 109(9), 1983. https://doi.org/10.1094/PDIS-03-25-0641-PDN</t>
   </si>
   <si>
     <t>DIABUH</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata howardi</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 ------- Larval host.</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Hooper D.J (1972) Ditylenchus dipsaci. CIH Descriptions of Plant-parasitic Nematodes Set 1, No. 14.
 * Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
   </si>
   <si>
     <t>EMPOTA</t>
   </si>
   <si>