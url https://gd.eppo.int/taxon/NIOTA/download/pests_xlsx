--- v2 (2026-01-25)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NIOTA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="327">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LIBEAS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter asiaticus'</t>
   </si>
   <si>
     <t>* Tolba IH, Soliman MA (2015) Citrus huanglongbing (greening disease) in Egypt: symptoms documentation and pathogen detection. American-Eurasian Journal of Agricultural and Environmental Sciences 15(10), 2045-2058.
 ------- the report on CLas in Egypt has been denied by the NPPO of Egypt, which raises concerns of the validity of the information in this article.</t>
   </si>
@@ -565,50 +565,60 @@
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
   <si>
     <t>* Lin W, Liu YX, Feng YX, Zhang SC, Zhao Q, Lin Q, Wang J (2020) First report of bacterial hollow stalk caused by Dickeya chrysanthemi (syn. Erwinia chrysanthemi) on tobacco in Nanping, China. Plant Disease 104(12), p 3248.</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>
     <t>Euwallacea kuroshio (as Nicotiana)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
+    <t>FUSAFO</t>
+  </si>
+  <si>
+    <t>Fusarium foetens</t>
+  </si>
+  <si>
+    <t>* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+* Yi B, Ma J, Luo L, Ghani MI, Siddique JA, Tang X, Cernava T, Chen X (2025) First report of Fusarium foetens causing tobacco root and stem rots in Guizhou, China. Journal of Phytopathology 173, e70104.</t>
+  </si>
+  <si>
     <t>HELIAR</t>
   </si>
   <si>
     <t>Helicoverpa armigera</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>It may be a specific subspecies of Heterodera glycines.
 * Shi H, Zheng J (2013) First report of soybean cyst nematode (Heterodera glycines) on tobacco in Henan, Central China. Plant Disease 97(6), p 852.
 * Ren H, Chen K, Xu X, Li R, Kang X, Chang F, Zhou Y, Peng D, Zhou Y, Jiang S, Cui J (2024) Identification and biological characterization of a new cyst nematode, Heterodera glycines sbsp. n. tabacum, parasitizing tobacco in China. Plant Disease 108(8), 2389-2398.</t>
   </si>
   <si>
     <t>TSV000</t>
   </si>
   <si>
     <t>Ilarvirus TSV</t>
   </si>
@@ -736,51 +746,55 @@
     <t>* Gao F, Liu Z, Anane RF, Li S, Zhou W, Zi S, Chu B, Liu J, Chen X, Chen Z, Zhao M (2024) First report of Pantoea ananatis causing leaf spot disease in tobacco (Nicotiana tabacum) in China. Plant Disease 108(7), 2214. https://doi.org/10.1094/PDIS-04-23-0690-PDN</t>
   </si>
   <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Chittenden FH (1912) The potato-tuber moth. USDA, Bureau of Entomology. Circular no. 162, 5 pp.
 * Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTNP</t>
   </si>
   <si>
-    <t>Phytophthora nicotianae var. parasitica</t>
+    <t>Phytophthora nicotianae</t>
+  </si>
+  <si>
+    <t>* Camacho-Tapia M, Almaraz-Sánchez A, Leyva-Mir SG, Tovar-Pedraza JM (2016) First report of tobacco root rot caused by Phytophthora nicotianae in Mexico. Journal of Plant Pathology, 98(2), 371.
+* Panabieres F, Ali GS, Allagui MB, Dalio RJ, Gudmestad NC, Kuhn ML, Guha Roy S, Schena L, Zampounis A (2016) Phytophthora nicotianae diseases worldwide: new knowledge of a long-recognised pathogen. Phytopathologia Mediterranea 55(1), 20−40.</t>
   </si>
   <si>
     <t>PCFVD0</t>
   </si>
   <si>
     <t>Pospiviroid parvicapsici</t>
   </si>
   <si>
     <t>CDV000</t>
   </si>
   <si>
     <t>Potyvirus trompetae</t>
   </si>
   <si>
     <t>* Schubert J, Doroszewska T, Chrzanowska M, Sztangret-Wisniewska J (2006) Natural infection of tobacco by Colombian datura virus in Poland, Germany and Hungary. Journal of Phytopathology 154, 343-348.
 * Strumpf T, Buckhorn R, Lesemann DE (2005) [Occurrence of the Colombian datura virus on tobacco in Germany]. Nachrichtenblatt des Deutschen Pflanzenschutz 57, 1-3 (in German).</t>
   </si>
   <si>
     <t>PSDMCI</t>
   </si>
   <si>
     <t>Pseudomonas cichorii</t>
   </si>
   <si>
     <t>* Lan DY, Shu FL, Lu YH, Shou AF, Lin W, Yuan GQ (2022) First Report of a Leaf Spot Disease of Tobacco Caused by Pseudomonas cichorii in China. Plant Disease 106(3), 1058. https://doi.org/10.1094/PDIS-10-21-2158-PDN</t>
@@ -1420,51 +1434,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D120"/>
+  <dimension ref="A1:D121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2359,78 +2373,78 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>184</v>
       </c>
       <c r="C68" t="s">
         <v>185</v>
       </c>
       <c r="D68" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>98</v>
       </c>
       <c r="B69" t="s">
         <v>187</v>
       </c>
       <c r="C69" t="s">
         <v>188</v>
       </c>
       <c r="D69" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>98</v>
       </c>
       <c r="B70" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" t="s">
+        <v>191</v>
+      </c>
+      <c r="D70" t="s">
         <v>189</v>
       </c>
-      <c r="C70" t="s">
-[...2 lines deleted...]
-      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>98</v>
       </c>
       <c r="B71" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C71" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D71" t="s">
         <v>193</v>
       </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>98</v>
       </c>
       <c r="B72" t="s">
         <v>194</v>
       </c>
       <c r="C72" t="s">
         <v>195</v>
       </c>
       <c r="D72" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>98</v>
       </c>
       <c r="B73" t="s">
         <v>197</v>
       </c>
       <c r="C73" t="s">
         <v>198</v>
       </c>
@@ -2538,549 +2552,565 @@
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>98</v>
       </c>
       <c r="B81" t="s">
         <v>221</v>
       </c>
       <c r="C81" t="s">
         <v>222</v>
       </c>
       <c r="D81" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>98</v>
       </c>
       <c r="B82" t="s">
         <v>224</v>
       </c>
       <c r="C82" t="s">
         <v>225</v>
       </c>
-      <c r="D82"/>
+      <c r="D82" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>98</v>
       </c>
       <c r="B83" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C83" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="D83"/>
+        <v>228</v>
+      </c>
+      <c r="D83" t="s">
+        <v>229</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>98</v>
       </c>
       <c r="B84" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C84" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>98</v>
       </c>
       <c r="B85" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C85" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D85" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>98</v>
       </c>
       <c r="B86" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C86" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D86" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>98</v>
       </c>
       <c r="B87" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C87" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="D87"/>
+        <v>239</v>
+      </c>
+      <c r="D87" t="s">
+        <v>240</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>98</v>
       </c>
       <c r="B88" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C88" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>98</v>
       </c>
       <c r="B89" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C89" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="D89"/>
+        <v>244</v>
+      </c>
+      <c r="D89" t="s">
+        <v>245</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>98</v>
       </c>
       <c r="B90" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C90" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>98</v>
       </c>
       <c r="B91" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C91" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>98</v>
       </c>
       <c r="B92" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C92" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D92" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>98</v>
       </c>
       <c r="B93" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C93" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="D93"/>
+        <v>254</v>
+      </c>
+      <c r="D93" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>98</v>
       </c>
       <c r="B94" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C94" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C95" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D95"/>
+        <v>259</v>
+      </c>
+      <c r="D95" t="s">
+        <v>260</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C96" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>98</v>
       </c>
       <c r="B97" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C97" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>98</v>
       </c>
       <c r="B98" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C98" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D98" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C99" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>269</v>
+      </c>
+      <c r="D99" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>98</v>
       </c>
       <c r="B100" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C100" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D100"/>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>98</v>
       </c>
       <c r="B101" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C101" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D101"/>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>98</v>
       </c>
       <c r="B102" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C102" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D102"/>
+        <v>276</v>
+      </c>
+      <c r="D102" t="s">
+        <v>277</v>
+      </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>276</v>
+        <v>98</v>
       </c>
       <c r="B103" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C103" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D103" t="s">
         <v>279</v>
       </c>
+      <c r="D103"/>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B104" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C104" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D104"/>
+        <v>282</v>
+      </c>
+      <c r="D104" t="s">
+        <v>283</v>
+      </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B105" t="s">
-        <v>124</v>
+        <v>284</v>
       </c>
       <c r="C105" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D105"/>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B106" t="s">
-        <v>283</v>
+        <v>124</v>
       </c>
       <c r="C106" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="D106"/>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B107" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C107" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D107" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B108" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C108" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="D108"/>
+        <v>291</v>
+      </c>
+      <c r="D108" t="s">
+        <v>292</v>
+      </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B109" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C109" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B110" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C110" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D110" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B111" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C111" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D111" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B112" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C112" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D112" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B113" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C113" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="D113"/>
+        <v>305</v>
+      </c>
+      <c r="D113" t="s">
+        <v>306</v>
+      </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B114" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C114" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B115" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C115" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B116" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C116" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D116"/>
+        <v>312</v>
+      </c>
+      <c r="D116" t="s">
+        <v>313</v>
+      </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B117" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C117" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B118" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C118" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D118" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B119" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C119" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D119" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
       <c r="B120" t="s">
+        <v>322</v>
+      </c>
+      <c r="C120" t="s">
+        <v>323</v>
+      </c>
+      <c r="D120" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>325</v>
+      </c>
+      <c r="B121" t="s">
         <v>9</v>
       </c>
-      <c r="C120" t="s">
-[...2 lines deleted...]
-      <c r="D120"/>
+      <c r="C121" t="s">
+        <v>326</v>
+      </c>
+      <c r="D121"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>