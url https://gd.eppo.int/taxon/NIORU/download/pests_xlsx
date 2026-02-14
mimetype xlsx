--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -110,50 +110,59 @@
     <t>Nepovirus rubi (as Nicotiana)</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Fribourg CE (1977) Andean potato calico strain of tobacco ringspot virus. Phytopathology 67, 174-178.
 ------- TRSV-Ca.
 * Salazar LF, Harrison BD (1978) Host range and properties of potato black ringspot virus. Annals of Applied Biology 90, 375-386.
 ------- PBRSV.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Artificial transmission.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
+  </si>
+  <si>
     <t>PLRV00</t>
   </si>
   <si>
     <t>Polerovirus PLRV</t>
   </si>
   <si>
     <t>* Thomas PE, Hassan S (2002) First Report of Twenty-two New Hosts of Potato leafroll virus. Plant Disease 86(5), 561. 
 ------- asymptomatic</t>
   </si>
   <si>
     <t>PSTVD0</t>
   </si>
   <si>
     <t>Pospiviroid fusituberis (as Nicotiana)</t>
   </si>
   <si>
     <t>* Singh RP (1973) Experimental host range of the potato spindle tuber 'virus'. American Potato Journal 50, 111-123.
 ------- Aat least 25 Nicotiana species. Absence of symptoms.</t>
   </si>
   <si>
     <t>PYV000</t>
   </si>
   <si>
     <t>Potato yellowing virus</t>
   </si>
@@ -199,59 +208,50 @@
   <si>
     <t>Tobamovirus maculatessellati</t>
   </si>
   <si>
     <t>* Li Y, Wang Y, Hu J, Xiao L, Tan G, Lan P, Liu Y, Li F (2017) The complete genome sequence, occurrence and host range of Tomato mottle mosaic virus Chinese isolate. Virology Journal 14, 15. doi: 10.1186/s12985-016-0676-2
 * Sui X, Zheng Y, Li R, Padmanabhan C, Tian T, Groth-Helms D, Keinath AP, Fei Z, Wu Z, Lin KS (2017) Molecular and biological characterization of Tomato mottle mosaic virus and development of RT-PCR detection. Plant Disease 101(5), 704-711.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
   </si>
   <si>
     <t>* Amari K, Gonzalez-Ibeas D, Gómez P, Sempere RN, Sanchez-Pina MA, Pendon J, Moriones E (2017) Tomato torrado virus is transmitted by Bemisia tabaci and infects pepper and eggplant in addition to tomato. Plant disease 92, 1139.</t>
   </si>
   <si>
     <t>TOANV0</t>
   </si>
   <si>
     <t>Torradovirus marchitezum</t>
   </si>
   <si>
     <t>* Verbeek M, Dullemans AM, Van den Heuvel JF, Maris PC, Van der Vlugt RA (2008) Tomato marchitez virus, a new plant picorna-like virus from tomato related to tomato torrado virus. Archives of virology 153(1), 127-134.
 ------- inoculation studies.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Bawin T, Dujeu D, De Backer L, Fauconnier ML, Lognay G, Delaplace P, Francis F, Verheggen FJ (2015) Could alternative solanaceous hosts act as refuges for the tomato leafminer, Tuta absoluta? Arthropod-plant interactions 9, 425-435.</t>
   </si>
   <si>
     <t>APLV00</t>
   </si>
   <si>
     <t>Tymovirus latandigenum</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Host plant reaction, physical properties and serology of three isolates of Andean potato latent virus from Peru. Annals of Applied Biology 86, 373-380.
 ------- Symtomless systemic infection for Cal isolate.
 * García W, Gandarillas A (1992) Incidencia virotica en campos de tubérculo-semilla de papa en certificación y campos comerciales [Virus incidence in potato tuber-seed fields in certification and commercial fields]. Revista de Agricultura. Facultad de Ciencias Agrícolas y Pecuarias, Universidad Mayor de San Simón. Cochabamba, Bolivia 21, 29–33.
 ------- Col isolate was tested.</t>
   </si>
   <si>
     <t>APMMV0</t>
   </si>
   <si>
     <t>Tymovirus mosandigenum</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Host plant reaction, physical properties and serology of three isolates of Andean potato latent virus from Peru. Annals of Applied Biology 86, 373-380.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
@@ -830,105 +830,105 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>39</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>47</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>