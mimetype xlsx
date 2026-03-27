--- v1 (2026-02-14)
+++ v2 (2026-03-27)
@@ -12,71 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NIORU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Younkin SG (1942) Weed suscepts of the Potato yellow dwarf virus. American Potato Journal 19( 1), 6-11 </t>
   </si>
   <si>
     <t>POTLV0</t>
   </si>
   <si>
     <t>Carlavirus latensolani</t>
   </si>
   <si>
     <t>* Brattey C, Badge JL, Burns R, Foster GD, George E, Goodfellow HA, Mulholland V, McDonald JG, Jeffries CJ (2002) Potato latent virus: A proposed new species in the genus Carlavirus. Plant Pathology 51, 495-505.
 * Goth RW, Ellis PJ, de Villiers G, Goins EW, Wright NS (1999) Characteristics and distribution of potato latent carlavirus (Red LaSoda) virus in North America. Plant Disease, 83(8), 751-753.</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
     <t>Cheravirus avii</t>
   </si>
   <si>
     <t>* Hansen AJ, Nylland G, McElroy FD, Stace-Smith R (1974) Origin, cause, host range and spread of cherry rasp leaf disease in North America. Phytopathology 64, 721-727.</t>
@@ -270,50 +273,56 @@
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Likely host (reported as host in the literature but lacking evidence to consider it as main host – see PRA for further details on the host).</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>
     <t>Euwallacea kuroshio (as Nicotiana)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Nicotiana)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
   </si>
   <si>
     <t>PCFVD0</t>
   </si>
   <si>
     <t>Pospiviroid parvicapsici</t>
   </si>
   <si>
     <t>PSDMS3</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 3 (no longer in use) (as Nicotiana)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
@@ -644,489 +653,503 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>81</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B30" t="s">
         <v>82</v>
       </c>
       <c r="C30" t="s">
         <v>83</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32"/>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" t="s">
         <v>5</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32"/>
+      <c r="C33" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>