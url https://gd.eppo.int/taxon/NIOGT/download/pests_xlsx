--- v0 (2025-10-18)
+++ v1 (2026-01-09)
@@ -29,103 +29,103 @@
     <sheet name="NIOGT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>SCRV00</t>
+  </si>
+  <si>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
+  </si>
+  <si>
+    <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
+  </si>
+  <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Cohen S, Nitzany FE (1966) Transmission and host range of tomato yellow leaf curl virus. Phytopathology 56, 1127-1131.
 * Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.
 * Mansour A, Al-Musa A (1992) Tomato yellow leaf curl virus: host range and virus-vector relationships. Plant Pathology 41, 122-125.</t>
   </si>
   <si>
     <t>POTLV0</t>
   </si>
   <si>
     <t>Carlavirus latensolani</t>
   </si>
   <si>
     <t>* Brattey C, Badge JL, Burns R, Foster GD, George E, Goodfellow HA, Mulholland V, McDonald JG, Jeffries CJ (2002) Potato latent virus: A proposed new species in the genus Carlavirus. Plant Pathology 51, 495-505.
 * Goth RW, Ellis PJ, de Villiers G, Goins EW, Wright NS (1999) Characteristics and distribution of potato latent carlavirus (Red LaSoda) virus in North America. Plant Disease, 83(8), 751-753.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Zanardo LG, Silva FN, Bicalho AC, Urquiza GPC, Lima ATM, Almeida AMR, Zerbini FM, Carvalho CM (2014) Molecular and biological characterization of Cowpea mild mottle virus isolates infecting soybean in Brazil and evidence of recombination. Plant Pathology 63, 456–465.</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>APMOV0</t>
   </si>
   <si>
     <t>Comovirus andesense</t>
   </si>
   <si>
     <t>* Fribourg CE, Jones RAC, Koenig R (1977) Andean potato mottle, a new member of the Cowpea mosaic virus group. Phytopathology 67, 969-974.
 ------- Lm (type strain) tested.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
   </si>
   <si>
     <t>TOMMOV</t>
   </si>
   <si>
     <t>Ipomovirus lycopersici</t>
   </si>
   <si>
     <t>* Dombrowsky A, Sapkota R, Lachman O, Pearlsman M, Antignus Y (2013) A new aubergine disease caused by a whitefly-borne strain of Tomato mild mottle virus (TomMMoV). Plant Pathology 62(4), 750-759.
 * Hiskias Y, Lesemann DE, Vetten HJ (1999) Occurrence, distribution and relative importance of viruses infecting hot pepper and tomato in the major growing areas of Ethiopia. Journal of Phytopathology 147(1), 5-11.
 * Walkey DGA, Spence NJ, Clay CM, Miller A (1994) A potyvirus isolated from solanaceous hosts. Plant Pathology 43(5), 931-937.</t>
   </si>
   <si>
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi (as Nicotiana)</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
@@ -713,65 +713,65 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>18</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>