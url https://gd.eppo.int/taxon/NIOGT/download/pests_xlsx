--- v1 (2026-01-09)
+++ v2 (2026-03-29)
@@ -12,74 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NIOGT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
     <t>Alphacytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
+  </si>
+  <si>
+    <t>PYDV00</t>
+  </si>
+  <si>
+    <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t>* Black LM (1940) Strains of potato yellow-dwarf virus. American Journal of Botany 27, 386-392.</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Cohen S, Nitzany FE (1966) Transmission and host range of tomato yellow leaf curl virus. Phytopathology 56, 1127-1131.
 * Kegler H (1994) Incidence, properties and control of tomato yellow leaf curl virus ‐ A review. Archives of Phytopathology &amp; Plant Protection 29(2), 119-132.
 * Mansour A, Al-Musa A (1992) Tomato yellow leaf curl virus: host range and virus-vector relationships. Plant Pathology 41, 122-125.</t>
   </si>
   <si>
     <t>POTLV0</t>
   </si>
   <si>
     <t>Carlavirus latensolani</t>
   </si>
   <si>
     <t>* Brattey C, Badge JL, Burns R, Foster GD, George E, Goodfellow HA, Mulholland V, McDonald JG, Jeffries CJ (2002) Potato latent virus: A proposed new species in the genus Carlavirus. Plant Pathology 51, 495-505.
 * Goth RW, Ellis PJ, de Villiers G, Goins EW, Wright NS (1999) Characteristics and distribution of potato latent carlavirus (Red LaSoda) virus in North America. Plant Disease, 83(8), 751-753.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
@@ -258,75 +267,78 @@
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Jackson DM, Nottingham SF, Schlotzhauer WS, Horvat RJ, Sisson VA, Stephenson MG, Foard T, McPherson RM (1996) Abundance of Cardiochiles nigriceps (Hymenoptera: Braconidae) on Nicotiana species (Solanaceae). Environmental Entomology 25(5), 1248-1255.
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Likely host (reported as host in the literature but lacking evidence to consider it as main host – see PRA for further details on the host).</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>
     <t>Euwallacea kuroshio (as Nicotiana)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
+  </si>
+  <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Nicotiana)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
   </si>
   <si>
     <t>PCFVD0</t>
   </si>
   <si>
     <t>Pospiviroid parvicapsici</t>
   </si>
   <si>
     <t>PSDMS3</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 3 (no longer in use) (as Nicotiana)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
-  </si>
-[...1 lines deleted...]
-    <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -633,51 +645,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -727,105 +739,105 @@
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>21</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>29</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
@@ -939,161 +951,187 @@
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" t="s">
         <v>63</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>64</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>65</v>
       </c>
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>70</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>75</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>84</v>
       </c>
       <c r="C30" t="s">
         <v>85</v>
       </c>
       <c r="D30"/>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31"/>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" t="s">
+        <v>89</v>
+      </c>
+      <c r="D32"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>