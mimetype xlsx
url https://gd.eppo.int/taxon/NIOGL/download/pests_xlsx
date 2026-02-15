--- v0 (2025-10-16)
+++ v1 (2026-02-15)
@@ -195,72 +195,72 @@
     <t>TETREV</t>
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Boubou A, Migeon A, Roderick GK, Navajas M (2011) Recent emergence and worldwide spread of the red tomato spider mite, Tetranychus evansi: genetic variation and multiple cryptic invasions. Biological Invasions 13(1), 81-92.
 * Oatman ER, Fleschner CA, McMurtry JA (1967) New, highly destructive spider mite present in Southern California. Journal of Economic Entomology, 60: 477-480.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>* Wisler GC, Duffus JE, Liu HY, Li RH (1998) Ecology and epidemiology of whitefly-transmitted closteroviruses. Plant Disease 82, 270–280.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PEPMV0</t>
   </si>
   <si>
     <t>Potexvirus pepini</t>
   </si>
   <si>
     <t>* Jordá C, Lázaro Pérez A, Martinez PV, Lacasa A (2001) First report of Pepino mosaic virus on natural hosts. Plant Disease 85, 1292.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
   </si>
   <si>
     <t>* Amari K, Gonzalez-Ibeas D, Gómez P, Sempere RN, Sanchez-Pina MA, Pendon J, Moriones E (2017) Tomato torrado virus is transmitted by Bemisia tabaci and infects pepper and eggplant in addition to tomato. Plant disease 92, 1139.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -876,79 +876,79 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>54</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" t="s">
         <v>62</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" t="s">
         <v>65</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>66</v>
       </c>
-      <c r="D25"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>