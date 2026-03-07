--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NIOGL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LIBEAS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter asiaticus'</t>
   </si>
   <si>
     <t>* Tolba IH, Soliman MA (2015) Citrus huanglongbing (greening disease) in Egypt: symptoms documentation and pathogen detection. American-Eurasian Journal of Agricultural and Environmental Sciences 15(10), 2045-2058.
 ------- the report on CLas in Egypt has been denied by the NPPO of Egypt, which raises concerns of the validity of the information in this article.</t>
   </si>
@@ -199,50 +199,54 @@
   </si>
   <si>
     <t>* Boubou A, Migeon A, Roderick GK, Navajas M (2011) Recent emergence and worldwide spread of the red tomato spider mite, Tetranychus evansi: genetic variation and multiple cryptic invasions. Biological Invasions 13(1), 81-92.
 * Oatman ER, Fleschner CA, McMurtry JA (1967) New, highly destructive spider mite present in Southern California. Journal of Economic Entomology, 60: 477-480.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>* Wisler GC, Duffus JE, Liu HY, Li RH (1998) Ecology and epidemiology of whitefly-transmitted closteroviruses. Plant Disease 82, 270–280.</t>
   </si>
   <si>
     <t>GNORAB</t>
   </si>
   <si>
     <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+------- Complete life cycle</t>
   </si>
   <si>
     <t>PEPMV0</t>
   </si>
   <si>
     <t>Potexvirus pepini</t>
   </si>
   <si>
     <t>* Jordá C, Lázaro Pérez A, Martinez PV, Lacasa A (2001) First report of Pepino mosaic virus on natural hosts. Plant Disease 85, 1292.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici</t>
   </si>
   <si>
     <t>* Amari K, Gonzalez-Ibeas D, Gómez P, Sempere RN, Sanchez-Pina MA, Pendon J, Moriones E (2017) Tomato torrado virus is transmitted by Bemisia tabaci and infects pepper and eggplant in addition to tomato. Plant disease 92, 1139.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -876,78 +880,80 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>54</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">