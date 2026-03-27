--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NIOGL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LIBEAS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter asiaticus'</t>
   </si>
   <si>
     <t>* Tolba IH, Soliman MA (2015) Citrus huanglongbing (greening disease) in Egypt: symptoms documentation and pathogen detection. American-Eurasian Journal of Agricultural and Environmental Sciences 15(10), 2045-2058.
 ------- the report on CLas in Egypt has been denied by the NPPO of Egypt, which raises concerns of the validity of the information in this article.</t>
   </si>
@@ -126,50 +126,56 @@
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>
     <t>Euwallacea kuroshio (as Nicotiana)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* Korytkowski C (1982) Contribución al conocimiento de los Agromyzidae (Diptera: Acalyptratae) en el Perú. MS Thesis, Universidad Nacional Agraria, La Molina, Lima, 237 pp.</t>
   </si>
   <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Nicotiana)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
@@ -568,51 +574,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D25"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="370.338" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -772,188 +778,200 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>27</v>
       </c>
       <c r="B16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" t="s">
         <v>40</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>27</v>
       </c>
       <c r="B17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" t="s">
         <v>43</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>27</v>
       </c>
       <c r="B18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>27</v>
       </c>
       <c r="B19" t="s">
+        <v>48</v>
+      </c>
+      <c r="C19" t="s">
         <v>49</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>50</v>
       </c>
-      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>27</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B21" t="s">
+        <v>53</v>
+      </c>
+      <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>55</v>
       </c>
-      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" t="s">
         <v>59</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" t="s">
         <v>62</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B25" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" t="s">
         <v>65</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>66</v>
       </c>
-      <c r="D25" t="s">
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
         <v>67</v>
+      </c>
+      <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">