--- v0 (2025-10-07)
+++ v1 (2025-12-05)
@@ -29,50 +29,59 @@
     <sheet name="NIOCL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>SCRV00</t>
+  </si>
+  <si>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
+  </si>
+  <si>
+    <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
+  </si>
+  <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum</t>
   </si>
   <si>
     <t>TOYVSV</t>
   </si>
   <si>
     <t>Begomovirus solanumflavusvenae</t>
   </si>
   <si>
     <t>* Firmino AC, Yuki VA, Moreira AG, Rezende JA (2009) Tomato yellow vein streak virus: relationship with Bemisia tabaci biotype B and host range. Scientia Agricola 66, 793-799. https://doi.org/10.1590/S0103-90162009000600011</t>
   </si>
   <si>
     <t>PHYPMA</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma mali'</t>
   </si>
   <si>
     <t>* Seemüller E, Carraro L, Jarausch W, Schneider B (2011) Apple proliferation phytoplasma. In: Hadidi A, Barba M, Candresse T, Jelkmann W (Eds) Virus and Virus-like Diseases of Pome and Stone fruits, APS, pp 67-73.</t>
   </si>
   <si>
     <t>POTLV0</t>
@@ -114,59 +123,50 @@
     <t>Comovirus andesense</t>
   </si>
   <si>
     <t>* Avila AC, Salazar LF, Ortega M, Daniels J (1984) A new strain of Andean potato mottle virus from Brazil. Plant Disease 68, 997-998.
 ------- Strains B, C and H tested.
 * Fribourg CE, Jones RAC, Koenig R (1977) Andean potato mottle, a new member of the Cowpea mosaic virus group. Phytopathology 67, 969-974.
 ------- Lm (type strain) tested.</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>* Duffus JE, Liu HY, Wisler GC (1996) Tomato infectious chlorosis virus – a new clostero-like virus transmitted by Trialeurodes vaporariorum. European Journal of Plant Pathology 102, 219–226.</t>
   </si>
   <si>
     <t>LIYV00</t>
   </si>
   <si>
     <t>Crinivirus lactucaflavi</t>
   </si>
   <si>
     <t>* Duffus JE, Larsen RC, Liu HY (1986) Lettuce infectious yellows virus - a new type of whitefly-transmitted virus. Phytopathology 76(1), 97-100.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Richardson J, Sylvester ES (1988) Successful juice inoculation of the aphid–vectored strawberry crinkle virus. California Agriculture 42, 6–7.</t>
   </si>
   <si>
     <t>TOMMOV</t>
   </si>
   <si>
     <t>Ipomovirus lycopersici</t>
   </si>
   <si>
     <t>* Dombrowsky A, Sapkota R, Lachman O, Pearlsman M, Antignus Y (2013) A new aubergine disease caused by a whitefly-borne strain of Tomato mild mottle virus (TomMMoV). Plant Pathology 62(4), 750-759.
 * Hiskias Y, Lesemann DE, Vetten HJ (1999) Occurrence, distribution and relative importance of viruses infecting hot pepper and tomato in the major growing areas of Ethiopia. Journal of Phytopathology 147(1), 5-11.
 * Walkey DGA, Spence NJ, Clay CM, Miller A (1994) A potyvirus isolated from solanaceous hosts. Plant Pathology 43(5), 931-937.</t>
   </si>
   <si>
     <t>TBRV00</t>
   </si>
   <si>
     <t>Nepovirus nigranuli</t>
   </si>
   <si>
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi (as Nicotiana)</t>
   </si>
   <si>
@@ -680,65 +680,65 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D3" t="s">
         <v>9</v>
       </c>
+      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
@@ -748,65 +748,65 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>23</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
@@ -1079,51 +1079,51 @@
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
       <c r="D30" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>86</v>
       </c>
       <c r="C31" t="s">
         <v>87</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>88</v>
       </c>
       <c r="B32" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>89</v>
       </c>
       <c r="D32"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>