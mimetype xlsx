--- v0 (2025-10-26)
+++ v1 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NEROL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Apocynoideae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -97,50 +97,63 @@
     <t>* Hornemann A (2009) Hessenfauna 23. Die Präimaginalstadien des Nelkenwicklers Cacoecimorpha pronubana (Hübner, 1799) in Südhessen auch an Oleander gefunden (Lepidoptera: Tortricidae). Nachrichten des Entomologischen Vereins Apollo, Frankfurt am Main, NF, 30 (1/2), 21–22,</t>
   </si>
   <si>
     <t>CERPFL</t>
   </si>
   <si>
     <t>Ceroplastes floridensis (as Nerium)</t>
   </si>
   <si>
     <t>CHRYFI</t>
   </si>
   <si>
     <t>Chrysomphalus aonidum</t>
   </si>
   <si>
     <t>* Stathas GJ, Kartsonas ED, Darras AI, Skouras PJ (2021) Scale insect species (Hemiptera: Coccomorpha) and their natural enemies, recorded on agricultural, ornamental and forest plant species in the wider area of Messenian Province (Peloponnese, Greece), 2000–2020. Hellenic Plant Protection Journal, 14(2), 47-64.</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Chaudhri WM, Akbar S, Rasool A (1974) Taxonomic studies of the mites belonging to the families Tenuipalpidae, Tetranychidae, Tuckerellidae, Caligonellidae, Stigmaeidae and Phytoseiidae. Project Project No. A 17 -ENT -26 . University of Agriculture, Lyallpur, Pakistan. 250 pp.
+------- as Nerium indicum
+* Majeed AAS, Srinivasa N, Rajashekharappa K, Chinnamadegowda C, Rakesh HP (2023) Genetic diversity of major polyphagous spider mite species across host plants and spatial distribution. Indian Journal of Entomology 85(4), 882-891.
+* Sanyal AK, Gupta SK, Sarkar BJ, Bhattacharya D (2013) Diversity and Ecology of Plant Mites and Damages Caused by them on Ornamental and Garden Plants in South Bengal. Records of the Zoological Survey of India 113(Part 3), 109-112.
+------- as Nerium indicum</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>HISHDI</t>
   </si>
   <si>
     <t>Hishimonus diffractus</t>
   </si>
   <si>
     <t>* Bella S, Aguin-Pombo D, Aguiar AM, Kunz G, Miralles-Nunez A, Foster S, Sanchez-Garcia I, Wilson MR, D’Urso VE (2022) Discovery of Hishimonus diffractus Dai, Fletcher &amp; Zhang, 2013 (Hemiptera: Auchenorrhyncha: Cicadellidae) in Europe, with remarks on previously recorded species of the genus. Zootaxa 5159(4), 558–570. https://doi.org/10.11646/zootaxa.5159.4.5</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
@@ -621,51 +634,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -767,105 +780,105 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>32</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>40</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
@@ -903,119 +916,119 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>60</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>71</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
       <c r="D26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
       <c r="C27" t="s">
         <v>76</v>
       </c>
@@ -1027,50 +1040,64 @@
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
       <c r="D28" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
       <c r="D29" t="s">
         <v>83</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>7</v>
+      </c>
+      <c r="B30" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">