--- v1 (2025-12-06)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NEROL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Apocynoideae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -202,50 +202,60 @@
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* O’Hanlon R, Choiseul J, Corrigan M, Catarame T &amp; Destefanis M (2016) Diversity and detections of Phytophthora species from trade and non-trade environments in Ireland. EPPO Bulletin 46(3), 594-602.
 * USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon.  https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Hızal E, Öztemiz S, Gjonov I (2023) Phenology and host preferences of the invasive Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Ricaniidae), a risk for agriculture and forest areas in the West-Palaearctic Region. Acta Zoologica Bulgarica 75(2), 251-258. https://www.acta-zoologica-bulgarica.eu/2023/002673</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Nerium)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci</t>
   </si>
   <si>
     <t>* Jansen MGM (2001) Instar identification and some notes about the life cycle of Rhizoecus hibisci Kawai ; Takagi (Coccoidea: Pseudococcidae). Bollettino di Zoologia Agraria e di Bachicoltura, Serie II, 33(3), 53-56.</t>
   </si>
   <si>
     <t>SERRMA</t>
   </si>
   <si>
     <t>Serratia marcescens</t>
   </si>
   <si>
     <t>* Fodor A, Palkovics L, Anita VÉ (2022) First report of Serratia marcescens from oleander in Hungary. Phytopathologia Mediterranea 61(2), 311-317.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
@@ -634,51 +644,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -930,119 +940,121 @@
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>74</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
       <c r="C27" t="s">
         <v>76</v>
       </c>
       <c r="D27" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
@@ -1054,50 +1066,64 @@
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
       <c r="D29" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" t="s">
         <v>84</v>
       </c>
       <c r="C30" t="s">
         <v>85</v>
       </c>
       <c r="D30" t="s">
         <v>86</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>7</v>
+      </c>
+      <c r="B31" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">