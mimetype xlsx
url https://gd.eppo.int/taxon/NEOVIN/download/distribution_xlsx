--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -290,51 +290,51 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
 </sst>
 </file>
 