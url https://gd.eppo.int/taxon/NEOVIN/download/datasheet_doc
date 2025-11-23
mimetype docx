--- v0 (2025-10-15)
+++ v1 (2025-11-23)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Mitra) Mundkur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indian bunt of wheat, Karnal bunt of wheat, partial bunt of wheat</w:t>
             </w:r>
-            <w:hyperlink r:id="rId761968ef334fd7b85" w:history="1">
+            <w:hyperlink r:id="rId41936922886e71192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293968ef334fd7bf8" w:history="1">
+            <w:hyperlink r:id="rId49876922886e711fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOVIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13478719" name="name773168ef334fd8282" descr="13883.jpg"/>
+                  <wp:docPr id="31907195" name="name96946922886e7192a" descr="13883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId218368ef334fd8281" cstate="print"/>
+                          <a:blip r:embed="rId73966922886e71929" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId971268ef334fd8361" w:history="1">
+            <w:hyperlink r:id="rId55656922886e71a20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1581,63 +1581,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77748755" name="name572268ef334fd96b6" descr="NEOVIN_distribution_map.jpg"/>
+            <wp:docPr id="66125265" name="name75636922886e72c29" descr="NEOVIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOVIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId895868ef334fd96b4" cstate="print"/>
+                    <a:blip r:embed="rId35376922886e72c27" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3502,51 +3502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569057. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913868ef334fda5e8" w:history="1">
+      <w:hyperlink r:id="rId83196922886e73bf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.3389/fpls.2020.569057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4250,51 +4250,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 73-74. Washington State University, Pullman, USA. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Duveiller E &amp; Mezzalama M (2009) Karnal bunt screening for resistance and distributing KB free seed (CIMMYT). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377868ef334fdaa83" w:history="1">
+      <w:hyperlink r:id="rId74016922886e740e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.cimmyt.org/xmlui/bitstream/handle/10883/1289/96166.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38–43.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter JR, Ewert F, Miglietta F, Gioli B Baker R, Murray G &amp; Sansford C (2002) EU Karnal bunt risks project. Deliverable Report 1. 1. Report describing when wheat ear emergence occurs throughout Europe taking key factors into account. 55pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642068ef334fdb3c5" w:history="1">
+      <w:hyperlink r:id="rId18326922886e749e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://karnalpublic.pestrisk.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Turgay EB, Oğuz AÇ &amp; Ölmez F (2020) Karnal bunt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in wheat. Climate Change and Food Security with Emphasis on Wheat, pp.229-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981668ef334fdbb32" w:history="1">
+      <w:hyperlink r:id="rId14526922886e75160" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-819527-7.00015-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659568ef334fdbedf" w:history="1">
+      <w:hyperlink r:id="rId42816922886e7550e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7681,90 +7681,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543968ef334fdc075" w:history="1">
+      <w:hyperlink r:id="rId57656922886e75699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02690.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95002386" name="name508868ef334fdc0d5" descr="eu_funding_250.png"/>
+            <wp:docPr id="86422416" name="name22866922886e75b95" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId608468ef334fdc0d4" cstate="print"/>
+                    <a:blip r:embed="rId84956922886e75b93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7862,137 +7862,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63086910">
+  <w:abstractNum w:abstractNumId="25159877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79734812">
+    <w:lvl w:ilvl="0" w:tplc="27271610">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79734812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27271610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63086909">
+  <w:abstractNum w:abstractNumId="25159876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15448514">
+    <w:lvl w:ilvl="0" w:tplc="41959106">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8744,55 +8744,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63086909">
-    <w:abstractNumId w:val="63086909"/>
+  <w:num w:numId="25159876">
+    <w:abstractNumId w:val="25159876"/>
   </w:num>
-  <w:num w:numId="63086910">
-    <w:abstractNumId w:val="63086910"/>
+  <w:num w:numId="25159877">
+    <w:abstractNumId w:val="25159877"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20342,51 +20342,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId129346730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId800855984" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId761968ef334fd7b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId293968ef334fd7bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId971268ef334fd8361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId913868ef334fda5e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId377868ef334fdaa83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId642068ef334fdb3c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId981668ef334fdbb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId659568ef334fdbedf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId543968ef334fdc075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId218368ef334fd8281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId218368ef334fd8281.jpg"/><Relationship Id="rId895868ef334fd96b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895868ef334fd96b4.jpg"/><Relationship Id="rId608468ef334fdc0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608468ef334fdc0d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994540166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId489834039" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41936922886e71192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId49876922886e711fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId55656922886e71a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId83196922886e73bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId74016922886e740e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId18326922886e749e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId14526922886e75160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId42816922886e7550e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57656922886e75699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId73966922886e71929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73966922886e71929.jpg"/><Relationship Id="rId35376922886e72c27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35376922886e72c27.jpg"/><Relationship Id="rId84956922886e75b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84956922886e75b93.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>