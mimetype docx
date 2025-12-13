--- v1 (2025-11-23)
+++ v2 (2025-12-13)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Mitra) Mundkur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indian bunt of wheat, Karnal bunt of wheat, partial bunt of wheat</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41936922886e71192" w:history="1">
+            <w:hyperlink r:id="rId2725693dc1a29e8ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49876922886e711fa" w:history="1">
+            <w:hyperlink r:id="rId7367693dc1a29e918" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOVIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31907195" name="name96946922886e7192a" descr="13883.jpg"/>
+                  <wp:docPr id="52513887" name="name1372693dc1a29f19f" descr="13883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73966922886e71929" cstate="print"/>
+                          <a:blip r:embed="rId7641693dc1a29f19d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId55656922886e71a20" w:history="1">
+            <w:hyperlink r:id="rId7543693dc1a29f2bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1581,63 +1581,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66125265" name="name75636922886e72c29" descr="NEOVIN_distribution_map.jpg"/>
+            <wp:docPr id="18210180" name="name3167693dc1a2a0915" descr="NEOVIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOVIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35376922886e72c27" cstate="print"/>
+                    <a:blip r:embed="rId5714693dc1a2a0912" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3502,51 +3502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569057. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83196922886e73bf5" w:history="1">
+      <w:hyperlink r:id="rId2424693dc1a2a17a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.3389/fpls.2020.569057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4250,51 +4250,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 73-74. Washington State University, Pullman, USA. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Duveiller E &amp; Mezzalama M (2009) Karnal bunt screening for resistance and distributing KB free seed (CIMMYT). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74016922886e740e5" w:history="1">
+      <w:hyperlink r:id="rId9614693dc1a2a1c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.cimmyt.org/xmlui/bitstream/handle/10883/1289/96166.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38–43.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter JR, Ewert F, Miglietta F, Gioli B Baker R, Murray G &amp; Sansford C (2002) EU Karnal bunt risks project. Deliverable Report 1. 1. Report describing when wheat ear emergence occurs throughout Europe taking key factors into account. 55pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18326922886e749e7" w:history="1">
+      <w:hyperlink r:id="rId4735693dc1a2a2595" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://karnalpublic.pestrisk.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Turgay EB, Oğuz AÇ &amp; Ölmez F (2020) Karnal bunt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in wheat. Climate Change and Food Security with Emphasis on Wheat, pp.229-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14526922886e75160" w:history="1">
+      <w:hyperlink r:id="rId1703693dc1a2a2d30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-819527-7.00015-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42816922886e7550e" w:history="1">
+      <w:hyperlink r:id="rId9154693dc1a2a30cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7681,90 +7681,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57656922886e75699" w:history="1">
+      <w:hyperlink r:id="rId1427693dc1a2a3274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02690.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86422416" name="name22866922886e75b95" descr="eu_funding_250.png"/>
+            <wp:docPr id="49937932" name="name8947693dc1a2a3713" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84956922886e75b93" cstate="print"/>
+                    <a:blip r:embed="rId5645693dc1a2a3711" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7862,137 +7862,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25159877">
+  <w:abstractNum w:abstractNumId="19628583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27271610">
+    <w:lvl w:ilvl="0" w:tplc="14983490">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27271610" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14983490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25159876">
+  <w:abstractNum w:abstractNumId="19628582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41959106">
+    <w:lvl w:ilvl="0" w:tplc="13928043">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8744,55 +8744,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25159876">
-    <w:abstractNumId w:val="25159876"/>
+  <w:num w:numId="19628582">
+    <w:abstractNumId w:val="19628582"/>
   </w:num>
-  <w:num w:numId="25159877">
-    <w:abstractNumId w:val="25159877"/>
+  <w:num w:numId="19628583">
+    <w:abstractNumId w:val="19628583"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20342,51 +20342,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994540166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId489834039" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41936922886e71192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId49876922886e711fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId55656922886e71a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId83196922886e73bf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId74016922886e740e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId18326922886e749e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId14526922886e75160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId42816922886e7550e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId57656922886e75699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId73966922886e71929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73966922886e71929.jpg"/><Relationship Id="rId35376922886e72c27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35376922886e72c27.jpg"/><Relationship Id="rId84956922886e75b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84956922886e75b93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId696080457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId242492596" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2725693dc1a29e8ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId7367693dc1a29e918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId7543693dc1a29f2bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId2424693dc1a2a17a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId9614693dc1a2a1c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId4735693dc1a2a2595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId1703693dc1a2a2d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId9154693dc1a2a30cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1427693dc1a2a3274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId7641693dc1a29f19d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7641693dc1a29f19d.jpg"/><Relationship Id="rId5714693dc1a2a0912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5714693dc1a2a0912.jpg"/><Relationship Id="rId5645693dc1a2a3711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5645693dc1a2a3711.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>