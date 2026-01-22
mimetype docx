--- v2 (2025-12-13)
+++ v3 (2026-01-22)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Mitra) Mundkur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indian bunt of wheat, Karnal bunt of wheat, partial bunt of wheat</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2725693dc1a29e8ae" w:history="1">
+            <w:hyperlink r:id="rId119669725685907d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7367693dc1a29e918" w:history="1">
+            <w:hyperlink r:id="rId4042697256859083a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOVIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52513887" name="name1372693dc1a29f19f" descr="13883.jpg"/>
+                  <wp:docPr id="92569999" name="name43256972568590dbb" descr="13883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7641693dc1a29f19d" cstate="print"/>
+                          <a:blip r:embed="rId21686972568590db9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7543693dc1a29f2bc" w:history="1">
+            <w:hyperlink r:id="rId84786972568590eda" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1581,63 +1581,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18210180" name="name3167693dc1a2a0915" descr="NEOVIN_distribution_map.jpg"/>
+            <wp:docPr id="82415527" name="name7213697256859229c" descr="NEOVIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOVIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5714693dc1a2a0912" cstate="print"/>
+                    <a:blip r:embed="rId29176972568592299" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3502,51 +3502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569057. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2424693dc1a2a17a8" w:history="1">
+      <w:hyperlink r:id="rId44846972568593482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.3389/fpls.2020.569057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4250,51 +4250,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 73-74. Washington State University, Pullman, USA. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Duveiller E &amp; Mezzalama M (2009) Karnal bunt screening for resistance and distributing KB free seed (CIMMYT). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9614693dc1a2a1c5b" w:history="1">
+      <w:hyperlink r:id="rId25866972568593970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.cimmyt.org/xmlui/bitstream/handle/10883/1289/96166.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38–43.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter JR, Ewert F, Miglietta F, Gioli B Baker R, Murray G &amp; Sansford C (2002) EU Karnal bunt risks project. Deliverable Report 1. 1. Report describing when wheat ear emergence occurs throughout Europe taking key factors into account. 55pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4735693dc1a2a2595" w:history="1">
+      <w:hyperlink r:id="rId8544697256859426a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://karnalpublic.pestrisk.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Turgay EB, Oğuz AÇ &amp; Ölmez F (2020) Karnal bunt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in wheat. Climate Change and Food Security with Emphasis on Wheat, pp.229-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1703693dc1a2a2d30" w:history="1">
+      <w:hyperlink r:id="rId991969725685949f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-819527-7.00015-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7424,73 +7424,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9154693dc1a2a30cb" w:history="1">
+      <w:hyperlink r:id="rId80536972568594d8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7681,90 +7681,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1427693dc1a2a3274" w:history="1">
+      <w:hyperlink r:id="rId17506972568594f18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02690.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49937932" name="name8947693dc1a2a3713" descr="eu_funding_250.png"/>
+            <wp:docPr id="64716168" name="name55956972568595404" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5645693dc1a2a3711" cstate="print"/>
+                    <a:blip r:embed="rId92136972568595403" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7862,137 +7862,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19628583">
+  <w:abstractNum w:abstractNumId="33121280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14983490">
+    <w:lvl w:ilvl="0" w:tplc="13091558">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14983490" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13091558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19628582">
+  <w:abstractNum w:abstractNumId="33121279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13928043">
+    <w:lvl w:ilvl="0" w:tplc="38110565">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8744,55 +8744,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19628582">
-    <w:abstractNumId w:val="19628582"/>
+  <w:num w:numId="33121279">
+    <w:abstractNumId w:val="33121279"/>
   </w:num>
-  <w:num w:numId="19628583">
-    <w:abstractNumId w:val="19628583"/>
+  <w:num w:numId="33121280">
+    <w:abstractNumId w:val="33121280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20342,51 +20342,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId696080457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId242492596" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2725693dc1a29e8ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId7367693dc1a29e918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId7543693dc1a29f2bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId2424693dc1a2a17a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId9614693dc1a2a1c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId4735693dc1a2a2595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId1703693dc1a2a2d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId9154693dc1a2a30cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1427693dc1a2a3274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId7641693dc1a29f19d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7641693dc1a29f19d.jpg"/><Relationship Id="rId5714693dc1a2a0912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5714693dc1a2a0912.jpg"/><Relationship Id="rId5645693dc1a2a3711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5645693dc1a2a3711.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId299307242" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId160017590" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId119669725685907d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId4042697256859083a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId84786972568590eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId44846972568593482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId25866972568593970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId8544697256859426a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId991969725685949f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId80536972568594d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17506972568594f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId21686972568590db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21686972568590db9.jpg"/><Relationship Id="rId29176972568592299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29176972568592299.jpg"/><Relationship Id="rId92136972568595403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92136972568595403.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>