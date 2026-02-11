--- v3 (2026-01-22)
+++ v4 (2026-02-11)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Mitra) Mundkur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indian bunt of wheat, Karnal bunt of wheat, partial bunt of wheat</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119669725685907d1" w:history="1">
+            <w:hyperlink r:id="rId3697698ceaad3263d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4042697256859083a" w:history="1">
+            <w:hyperlink r:id="rId8408698ceaad326a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOVIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92569999" name="name43256972568590dbb" descr="13883.jpg"/>
+                  <wp:docPr id="57083337" name="name4740698ceaad32bc8" descr="13883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21686972568590db9" cstate="print"/>
+                          <a:blip r:embed="rId8840698ceaad32bc6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84786972568590eda" w:history="1">
+            <w:hyperlink r:id="rId8825698ceaad32cc8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1581,63 +1581,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82415527" name="name7213697256859229c" descr="NEOVIN_distribution_map.jpg"/>
+            <wp:docPr id="14882486" name="name4560698ceaad33ea7" descr="NEOVIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOVIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29176972568592299" cstate="print"/>
+                    <a:blip r:embed="rId5066698ceaad33ea4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3502,51 +3502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569057. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44846972568593482" w:history="1">
+      <w:hyperlink r:id="rId8440698ceaad34ddc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.3389/fpls.2020.569057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4250,51 +4250,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 73-74. Washington State University, Pullman, USA. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Duveiller E &amp; Mezzalama M (2009) Karnal bunt screening for resistance and distributing KB free seed (CIMMYT). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25866972568593970" w:history="1">
+      <w:hyperlink r:id="rId4769698ceaad352f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.cimmyt.org/xmlui/bitstream/handle/10883/1289/96166.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38–43.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter JR, Ewert F, Miglietta F, Gioli B Baker R, Murray G &amp; Sansford C (2002) EU Karnal bunt risks project. Deliverable Report 1. 1. Report describing when wheat ear emergence occurs throughout Europe taking key factors into account. 55pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8544697256859426a" w:history="1">
+      <w:hyperlink r:id="rId1986698ceaad35d9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://karnalpublic.pestrisk.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Turgay EB, Oğuz AÇ &amp; Ölmez F (2020) Karnal bunt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in wheat. Climate Change and Food Security with Emphasis on Wheat, pp.229-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991969725685949f1" w:history="1">
+      <w:hyperlink r:id="rId1539698ceaad3662e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-819527-7.00015-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80536972568594d8b" w:history="1">
+      <w:hyperlink r:id="rId6858698ceaad369d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7681,90 +7681,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17506972568594f18" w:history="1">
+      <w:hyperlink r:id="rId9497698ceaad36b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02690.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64716168" name="name55956972568595404" descr="eu_funding_250.png"/>
+            <wp:docPr id="38618248" name="name7699698ceaad36c44" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92136972568595403" cstate="print"/>
+                    <a:blip r:embed="rId8887698ceaad36c43" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7862,137 +7862,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33121280">
+  <w:abstractNum w:abstractNumId="67818541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13091558">
+    <w:lvl w:ilvl="0" w:tplc="19699717">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13091558" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19699717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33121279">
+  <w:abstractNum w:abstractNumId="67818540">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38110565">
+    <w:lvl w:ilvl="0" w:tplc="88166758">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8744,55 +8744,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33121279">
-    <w:abstractNumId w:val="33121279"/>
+  <w:num w:numId="67818540">
+    <w:abstractNumId w:val="67818540"/>
   </w:num>
-  <w:num w:numId="33121280">
-    <w:abstractNumId w:val="33121280"/>
+  <w:num w:numId="67818541">
+    <w:abstractNumId w:val="67818541"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20342,51 +20342,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId299307242" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId160017590" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId119669725685907d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId4042697256859083a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId84786972568590eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId44846972568593482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId25866972568593970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId8544697256859426a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId991969725685949f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId80536972568594d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17506972568594f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId21686972568590db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21686972568590db9.jpg"/><Relationship Id="rId29176972568592299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29176972568592299.jpg"/><Relationship Id="rId92136972568595403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92136972568595403.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219307166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220038086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3697698ceaad3263d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId8408698ceaad326a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId8825698ceaad32cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId8440698ceaad34ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId4769698ceaad352f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId1986698ceaad35d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId1539698ceaad3662e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId6858698ceaad369d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9497698ceaad36b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId8840698ceaad32bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8840698ceaad32bc6.jpg"/><Relationship Id="rId5066698ceaad33ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5066698ceaad33ea4.jpg"/><Relationship Id="rId8887698ceaad36c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8887698ceaad36c43.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>