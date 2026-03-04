--- v4 (2026-02-11)
+++ v5 (2026-03-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Mitra) Mundkur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indian bunt of wheat, Karnal bunt of wheat, partial bunt of wheat</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3697698ceaad3263d" w:history="1">
+            <w:hyperlink r:id="rId489669a777d105caf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8408698ceaad326a7" w:history="1">
+            <w:hyperlink r:id="rId428669a777d105d19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOVIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57083337" name="name4740698ceaad32bc8" descr="13883.jpg"/>
+                  <wp:docPr id="25775219" name="name553269a777d106473" descr="13883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8840698ceaad32bc6" cstate="print"/>
+                          <a:blip r:embed="rId792069a777d106471" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8825698ceaad32cc8" w:history="1">
+            <w:hyperlink r:id="rId979069a777d1065b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1581,63 +1581,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14882486" name="name4560698ceaad33ea7" descr="NEOVIN_distribution_map.jpg"/>
+            <wp:docPr id="84512470" name="name349469a777d107a38" descr="NEOVIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOVIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5066698ceaad33ea4" cstate="print"/>
+                    <a:blip r:embed="rId490169a777d107a35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3502,51 +3502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569057. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8440698ceaad34ddc" w:history="1">
+      <w:hyperlink r:id="rId552869a777d108a52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.3389/fpls.2020.569057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4250,51 +4250,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 73-74. Washington State University, Pullman, USA. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Duveiller E &amp; Mezzalama M (2009) Karnal bunt screening for resistance and distributing KB free seed (CIMMYT). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4769698ceaad352f3" w:history="1">
+      <w:hyperlink r:id="rId880769a777d108f21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.cimmyt.org/xmlui/bitstream/handle/10883/1289/96166.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38–43.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter JR, Ewert F, Miglietta F, Gioli B Baker R, Murray G &amp; Sansford C (2002) EU Karnal bunt risks project. Deliverable Report 1. 1. Report describing when wheat ear emergence occurs throughout Europe taking key factors into account. 55pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1986698ceaad35d9f" w:history="1">
+      <w:hyperlink r:id="rId111169a777d1097f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://karnalpublic.pestrisk.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Turgay EB, Oğuz AÇ &amp; Ölmez F (2020) Karnal bunt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in wheat. Climate Change and Food Security with Emphasis on Wheat, pp.229-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1539698ceaad3662e" w:history="1">
+      <w:hyperlink r:id="rId225569a777d109fb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-819527-7.00015-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6858698ceaad369d1" w:history="1">
+      <w:hyperlink r:id="rId586469a777d10a339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7681,90 +7681,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9497698ceaad36b97" w:history="1">
+      <w:hyperlink r:id="rId568169a777d10a4c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02690.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38618248" name="name7699698ceaad36c44" descr="eu_funding_250.png"/>
+            <wp:docPr id="43964337" name="name530069a777d10a900" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8887698ceaad36c43" cstate="print"/>
+                    <a:blip r:embed="rId902269a777d10a8fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7862,137 +7862,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67818541">
+  <w:abstractNum w:abstractNumId="69326134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19699717">
+    <w:lvl w:ilvl="0" w:tplc="41354374">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19699717" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41354374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67818540">
+  <w:abstractNum w:abstractNumId="69326133">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88166758">
+    <w:lvl w:ilvl="0" w:tplc="68301525">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8744,55 +8744,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67818540">
-    <w:abstractNumId w:val="67818540"/>
+  <w:num w:numId="69326133">
+    <w:abstractNumId w:val="69326133"/>
   </w:num>
-  <w:num w:numId="67818541">
-    <w:abstractNumId w:val="67818541"/>
+  <w:num w:numId="69326134">
+    <w:abstractNumId w:val="69326134"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20342,51 +20342,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219307166" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220038086" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3697698ceaad3263d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId8408698ceaad326a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId8825698ceaad32cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId8440698ceaad34ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId4769698ceaad352f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId1986698ceaad35d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId1539698ceaad3662e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId6858698ceaad369d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9497698ceaad36b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId8840698ceaad32bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8840698ceaad32bc6.jpg"/><Relationship Id="rId5066698ceaad33ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5066698ceaad33ea4.jpg"/><Relationship Id="rId8887698ceaad36c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8887698ceaad36c43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId919510139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697461566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId489669a777d105caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId428669a777d105d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId979069a777d1065b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId552869a777d108a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId880769a777d108f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId111169a777d1097f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId225569a777d109fb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId586469a777d10a339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId568169a777d10a4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId792069a777d106471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792069a777d106471.jpg"/><Relationship Id="rId490169a777d107a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId490169a777d107a35.jpg"/><Relationship Id="rId902269a777d10a8fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902269a777d10a8fe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>