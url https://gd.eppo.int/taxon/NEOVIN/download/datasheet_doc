--- v5 (2026-03-04)
+++ v6 (2026-03-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (Mitra) Mundkur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indian bunt of wheat, Karnal bunt of wheat, partial bunt of wheat</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489669a777d105caf" w:history="1">
+            <w:hyperlink r:id="rId890869c1e92aeaf24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428669a777d105d19" w:history="1">
+            <w:hyperlink r:id="rId573369c1e92aeaf97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOVIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="25775219" name="name553269a777d106473" descr="13883.jpg"/>
+                  <wp:docPr id="83524619" name="name372969c1e92aeb09d" descr="13883.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13883.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId792069a777d106471" cstate="print"/>
+                          <a:blip r:embed="rId404169c1e92aeb09b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId979069a777d1065b9" w:history="1">
+            <w:hyperlink r:id="rId841769c1e92aeb1ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1581,63 +1581,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2001).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84512470" name="name349469a777d107a38" descr="NEOVIN_distribution_map.jpg"/>
+            <wp:docPr id="85349719" name="name112669c1e92aecacc" descr="NEOVIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOVIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId490169a777d107a35" cstate="print"/>
+                    <a:blip r:embed="rId395369c1e92aecac7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3502,51 +3502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569057. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552869a777d108a52" w:history="1">
+      <w:hyperlink r:id="rId102769c1e92aeddfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.3389/fpls.2020.569057</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4250,51 +4250,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 73-74. Washington State University, Pullman, USA. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Duveiller E &amp; Mezzalama M (2009) Karnal bunt screening for resistance and distributing KB free seed (CIMMYT). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880769a777d108f21" w:history="1">
+      <w:hyperlink r:id="rId125969c1e92aee2e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://repository.cimmyt.org/xmlui/bitstream/handle/10883/1289/96166.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5685,51 +5685,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 38–43.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porter JR, Ewert F, Miglietta F, Gioli B Baker R, Murray G &amp; Sansford C (2002) EU Karnal bunt risks project. Deliverable Report 1. 1. Report describing when wheat ear emergence occurs throughout Europe taking key factors into account. 55pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111169a777d1097f5" w:history="1">
+      <w:hyperlink r:id="rId374469c1e92aeec2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://karnalpublic.pestrisk.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6881,51 +6881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Turgay EB, Oğuz AÇ &amp; Ölmez F (2020) Karnal bunt (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in wheat. Climate Change and Food Security with Emphasis on Wheat, pp.229-241. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225569a777d109fb1" w:history="1">
+      <w:hyperlink r:id="rId623669c1e92aef3ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-819527-7.00015-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7446,51 +7446,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tilletia indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586469a777d10a339" w:history="1">
+      <w:hyperlink r:id="rId948769c1e92aef790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7681,90 +7681,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568169a777d10a4c5" w:history="1">
+      <w:hyperlink r:id="rId639369c1e92aef920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02690.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43964337" name="name530069a777d10a900" descr="eu_funding_250.png"/>
+            <wp:docPr id="67665757" name="name476369c1e92aef9db" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId902269a777d10a8fe" cstate="print"/>
+                    <a:blip r:embed="rId748469c1e92aef9da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7862,137 +7862,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69326134">
+  <w:abstractNum w:abstractNumId="53452467">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41354374">
+    <w:lvl w:ilvl="0" w:tplc="49276888">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41354374" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49276888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69326133">
+  <w:abstractNum w:abstractNumId="53452466">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68301525">
+    <w:lvl w:ilvl="0" w:tplc="65509905">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8744,55 +8744,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69326133">
-    <w:abstractNumId w:val="69326133"/>
+  <w:num w:numId="53452466">
+    <w:abstractNumId w:val="53452466"/>
   </w:num>
-  <w:num w:numId="69326134">
-    <w:abstractNumId w:val="69326134"/>
+  <w:num w:numId="53452467">
+    <w:abstractNumId w:val="53452467"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20342,51 +20342,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId919510139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697461566" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId489669a777d105caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId428669a777d105d19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId979069a777d1065b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId552869a777d108a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId880769a777d108f21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId111169a777d1097f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId225569a777d109fb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId586469a777d10a339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId568169a777d10a4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId792069a777d106471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId792069a777d106471.jpg"/><Relationship Id="rId490169a777d107a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId490169a777d107a35.jpg"/><Relationship Id="rId902269a777d10a8fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902269a777d10a8fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId652723857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530222615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId890869c1e92aeaf24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/" TargetMode="External"/><Relationship Id="rId573369c1e92aeaf97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/categorization" TargetMode="External"/><Relationship Id="rId841769c1e92aeb1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOVIN/photos" TargetMode="External"/><Relationship Id="rId102769c1e92aeddfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId125969c1e92aee2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId374469c1e92aeec2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId623669c1e92aef3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-819527-7.00015-7" TargetMode="External"/><Relationship Id="rId948769c1e92aef790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId639369c1e92aef920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02690.x" TargetMode="External"/><Relationship Id="rId404169c1e92aeb09b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId404169c1e92aeb09b.jpg"/><Relationship Id="rId395369c1e92aecac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId395369c1e92aecac7.jpg"/><Relationship Id="rId748469c1e92aef9da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId748469c1e92aef9da.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>