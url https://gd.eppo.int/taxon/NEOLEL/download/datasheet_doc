--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374268f3b70bf300e" w:history="1">
+            <w:hyperlink r:id="rId8279690ecf3bd4605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId966368f3b70bf3081" w:history="1">
+            <w:hyperlink r:id="rId6768690ecf3bd466f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82672103" name="name631368f3b70bf314e" descr="1097.jpg"/>
+                  <wp:docPr id="15872500" name="name1238690ecf3bd4776" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId801368f3b70bf314c" cstate="print"/>
+                          <a:blip r:embed="rId7199690ecf3bd4775" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId900668f3b70bf3297" w:history="1">
+            <w:hyperlink r:id="rId8721690ecf3bd48b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34665589" name="name320268f3b70c004dd" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="68969115" name="name1167690ecf3bd62ea" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId253768f3b70c004d9" cstate="print"/>
+                    <a:blip r:embed="rId8548690ecf3bd62e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId578268f3b70c02460" w:history="1">
+      <w:hyperlink r:id="rId7230690ecf3bd8626" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7203,51 +7203,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290768f3b70c02e0b" w:history="1">
+      <w:hyperlink r:id="rId5631690ecf3bd92e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405068f3b70c02ee8" w:history="1">
+      <w:hyperlink r:id="rId8646690ecf3bd94e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44983680" name="name960968f3b70c02f6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="94837178" name="name5492690ecf3bd95a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId787568f3b70c02f6b" cstate="print"/>
+                    <a:blip r:embed="rId8842690ecf3bd95a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60475404">
+  <w:abstractNum w:abstractNumId="39697107">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82643804">
+    <w:lvl w:ilvl="0" w:tplc="31890270">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82643804" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31890270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60475403">
+  <w:abstractNum w:abstractNumId="39697106">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58797919">
+    <w:lvl w:ilvl="0" w:tplc="66017605">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60475403">
-    <w:abstractNumId w:val="60475403"/>
+  <w:num w:numId="39697106">
+    <w:abstractNumId w:val="39697106"/>
   </w:num>
-  <w:num w:numId="60475404">
-    <w:abstractNumId w:val="60475404"/>
+  <w:num w:numId="39697107">
+    <w:abstractNumId w:val="39697107"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId498305781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId601059928" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId374268f3b70bf300e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId966368f3b70bf3081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId900668f3b70bf3297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId578268f3b70c02460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId290768f3b70c02e0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId405068f3b70c02ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId801368f3b70bf314c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId801368f3b70bf314c.jpg"/><Relationship Id="rId253768f3b70c004d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId253768f3b70c004d9.jpg"/><Relationship Id="rId787568f3b70c02f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId787568f3b70c02f6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722033910" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607041610" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8279690ecf3bd4605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId6768690ecf3bd466f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId8721690ecf3bd48b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId7230690ecf3bd8626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId5631690ecf3bd92e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8646690ecf3bd94e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId7199690ecf3bd4775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7199690ecf3bd4775.jpg"/><Relationship Id="rId8548690ecf3bd62e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8548690ecf3bd62e7.jpg"/><Relationship Id="rId8842690ecf3bd95a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8842690ecf3bd95a3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>