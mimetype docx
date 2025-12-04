--- v1 (2025-11-08)
+++ v2 (2025-12-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8279690ecf3bd4605" w:history="1">
+            <w:hyperlink r:id="rId892969314fbd25af7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6768690ecf3bd466f" w:history="1">
+            <w:hyperlink r:id="rId442369314fbd25b69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15872500" name="name1238690ecf3bd4776" descr="1097.jpg"/>
+                  <wp:docPr id="14628137" name="name517069314fbd25c39" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7199690ecf3bd4775" cstate="print"/>
+                          <a:blip r:embed="rId543069314fbd25c38" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8721690ecf3bd48b7" w:history="1">
+            <w:hyperlink r:id="rId941169314fbd25d3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68969115" name="name1167690ecf3bd62ea" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="44854342" name="name713969314fbd277f5" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8548690ecf3bd62e7" cstate="print"/>
+                    <a:blip r:embed="rId523469314fbd277f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7230690ecf3bd8626" w:history="1">
+      <w:hyperlink r:id="rId194669314fbd29d5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7203,51 +7203,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5631690ecf3bd92e4" w:history="1">
+      <w:hyperlink r:id="rId550169314fbd2a801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8646690ecf3bd94e2" w:history="1">
+      <w:hyperlink r:id="rId306969314fbd2a8d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94837178" name="name5492690ecf3bd95a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="23327705" name="name578669314fbd2a976" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8842690ecf3bd95a3" cstate="print"/>
+                    <a:blip r:embed="rId953969314fbd2a975" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39697107">
+  <w:abstractNum w:abstractNumId="44415391">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31890270">
+    <w:lvl w:ilvl="0" w:tplc="50958505">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31890270" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50958505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39697106">
+  <w:abstractNum w:abstractNumId="44415390">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66017605">
+    <w:lvl w:ilvl="0" w:tplc="70816844">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39697106">
-    <w:abstractNumId w:val="39697106"/>
+  <w:num w:numId="44415390">
+    <w:abstractNumId w:val="44415390"/>
   </w:num>
-  <w:num w:numId="39697107">
-    <w:abstractNumId w:val="39697107"/>
+  <w:num w:numId="44415391">
+    <w:abstractNumId w:val="44415391"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId722033910" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607041610" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8279690ecf3bd4605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId6768690ecf3bd466f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId8721690ecf3bd48b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId7230690ecf3bd8626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId5631690ecf3bd92e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8646690ecf3bd94e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId7199690ecf3bd4775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7199690ecf3bd4775.jpg"/><Relationship Id="rId8548690ecf3bd62e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8548690ecf3bd62e7.jpg"/><Relationship Id="rId8842690ecf3bd95a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8842690ecf3bd95a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708851582" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288935042" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId892969314fbd25af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId442369314fbd25b69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId941169314fbd25d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId194669314fbd29d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId550169314fbd2a801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId306969314fbd2a8d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId543069314fbd25c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId543069314fbd25c38.jpg"/><Relationship Id="rId523469314fbd277f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId523469314fbd277f3.jpg"/><Relationship Id="rId953969314fbd2a975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953969314fbd2a975.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>