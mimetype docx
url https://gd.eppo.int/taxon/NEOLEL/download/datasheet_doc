--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId892969314fbd25af7" w:history="1">
+            <w:hyperlink r:id="rId4686694bd512a72fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442369314fbd25b69" w:history="1">
+            <w:hyperlink r:id="rId5638694bd512a7364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14628137" name="name517069314fbd25c39" descr="1097.jpg"/>
+                  <wp:docPr id="8123152" name="name8222694bd512a7ad8" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId543069314fbd25c38" cstate="print"/>
+                          <a:blip r:embed="rId2183694bd512a7ad6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId941169314fbd25d3f" w:history="1">
+            <w:hyperlink r:id="rId8196694bd512a7ba5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44854342" name="name713969314fbd277f5" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="69320664" name="name1716694bd512a8d55" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId523469314fbd277f3" cstate="print"/>
+                    <a:blip r:embed="rId3520694bd512a8d52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194669314fbd29d5f" w:history="1">
+      <w:hyperlink r:id="rId7619694bd512aab2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7203,51 +7203,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550169314fbd2a801" w:history="1">
+      <w:hyperlink r:id="rId9004694bd512ab4f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306969314fbd2a8d1" w:history="1">
+      <w:hyperlink r:id="rId1606694bd512ab5bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="23327705" name="name578669314fbd2a976" descr="eu_funding_250.png"/>
+            <wp:docPr id="78948731" name="name2987694bd512ab8b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId953969314fbd2a975" cstate="print"/>
+                    <a:blip r:embed="rId8290694bd512ab8b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44415391">
+  <w:abstractNum w:abstractNumId="99779430">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50958505">
+    <w:lvl w:ilvl="0" w:tplc="45681322">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50958505" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45681322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44415390">
+  <w:abstractNum w:abstractNumId="99779429">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70816844">
+    <w:lvl w:ilvl="0" w:tplc="56427983">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44415390">
-    <w:abstractNumId w:val="44415390"/>
+  <w:num w:numId="99779429">
+    <w:abstractNumId w:val="99779429"/>
   </w:num>
-  <w:num w:numId="44415391">
-    <w:abstractNumId w:val="44415391"/>
+  <w:num w:numId="99779430">
+    <w:abstractNumId w:val="99779430"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId708851582" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288935042" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId892969314fbd25af7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId442369314fbd25b69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId941169314fbd25d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId194669314fbd29d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId550169314fbd2a801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId306969314fbd2a8d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId543069314fbd25c38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId543069314fbd25c38.jpg"/><Relationship Id="rId523469314fbd277f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId523469314fbd277f3.jpg"/><Relationship Id="rId953969314fbd2a975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953969314fbd2a975.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId962852531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571076750" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4686694bd512a72fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId5638694bd512a7364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId8196694bd512a7ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId7619694bd512aab2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId9004694bd512ab4f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1606694bd512ab5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId2183694bd512a7ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2183694bd512a7ad6.jpg"/><Relationship Id="rId3520694bd512a8d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3520694bd512a8d52.jpg"/><Relationship Id="rId8290694bd512ab8b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8290694bd512ab8b5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>