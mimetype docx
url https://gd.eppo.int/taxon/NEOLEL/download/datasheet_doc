--- v3 (2025-12-24)
+++ v4 (2026-01-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4686694bd512a72fd" w:history="1">
+            <w:hyperlink r:id="rId166269670b335de21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5638694bd512a7364" w:history="1">
+            <w:hyperlink r:id="rId785069670b335de8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8123152" name="name8222694bd512a7ad8" descr="1097.jpg"/>
+                  <wp:docPr id="39332457" name="name479769670b335e3a0" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2183694bd512a7ad6" cstate="print"/>
+                          <a:blip r:embed="rId624869670b335e39e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8196694bd512a7ba5" w:history="1">
+            <w:hyperlink r:id="rId877069670b335e4ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69320664" name="name1716694bd512a8d55" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="62058933" name="name893769670b335f956" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3520694bd512a8d52" cstate="print"/>
+                    <a:blip r:embed="rId664169670b335f953" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7619694bd512aab2c" w:history="1">
+      <w:hyperlink r:id="rId966069670b33617c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7181,73 +7181,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9004694bd512ab4f4" w:history="1">
+      <w:hyperlink r:id="rId425769670b336217f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1606694bd512ab5bd" w:history="1">
+      <w:hyperlink r:id="rId932669670b3362245" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78948731" name="name2987694bd512ab8b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="54707330" name="name575069670b33622de" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8290694bd512ab8b5" cstate="print"/>
+                    <a:blip r:embed="rId185369670b33622dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99779430">
+  <w:abstractNum w:abstractNumId="76306662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45681322">
+    <w:lvl w:ilvl="0" w:tplc="14594399">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45681322" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14594399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99779429">
+  <w:abstractNum w:abstractNumId="76306661">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56427983">
+    <w:lvl w:ilvl="0" w:tplc="76604023">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99779429">
-    <w:abstractNumId w:val="99779429"/>
+  <w:num w:numId="76306661">
+    <w:abstractNumId w:val="76306661"/>
   </w:num>
-  <w:num w:numId="99779430">
-    <w:abstractNumId w:val="99779430"/>
+  <w:num w:numId="76306662">
+    <w:abstractNumId w:val="76306662"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId962852531" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId571076750" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4686694bd512a72fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId5638694bd512a7364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId8196694bd512a7ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId7619694bd512aab2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId9004694bd512ab4f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1606694bd512ab5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId2183694bd512a7ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2183694bd512a7ad6.jpg"/><Relationship Id="rId3520694bd512a8d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3520694bd512a8d52.jpg"/><Relationship Id="rId8290694bd512ab8b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8290694bd512ab8b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId659549823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId758397070" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId166269670b335de21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId785069670b335de8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId877069670b335e4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId966069670b33617c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId425769670b336217f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId932669670b3362245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId624869670b335e39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId624869670b335e39e.jpg"/><Relationship Id="rId664169670b335f953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664169670b335f953.jpg"/><Relationship Id="rId185369670b33622dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185369670b33622dd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>