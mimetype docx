--- v4 (2026-01-14)
+++ v5 (2026-02-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166269670b335de21" w:history="1">
+            <w:hyperlink r:id="rId172669823dae06d12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId785069670b335de8a" w:history="1">
+            <w:hyperlink r:id="rId707069823dae06d99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39332457" name="name479769670b335e3a0" descr="1097.jpg"/>
+                  <wp:docPr id="69065127" name="name946069823dae07666" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId624869670b335e39e" cstate="print"/>
+                          <a:blip r:embed="rId414869823dae07664" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId877069670b335e4ba" w:history="1">
+            <w:hyperlink r:id="rId894369823dae077c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62058933" name="name893769670b335f956" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="99138959" name="name686169823dae08a36" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId664169670b335f953" cstate="print"/>
+                    <a:blip r:embed="rId751069823dae08a33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId966069670b33617c6" w:history="1">
+      <w:hyperlink r:id="rId355669823dae0aa43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7203,51 +7203,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425769670b336217f" w:history="1">
+      <w:hyperlink r:id="rId531869823dae0c032" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932669670b3362245" w:history="1">
+      <w:hyperlink r:id="rId484369823dae0c177" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54707330" name="name575069670b33622de" descr="eu_funding_250.png"/>
+            <wp:docPr id="71456654" name="name801769823dae0c40d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId185369670b33622dd" cstate="print"/>
+                    <a:blip r:embed="rId573769823dae0c40b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76306662">
+  <w:abstractNum w:abstractNumId="48162105">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14594399">
+    <w:lvl w:ilvl="0" w:tplc="77799021">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14594399" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77799021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76306661">
+  <w:abstractNum w:abstractNumId="48162104">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76604023">
+    <w:lvl w:ilvl="0" w:tplc="91977216">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76306661">
-    <w:abstractNumId w:val="76306661"/>
+  <w:num w:numId="48162104">
+    <w:abstractNumId w:val="48162104"/>
   </w:num>
-  <w:num w:numId="76306662">
-    <w:abstractNumId w:val="76306662"/>
+  <w:num w:numId="48162105">
+    <w:abstractNumId w:val="48162105"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId659549823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId758397070" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId166269670b335de21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId785069670b335de8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId877069670b335e4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId966069670b33617c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId425769670b336217f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId932669670b3362245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId624869670b335e39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId624869670b335e39e.jpg"/><Relationship Id="rId664169670b335f953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664169670b335f953.jpg"/><Relationship Id="rId185369670b33622dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185369670b33622dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627570885" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId484995237" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId172669823dae06d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId707069823dae06d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId894369823dae077c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId355669823dae0aa43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId531869823dae0c032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484369823dae0c177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId414869823dae07664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414869823dae07664.jpg"/><Relationship Id="rId751069823dae08a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751069823dae08a33.jpg"/><Relationship Id="rId573769823dae0c40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573769823dae0c40b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>