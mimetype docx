--- v5 (2026-02-03)
+++ v6 (2026-02-25)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172669823dae06d12" w:history="1">
+            <w:hyperlink r:id="rId4302699f3f0d92591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId707069823dae06d99" w:history="1">
+            <w:hyperlink r:id="rId5059699f3f0d925fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69065127" name="name946069823dae07666" descr="1097.jpg"/>
+                  <wp:docPr id="99013404" name="name7782699f3f0d92e83" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId414869823dae07664" cstate="print"/>
+                          <a:blip r:embed="rId3987699f3f0d92e82" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId894369823dae077c4" w:history="1">
+            <w:hyperlink r:id="rId7747699f3f0d92fc3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99138959" name="name686169823dae08a36" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="19885729" name="name2182699f3f0d943f5" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId751069823dae08a33" cstate="print"/>
+                    <a:blip r:embed="rId9428699f3f0d943f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355669823dae0aa43" w:history="1">
+      <w:hyperlink r:id="rId2132699f3f0d96269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7203,51 +7203,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531869823dae0c032" w:history="1">
+      <w:hyperlink r:id="rId1373699f3f0d96c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484369823dae0c177" w:history="1">
+      <w:hyperlink r:id="rId1942699f3f0d96cdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71456654" name="name801769823dae0c40d" descr="eu_funding_250.png"/>
+            <wp:docPr id="4759658" name="name8831699f3f0d96d9d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573769823dae0c40b" cstate="print"/>
+                    <a:blip r:embed="rId4050699f3f0d96d9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48162105">
+  <w:abstractNum w:abstractNumId="13330286">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77799021">
+    <w:lvl w:ilvl="0" w:tplc="54916587">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77799021" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54916587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48162104">
+  <w:abstractNum w:abstractNumId="13330285">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91977216">
+    <w:lvl w:ilvl="0" w:tplc="46677009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48162104">
-    <w:abstractNumId w:val="48162104"/>
+  <w:num w:numId="13330285">
+    <w:abstractNumId w:val="13330285"/>
   </w:num>
-  <w:num w:numId="48162105">
-    <w:abstractNumId w:val="48162105"/>
+  <w:num w:numId="13330286">
+    <w:abstractNumId w:val="13330286"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627570885" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId484995237" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId172669823dae06d12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId707069823dae06d99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId894369823dae077c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId355669823dae0aa43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId531869823dae0c032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId484369823dae0c177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId414869823dae07664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId414869823dae07664.jpg"/><Relationship Id="rId751069823dae08a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId751069823dae08a33.jpg"/><Relationship Id="rId573769823dae0c40b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573769823dae0c40b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId614388350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869203384" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4302699f3f0d92591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId5059699f3f0d925fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId7747699f3f0d92fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId2132699f3f0d96269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId1373699f3f0d96c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1942699f3f0d96cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId3987699f3f0d92e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3987699f3f0d92e82.jpg"/><Relationship Id="rId9428699f3f0d943f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9428699f3f0d943f2.jpg"/><Relationship Id="rId4050699f3f0d96d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4050699f3f0d96d9b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>