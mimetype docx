--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Guenée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cocona fruit borer, eggplant moth, small tomato borer, tomato fruit borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4302699f3f0d92591" w:history="1">
+            <w:hyperlink r:id="rId884769ba6fdec0ae4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5059699f3f0d925fb" w:history="1">
+            <w:hyperlink r:id="rId824069ba6fdec0b4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NEOLEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99013404" name="name7782699f3f0d92e83" descr="1097.jpg"/>
+                  <wp:docPr id="73169484" name="name671469ba6fdec103e" descr="1097.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1097.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3987699f3f0d92e82" cstate="print"/>
+                          <a:blip r:embed="rId135069ba6fdec103c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7747699f3f0d92fc3" w:history="1">
+            <w:hyperlink r:id="rId858069ba6fdec117c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1515,63 +1515,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">N. elegantalis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is reported only from the Neotropics. In addition to the distribution records below, it has been reported in several countries of South America, Central America and the Caribbean, where its current presence is nevertheless in doubt. This is the case for old records (Capps, 1948) that are not supported by more recent publications (Grenada, Guatemala, Guyana, Jamaica, Nicaragua, Panama, Trinidad and Tobago), as well as for Nicaragua, El Salvador and Puerto Rico.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19885729" name="name2182699f3f0d943f5" descr="NEOLEL_distribution_map.jpg"/>
+            <wp:docPr id="12956194" name="name604669ba6fdec2366" descr="NEOLEL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NEOLEL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9428699f3f0d943f2" cstate="print"/>
+                    <a:blip r:embed="rId411769ba6fdec2363" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2014) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Platform on PRAs. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2132699f3f0d96269" w:history="1">
+      <w:hyperlink r:id="rId451069ba6fdec46c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7203,51 +7203,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Neoleucinodes elegantalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1373699f3f0d96c15" w:history="1">
+      <w:hyperlink r:id="rId760769ba6fdec505f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7323,90 +7323,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 9-13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1942699f3f0d96cdb" w:history="1">
+      <w:hyperlink r:id="rId999969ba6fdec5126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12189</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4759658" name="name8831699f3f0d96d9d" descr="eu_funding_250.png"/>
+            <wp:docPr id="99756615" name="name534169ba6fdec53c9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4050699f3f0d96d9b" cstate="print"/>
+                    <a:blip r:embed="rId879369ba6fdec53c8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7504,137 +7504,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13330286">
+  <w:abstractNum w:abstractNumId="15838187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54916587">
+    <w:lvl w:ilvl="0" w:tplc="14041601">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54916587" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14041601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13330285">
+  <w:abstractNum w:abstractNumId="15838186">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46677009">
+    <w:lvl w:ilvl="0" w:tplc="69229810">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8386,55 +8386,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13330285">
-    <w:abstractNumId w:val="13330285"/>
+  <w:num w:numId="15838186">
+    <w:abstractNumId w:val="15838186"/>
   </w:num>
-  <w:num w:numId="13330286">
-    <w:abstractNumId w:val="13330286"/>
+  <w:num w:numId="15838187">
+    <w:abstractNumId w:val="15838187"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19984,51 +19984,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId614388350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869203384" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4302699f3f0d92591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId5059699f3f0d925fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId7747699f3f0d92fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId2132699f3f0d96269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId1373699f3f0d96c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1942699f3f0d96cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId3987699f3f0d92e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3987699f3f0d92e82.jpg"/><Relationship Id="rId9428699f3f0d943f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9428699f3f0d943f2.jpg"/><Relationship Id="rId4050699f3f0d96d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4050699f3f0d96d9b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311258782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId177847607" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId884769ba6fdec0ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/" TargetMode="External"/><Relationship Id="rId824069ba6fdec0b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/categorization" TargetMode="External"/><Relationship Id="rId858069ba6fdec117c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NEOLEL/photos" TargetMode="External"/><Relationship Id="rId451069ba6fdec46c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/1078c88d-bf07-486f-841c-7faa74b93c58" TargetMode="External"/><Relationship Id="rId760769ba6fdec505f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId999969ba6fdec5126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12189" TargetMode="External"/><Relationship Id="rId135069ba6fdec103c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId135069ba6fdec103c.jpg"/><Relationship Id="rId411769ba6fdec2363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411769ba6fdec2363.jpg"/><Relationship Id="rId879369ba6fdec53c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879369ba6fdec53c8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>