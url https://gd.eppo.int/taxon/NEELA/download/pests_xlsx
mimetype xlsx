--- v0 (2025-10-16)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="NEELA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.
 * Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
@@ -96,50 +96,60 @@
   </si>
   <si>
     <t>Conopomorpha cramerella</t>
   </si>
   <si>
     <t>* Niogret J, Ekayanti A, Kendra PE, Ingram K, Lambert S, Epsky ND, Marelli JP (2020), Host preferences of the cocoa pod borer, Conopomorpha cramerella, the main threat to cocoa production in Southeast Asia. Entomologia Experimentalis et Applicata 168,  221-227.
 * Posada F J, Virdiana I, Maisin Navies, Pava-Ripoll M, Hebbar P (2011) Sexual dimorphism of pupae and adults of the cocoa pod borer, Conopomorpha cramerella. Journal of Insect Science (Madison). Article 52. https://doi.org/10.1673/031.011.5201</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Germain J-F, Devarieux A, LaPlace D, Matile-Ferrero D (2016) An updated checklist of the scale insects from French Guiana (French overseas department in South America). EPPO Bulletin, 46(3), 588–593.</t>
   </si>
   <si>
     <t>PARYMI</t>
   </si>
   <si>
     <t>Paraleyrodes minei</t>
   </si>
   <si>
     <t>* Hidayat P, Anisa RP (2024) Diversity and host ranges of whiteflies in Mekarsari fruit park, Bogor: a comprehensive study of 20 whitefly species across 56 fruitplant species. Andalasian International Journal of Entomology 2(1), 8-14. https://doi.org/10.25077/aijent.2.1.8-14.2024</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Germain JF, Devarieux A, LaPlace D, Matile-Ferrero D (2016) An updated checklist of the scale insects from French Guiana (French overseas department in South America). EPPO Bulletin 46(3), 588–593</t>
   </si>
   <si>
     <t>SLENRU</t>
   </si>
   <si>
     <t>Selenothrips rubrocinctus</t>
   </si>
   <si>
     <t>* Astridge D (2001) Insect fauna surveys on rambutan, durian and mangosteen in North Queensland. in Proceedings of the sixth Workshop for Tropical Agricultural Entomologists Darwin - May 1998. Technical Bulletin Department of Primary Industry and Fisheries, Northern Territory of Australia 288, 75-79.
 ------- noted as minor pest.</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus</t>
   </si>
   <si>
     <t>* Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1–21. https://doi.org/10.3897/zookeys.306.5455
 ------- Collected from this plant in Java (Indonesia).</t>
   </si>
   <si>
     <t>UNASCI</t>
   </si>
   <si>
@@ -503,51 +513,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -701,60 +711,74 @@
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B14" t="s">
         <v>41</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>42</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>43</v>
       </c>
-      <c r="D14" t="s">
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
         <v>44</v>
+      </c>
+      <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">