--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121168e69192677dc" w:history="1">
+            <w:hyperlink r:id="rId59016902c5bfe6a80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408368e6919267830" w:history="1">
+            <w:hyperlink r:id="rId86686902c5bfe6ac2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75554189" name="name596368e6919268273" descr="10561.jpg"/>
+                  <wp:docPr id="60979526" name="name86486902c5bfe720b" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId873768e6919268269" cstate="print"/>
+                          <a:blip r:embed="rId72786902c5bfe7209" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId528868e69192684c4" w:history="1">
+            <w:hyperlink r:id="rId68266902c5bfe730a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21630322" name="name495168e691926a78c" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="29638172" name="name82956902c5bfe8781" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId289268e691926a789" cstate="print"/>
+                    <a:blip r:embed="rId92116902c5bfe877f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559768e691926afa0" w:history="1">
+      <w:hyperlink r:id="rId99886902c5bfe8de0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934968e691926afcb" w:history="1">
+      <w:hyperlink r:id="rId73126902c5bfe8e01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276768e691926b7f7" w:history="1">
+      <w:hyperlink r:id="rId15476902c5bfe94d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898168e691926b91c" w:history="1">
+      <w:hyperlink r:id="rId83356902c5bfe95f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490868e691926ba1e" w:history="1">
+      <w:hyperlink r:id="rId71056902c5bfe9702" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221068e691926ba50" w:history="1">
+      <w:hyperlink r:id="rId35046902c5bfe9734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732168e691926bac3" w:history="1">
+      <w:hyperlink r:id="rId68926902c5bfe97a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543368e691926bfe6" w:history="1">
+      <w:hyperlink r:id="rId15606902c5bfe9c6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765268e691926c07d" w:history="1">
+      <w:hyperlink r:id="rId44346902c5bfe9cfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30859352">
+  <w:abstractNum w:abstractNumId="24138151">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66901264">
+    <w:lvl w:ilvl="0" w:tplc="41363434">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66901264" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41363434" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30859351">
+  <w:abstractNum w:abstractNumId="24138150">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51583595">
+    <w:lvl w:ilvl="0" w:tplc="63703690">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30859351">
-    <w:abstractNumId w:val="30859351"/>
+  <w:num w:numId="24138150">
+    <w:abstractNumId w:val="24138150"/>
   </w:num>
-  <w:num w:numId="30859352">
-    <w:abstractNumId w:val="30859352"/>
+  <w:num w:numId="24138151">
+    <w:abstractNumId w:val="24138151"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305440577" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId281978360" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId121168e69192677dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId408368e6919267830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId528868e69192684c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId559768e691926afa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId934968e691926afcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId276768e691926b7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId898168e691926b91c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId490868e691926ba1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId221068e691926ba50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId732168e691926bac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId543368e691926bfe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId765268e691926c07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId873768e6919268269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId873768e6919268269.jpg"/><Relationship Id="rId289268e691926a789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId289268e691926a789.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId737045505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId741916446" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59016902c5bfe6a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId86686902c5bfe6ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId68266902c5bfe730a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId99886902c5bfe8de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId73126902c5bfe8e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId15476902c5bfe94d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId83356902c5bfe95f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId71056902c5bfe9702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId35046902c5bfe9734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId68926902c5bfe97a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId15606902c5bfe9c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44346902c5bfe9cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId72786902c5bfe7209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72786902c5bfe7209.jpg"/><Relationship Id="rId92116902c5bfe877f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92116902c5bfe877f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>