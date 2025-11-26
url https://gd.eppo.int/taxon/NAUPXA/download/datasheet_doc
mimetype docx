--- v1 (2025-10-30)
+++ v2 (2025-11-26)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59016902c5bfe6a80" w:history="1">
+            <w:hyperlink r:id="rId845869270427212ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86686902c5bfe6ac2" w:history="1">
+            <w:hyperlink r:id="rId173969270427212f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60979526" name="name86486902c5bfe720b" descr="10561.jpg"/>
+                  <wp:docPr id="71055126" name="name19726927042721a08" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId72786902c5bfe7209" cstate="print"/>
+                          <a:blip r:embed="rId50456927042721a06" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId68266902c5bfe730a" w:history="1">
+            <w:hyperlink r:id="rId62676927042721b05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29638172" name="name82956902c5bfe8781" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="7472885" name="name22836927042722f51" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92116902c5bfe877f" cstate="print"/>
+                    <a:blip r:embed="rId75706927042722f4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99886902c5bfe8de0" w:history="1">
+      <w:hyperlink r:id="rId579869270427235f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73126902c5bfe8e01" w:history="1">
+      <w:hyperlink r:id="rId49186927042723615" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15476902c5bfe94d5" w:history="1">
+      <w:hyperlink r:id="rId74666927042723cf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83356902c5bfe95f1" w:history="1">
+      <w:hyperlink r:id="rId55346927042723e17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71056902c5bfe9702" w:history="1">
+      <w:hyperlink r:id="rId32616927042723f15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35046902c5bfe9734" w:history="1">
+      <w:hyperlink r:id="rId18546927042723f46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68926902c5bfe97a5" w:history="1">
+      <w:hyperlink r:id="rId80966927042723fb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15606902c5bfe9c6a" w:history="1">
+      <w:hyperlink r:id="rId872369270427244b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44346902c5bfe9cfa" w:history="1">
+      <w:hyperlink r:id="rId3471692704272454a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24138151">
+  <w:abstractNum w:abstractNumId="77597197">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41363434">
+    <w:lvl w:ilvl="0" w:tplc="91670672">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41363434" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91670672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24138150">
+  <w:abstractNum w:abstractNumId="77597196">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63703690">
+    <w:lvl w:ilvl="0" w:tplc="47435098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24138150">
-    <w:abstractNumId w:val="24138150"/>
+  <w:num w:numId="77597196">
+    <w:abstractNumId w:val="77597196"/>
   </w:num>
-  <w:num w:numId="24138151">
-    <w:abstractNumId w:val="24138151"/>
+  <w:num w:numId="77597197">
+    <w:abstractNumId w:val="77597197"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId737045505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId741916446" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59016902c5bfe6a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId86686902c5bfe6ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId68266902c5bfe730a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId99886902c5bfe8de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId73126902c5bfe8e01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId15476902c5bfe94d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId83356902c5bfe95f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId71056902c5bfe9702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId35046902c5bfe9734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId68926902c5bfe97a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId15606902c5bfe9c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44346902c5bfe9cfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId72786902c5bfe7209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72786902c5bfe7209.jpg"/><Relationship Id="rId92116902c5bfe877f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92116902c5bfe877f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469826779" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814027447" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845869270427212ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId173969270427212f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId62676927042721b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId579869270427235f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId49186927042723615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId74666927042723cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId55346927042723e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId32616927042723f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId18546927042723f46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId80966927042723fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId872369270427244b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3471692704272454a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId50456927042721a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50456927042721a06.jpg"/><Relationship Id="rId75706927042722f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75706927042722f4f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>