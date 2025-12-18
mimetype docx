--- v2 (2025-11-26)
+++ v3 (2025-12-18)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId845869270427212ab" w:history="1">
+            <w:hyperlink r:id="rId6532694485ea60e21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173969270427212f8" w:history="1">
+            <w:hyperlink r:id="rId1482694485ea60e52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71055126" name="name19726927042721a08" descr="10561.jpg"/>
+                  <wp:docPr id="31259591" name="name6893694485ea61688" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50456927042721a06" cstate="print"/>
+                          <a:blip r:embed="rId7342694485ea61687" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62676927042721b05" w:history="1">
+            <w:hyperlink r:id="rId6633694485ea61745" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7472885" name="name22836927042722f51" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="53326476" name="name4207694485ea62d37" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75706927042722f4f" cstate="print"/>
+                    <a:blip r:embed="rId1901694485ea62d35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579869270427235f3" w:history="1">
+      <w:hyperlink r:id="rId2205694485ea631ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49186927042723615" w:history="1">
+      <w:hyperlink r:id="rId4498694485ea63218" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74666927042723cf8" w:history="1">
+      <w:hyperlink r:id="rId5077694485ea636ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55346927042723e17" w:history="1">
+      <w:hyperlink r:id="rId5980694485ea637bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32616927042723f15" w:history="1">
+      <w:hyperlink r:id="rId6913694485ea63871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18546927042723f46" w:history="1">
+      <w:hyperlink r:id="rId6821694485ea63894" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80966927042723fb6" w:history="1">
+      <w:hyperlink r:id="rId4213694485ea638ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872369270427244b4" w:history="1">
+      <w:hyperlink r:id="rId5413694485ea63c72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3471692704272454a" w:history="1">
+      <w:hyperlink r:id="rId8930694485ea63cda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77597197">
+  <w:abstractNum w:abstractNumId="74861016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91670672">
+    <w:lvl w:ilvl="0" w:tplc="68463454">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91670672" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68463454" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77597196">
+  <w:abstractNum w:abstractNumId="74861015">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47435098">
+    <w:lvl w:ilvl="0" w:tplc="12643810">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77597196">
-    <w:abstractNumId w:val="77597196"/>
+  <w:num w:numId="74861015">
+    <w:abstractNumId w:val="74861015"/>
   </w:num>
-  <w:num w:numId="77597197">
-    <w:abstractNumId w:val="77597197"/>
+  <w:num w:numId="74861016">
+    <w:abstractNumId w:val="74861016"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469826779" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId814027447" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845869270427212ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId173969270427212f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId62676927042721b05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId579869270427235f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId49186927042723615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId74666927042723cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId55346927042723e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId32616927042723f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId18546927042723f46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId80966927042723fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId872369270427244b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3471692704272454a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId50456927042721a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50456927042721a06.jpg"/><Relationship Id="rId75706927042722f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75706927042722f4f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId772441986" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId573568147" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6532694485ea60e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId1482694485ea60e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId6633694485ea61745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId2205694485ea631ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId4498694485ea63218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId5077694485ea636ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId5980694485ea637bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId6913694485ea63871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId6821694485ea63894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId4213694485ea638ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId5413694485ea63c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8930694485ea63cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId7342694485ea61687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7342694485ea61687.jpg"/><Relationship Id="rId1901694485ea62d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1901694485ea62d35.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>