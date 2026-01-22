--- v3 (2025-12-18)
+++ v4 (2026-01-22)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6532694485ea60e21" w:history="1">
+            <w:hyperlink r:id="rId177969725d16c011c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1482694485ea60e52" w:history="1">
+            <w:hyperlink r:id="rId530569725d16c0160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31259591" name="name6893694485ea61688" descr="10561.jpg"/>
+                  <wp:docPr id="77381824" name="name361569725d16c07a5" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7342694485ea61687" cstate="print"/>
+                          <a:blip r:embed="rId533069725d16c07a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6633694485ea61745" w:history="1">
+            <w:hyperlink r:id="rId750469725d16c089c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53326476" name="name4207694485ea62d37" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="60649800" name="name865769725d16c1d08" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1901694485ea62d35" cstate="print"/>
+                    <a:blip r:embed="rId606169725d16c1d05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2205694485ea631ff" w:history="1">
+      <w:hyperlink r:id="rId337569725d16c23b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4498694485ea63218" w:history="1">
+      <w:hyperlink r:id="rId492969725d16c23d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5077694485ea636ee" w:history="1">
+      <w:hyperlink r:id="rId808469725d16c2b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5980694485ea637bc" w:history="1">
+      <w:hyperlink r:id="rId532569725d16c2f68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6913694485ea63871" w:history="1">
+      <w:hyperlink r:id="rId765669725d16c30c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6821694485ea63894" w:history="1">
+      <w:hyperlink r:id="rId448769725d16c30fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4213694485ea638ee" w:history="1">
+      <w:hyperlink r:id="rId624769725d16c31ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4790,73 +4790,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5413694485ea63c72" w:history="1">
+      <w:hyperlink r:id="rId122869725d16c3914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8930694485ea63cda" w:history="1">
+      <w:hyperlink r:id="rId832969725d16c39b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74861016">
+  <w:abstractNum w:abstractNumId="99740291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68463454">
+    <w:lvl w:ilvl="0" w:tplc="83642174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68463454" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83642174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74861015">
+  <w:abstractNum w:abstractNumId="99740290">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12643810">
+    <w:lvl w:ilvl="0" w:tplc="81660681">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74861015">
-    <w:abstractNumId w:val="74861015"/>
+  <w:num w:numId="99740290">
+    <w:abstractNumId w:val="99740290"/>
   </w:num>
-  <w:num w:numId="74861016">
-    <w:abstractNumId w:val="74861016"/>
+  <w:num w:numId="99740291">
+    <w:abstractNumId w:val="99740291"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId772441986" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId573568147" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6532694485ea60e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId1482694485ea60e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId6633694485ea61745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId2205694485ea631ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId4498694485ea63218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId5077694485ea636ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId5980694485ea637bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId6913694485ea63871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId6821694485ea63894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId4213694485ea638ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId5413694485ea63c72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8930694485ea63cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId7342694485ea61687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7342694485ea61687.jpg"/><Relationship Id="rId1901694485ea62d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1901694485ea62d35.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163631863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530698983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId177969725d16c011c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId530569725d16c0160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId750469725d16c089c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId337569725d16c23b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId492969725d16c23d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId808469725d16c2b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId532569725d16c2f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId765669725d16c30c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId448769725d16c30fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId624769725d16c31ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId122869725d16c3914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId832969725d16c39b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId533069725d16c07a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533069725d16c07a3.jpg"/><Relationship Id="rId606169725d16c1d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId606169725d16c1d05.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>