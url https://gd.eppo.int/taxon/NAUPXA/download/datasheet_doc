--- v4 (2026-01-22)
+++ v5 (2026-02-15)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177969725d16c011c" w:history="1">
+            <w:hyperlink r:id="rId4455699173518fbf4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId530569725d16c0160" w:history="1">
+            <w:hyperlink r:id="rId4518699173518fc39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77381824" name="name361569725d16c07a5" descr="10561.jpg"/>
+                  <wp:docPr id="72574771" name="name869869917351902be" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId533069725d16c07a3" cstate="print"/>
+                          <a:blip r:embed="rId263269917351902bc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId750469725d16c089c" w:history="1">
+            <w:hyperlink r:id="rId3846699173519041e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60649800" name="name865769725d16c1d08" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="70737005" name="name760869917351918b2" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId606169725d16c1d05" cstate="print"/>
+                    <a:blip r:embed="rId813269917351918ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337569725d16c23b6" w:history="1">
+      <w:hyperlink r:id="rId42916991735191fbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492969725d16c23d8" w:history="1">
+      <w:hyperlink r:id="rId55066991735191fe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808469725d16c2b17" w:history="1">
+      <w:hyperlink r:id="rId432969917351926ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532569725d16c2f68" w:history="1">
+      <w:hyperlink r:id="rId56776991735192850" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765669725d16c30c8" w:history="1">
+      <w:hyperlink r:id="rId97006991735192955" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448769725d16c30fd" w:history="1">
+      <w:hyperlink r:id="rId68536991735192987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624769725d16c31ba" w:history="1">
+      <w:hyperlink r:id="rId546369917351929f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122869725d16c3914" w:history="1">
+      <w:hyperlink r:id="rId97586991735192ed9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832969725d16c39b4" w:history="1">
+      <w:hyperlink r:id="rId34086991735192f6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99740291">
+  <w:abstractNum w:abstractNumId="84020073">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83642174">
+    <w:lvl w:ilvl="0" w:tplc="13663956">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83642174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13663956" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99740290">
+  <w:abstractNum w:abstractNumId="84020072">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81660681">
+    <w:lvl w:ilvl="0" w:tplc="82791400">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99740290">
-    <w:abstractNumId w:val="99740290"/>
+  <w:num w:numId="84020072">
+    <w:abstractNumId w:val="84020072"/>
   </w:num>
-  <w:num w:numId="99740291">
-    <w:abstractNumId w:val="99740291"/>
+  <w:num w:numId="84020073">
+    <w:abstractNumId w:val="84020073"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId163631863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530698983" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId177969725d16c011c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId530569725d16c0160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId750469725d16c089c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId337569725d16c23b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId492969725d16c23d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId808469725d16c2b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId532569725d16c2f68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId765669725d16c30c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId448769725d16c30fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId624769725d16c31ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId122869725d16c3914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId832969725d16c39b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId533069725d16c07a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId533069725d16c07a3.jpg"/><Relationship Id="rId606169725d16c1d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId606169725d16c1d05.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId896459782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432570800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4455699173518fbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId4518699173518fc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId3846699173519041e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId42916991735191fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId55066991735191fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId432969917351926ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId56776991735192850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId97006991735192955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId68536991735192987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId546369917351929f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId97586991735192ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34086991735192f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId263269917351902bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263269917351902bc.jpg"/><Relationship Id="rId813269917351918ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813269917351918ad.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>