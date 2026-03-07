--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4455699173518fbf4" w:history="1">
+            <w:hyperlink r:id="rId230669ac3d018a185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4518699173518fc39" w:history="1">
+            <w:hyperlink r:id="rId255569ac3d018a1c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72574771" name="name869869917351902be" descr="10561.jpg"/>
+                  <wp:docPr id="18220211" name="name435769ac3d018a4ce" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId263269917351902bc" cstate="print"/>
+                          <a:blip r:embed="rId266069ac3d018a4cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3846699173519041e" w:history="1">
+            <w:hyperlink r:id="rId974469ac3d018a60a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70737005" name="name760869917351918b2" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="33294333" name="name921969ac3d018bc49" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId813269917351918ad" cstate="print"/>
+                    <a:blip r:embed="rId665869ac3d018bc46" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42916991735191fbf" w:history="1">
+      <w:hyperlink r:id="rId406169ac3d018c31a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55066991735191fe3" w:history="1">
+      <w:hyperlink r:id="rId426969ac3d018c33d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432969917351926ff" w:history="1">
+      <w:hyperlink r:id="rId737369ac3d018ca2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56776991735192850" w:history="1">
+      <w:hyperlink r:id="rId843769ac3d018cb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97006991735192955" w:history="1">
+      <w:hyperlink r:id="rId368269ac3d018cc4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68536991735192987" w:history="1">
+      <w:hyperlink r:id="rId692569ac3d018cc81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546369917351929f9" w:history="1">
+      <w:hyperlink r:id="rId605169ac3d018ccf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97586991735192ed9" w:history="1">
+      <w:hyperlink r:id="rId982369ac3d018d1bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34086991735192f6e" w:history="1">
+      <w:hyperlink r:id="rId702169ac3d018d24f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84020073">
+  <w:abstractNum w:abstractNumId="41108711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13663956">
+    <w:lvl w:ilvl="0" w:tplc="12369743">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13663956" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12369743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84020072">
+  <w:abstractNum w:abstractNumId="41108710">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82791400">
+    <w:lvl w:ilvl="0" w:tplc="93110654">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84020072">
-    <w:abstractNumId w:val="84020072"/>
+  <w:num w:numId="41108710">
+    <w:abstractNumId w:val="41108710"/>
   </w:num>
-  <w:num w:numId="84020073">
-    <w:abstractNumId w:val="84020073"/>
+  <w:num w:numId="41108711">
+    <w:abstractNumId w:val="41108711"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId896459782" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432570800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4455699173518fbf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId4518699173518fc39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId3846699173519041e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId42916991735191fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId55066991735191fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId432969917351926ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId56776991735192850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId97006991735192955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId68536991735192987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId546369917351929f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId97586991735192ed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34086991735192f6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId263269917351902bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263269917351902bc.jpg"/><Relationship Id="rId813269917351918ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId813269917351918ad.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149895442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434576985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId230669ac3d018a185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId255569ac3d018a1c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId974469ac3d018a60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId406169ac3d018c31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId426969ac3d018c33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId737369ac3d018ca2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId843769ac3d018cb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId368269ac3d018cc4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId692569ac3d018cc81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId605169ac3d018ccf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId982369ac3d018d1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId702169ac3d018d24f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId266069ac3d018a4cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266069ac3d018a4cd.jpg"/><Relationship Id="rId665869ac3d018bc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId665869ac3d018bc46.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>