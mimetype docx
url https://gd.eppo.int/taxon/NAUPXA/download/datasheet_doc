--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Durán</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> South American fruit tree weevil, grapevine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230669ac3d018a185" w:history="1">
+            <w:hyperlink r:id="rId329669c70c23a3ab2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255569ac3d018a1c9" w:history="1">
+            <w:hyperlink r:id="rId412669c70c23a3af6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAUPXA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18220211" name="name435769ac3d018a4ce" descr="10561.jpg"/>
+                  <wp:docPr id="49814906" name="name427269c70c23a4077" descr="10561.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10561.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId266069ac3d018a4cd" cstate="print"/>
+                          <a:blip r:embed="rId665069c70c23a4075" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId974469ac3d018a60a" w:history="1">
+            <w:hyperlink r:id="rId275769c70c23a418e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1796,63 +1796,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2012; Lanteri &amp; del Río, 2017). The species is not known to be established anywhere outside of South America.</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33294333" name="name921969ac3d018bc49" descr="NAUPXA_distribution_map.jpg"/>
+            <wp:docPr id="48032441" name="name392869c70c23a57a2" descr="NAUPXA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NAUPXA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId665869ac3d018bc46" cstate="print"/>
+                    <a:blip r:embed="rId416269c70c23a579e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2568,72 +2568,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As an alternative to morphological identification of adults, molecular methods can be used and are detailed in a number of publications (e.g. del Río </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018). There are over 160 accessions entered in the GenBank database (2019) and barcodes based on Cytochrome oxidase 1 (COI) are available (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406169ac3d018c31a" w:history="1">
+      <w:hyperlink r:id="rId318569c70c23a5e6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://boldsystems.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and EPPO-Q-bank </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426969ac3d018c33d" w:history="1">
+      <w:hyperlink r:id="rId976769c70c23a5e90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://qbank.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A PCR method was developed to differentiate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3623,51 +3623,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90–99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biosecurity Australia (2005) Revised Draft Import Risk Analysis Report for Table Grapes from Chile. Part B. Commonwealth of Australia. Australian Government, available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId737369ac3d018ca2e" w:history="1">
+      <w:hyperlink r:id="rId367269c70c23a6580" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3800,51 +3800,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean (Coleoptera: Curculionidae) from Argentina and neighboring countries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6, e6196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843769ac3d018cb50" w:history="1">
+      <w:hyperlink r:id="rId456169c70c23a669f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.6196</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3957,81 +3957,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368269ac3d018cc4f" w:history="1">
+      <w:hyperlink r:id="rId432469c70c23a679c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/ NAUPX A/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GenBank (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692569ac3d018cc81" w:history="1">
+      <w:hyperlink r:id="rId996269c70c23a67cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/genba nk/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4057,51 +4057,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Boheman, 1840 (Coleoptera, Curculionidae, Entiminae) for Switzerland with a short review of its spreading and food plants. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin de La Société Entomologique Suisse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId605169ac3d018ccf2" w:history="1">
+      <w:hyperlink r:id="rId655569c70c23a683d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.51884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982369ac3d018d1bc" w:history="1">
+      <w:hyperlink r:id="rId307569c70c23a6d0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4905,51 +4905,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Naupactus xanthographus. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 374–378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702169ac3d018d24f" w:history="1">
+      <w:hyperlink r:id="rId807069c70c23a6da0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12833</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5036,137 +5036,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41108711">
+  <w:abstractNum w:abstractNumId="65300989">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12369743">
+    <w:lvl w:ilvl="0" w:tplc="55993535">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12369743" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55993535" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41108710">
+  <w:abstractNum w:abstractNumId="65300988">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93110654">
+    <w:lvl w:ilvl="0" w:tplc="45221747">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5918,55 +5918,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41108710">
-    <w:abstractNumId w:val="41108710"/>
+  <w:num w:numId="65300988">
+    <w:abstractNumId w:val="65300988"/>
   </w:num>
-  <w:num w:numId="41108711">
-    <w:abstractNumId w:val="41108711"/>
+  <w:num w:numId="65300989">
+    <w:abstractNumId w:val="65300989"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17516,51 +17516,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149895442" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId434576985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId230669ac3d018a185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId255569ac3d018a1c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId974469ac3d018a60a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId406169ac3d018c31a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId426969ac3d018c33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId737369ac3d018ca2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId843769ac3d018cb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId368269ac3d018cc4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId692569ac3d018cc81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId605169ac3d018ccf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId982369ac3d018d1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId702169ac3d018d24f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId266069ac3d018a4cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266069ac3d018a4cd.jpg"/><Relationship Id="rId665869ac3d018bc46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId665869ac3d018bc46.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728503479" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId199892690" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId329669c70c23a3ab2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/" TargetMode="External"/><Relationship Id="rId412669c70c23a3af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/categorization" TargetMode="External"/><Relationship Id="rId275769c70c23a418e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NAUPXA/photos" TargetMode="External"/><Relationship Id="rId318569c70c23a5e6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://boldsystems.org" TargetMode="External"/><Relationship Id="rId976769c70c23a5e90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int" TargetMode="External"/><Relationship Id="rId367269c70c23a6580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.agriculture.gov.au/SiteCollectionDocuments/ba/memos/2005/2005_04a.pdf" TargetMode="External"/><Relationship Id="rId456169c70c23a669f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.6196" TargetMode="External"/><Relationship Id="rId432469c70c23a679c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/%20NAUPX%20A/documents" TargetMode="External"/><Relationship Id="rId996269c70c23a67cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/genba%20nk/" TargetMode="External"/><Relationship Id="rId655569c70c23a683d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.51884" TargetMode="External"/><Relationship Id="rId307569c70c23a6d0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId807069c70c23a6da0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12833" TargetMode="External"/><Relationship Id="rId665069c70c23a4075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId665069c70c23a4075.jpg"/><Relationship Id="rId416269c70c23a579e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId416269c70c23a579e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>