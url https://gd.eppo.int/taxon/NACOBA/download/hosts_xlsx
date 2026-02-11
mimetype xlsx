--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -327,90 +327,90 @@
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>CUUMA</t>
   </si>
   <si>
     <t>Cucurbita maxima</t>
   </si>
   <si>
     <t>CUUPE</t>
   </si>
   <si>
     <t>Cucurbita pepo</t>
   </si>
   <si>
     <t>DAUCA</t>
   </si>
   <si>
     <t>Daucus carota</t>
   </si>
   <si>
+    <t>IPOBA</t>
+  </si>
+  <si>
+    <t>Ipomoea batatas</t>
+  </si>
+  <si>
+    <t>LACSA</t>
+  </si>
+  <si>
+    <t>Lactuca sativa</t>
+  </si>
+  <si>
+    <t>NIOTA</t>
+  </si>
+  <si>
+    <t>Nicotiana tabacum</t>
+  </si>
+  <si>
+    <t>OPUFR</t>
+  </si>
+  <si>
+    <t>Opuntia fragilis</t>
+  </si>
+  <si>
+    <t>ORIVU</t>
+  </si>
+  <si>
+    <t>Origanum vulgare</t>
+  </si>
+  <si>
+    <t>OXATU</t>
+  </si>
+  <si>
+    <t>Oxalis tuberosa</t>
+  </si>
+  <si>
     <t>MAKVI</t>
   </si>
   <si>
-    <t>Escobaria vivipara</t>
-[...35 lines deleted...]
-    <t>Oxalis tuberosa</t>
+    <t>Pelecyphora vivipara</t>
   </si>
   <si>
     <t>PHYSS</t>
   </si>
   <si>
     <t>Physalis sp.</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>RAPSR</t>
   </si>
   <si>
     <t>Raphanus sativus</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>
@@ -1521,65 +1521,65 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>74</v>
       </c>
       <c r="B52" t="s">
         <v>112</v>
       </c>
       <c r="C52" t="s">
         <v>113</v>
       </c>
       <c r="D52" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>74</v>
       </c>
       <c r="B53" t="s">
         <v>114</v>
       </c>
       <c r="C53" t="s">
         <v>115</v>
       </c>
       <c r="D53" t="s">
-        <v>7</v>
+        <v>41</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>74</v>
       </c>
       <c r="B54" t="s">
         <v>116</v>
       </c>
       <c r="C54" t="s">
         <v>117</v>
       </c>
       <c r="D54" t="s">
-        <v>41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>74</v>
       </c>
       <c r="B55" t="s">
         <v>118</v>
       </c>
       <c r="C55" t="s">
         <v>119</v>
       </c>
       <c r="D55" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>74</v>
       </c>
       <c r="B56" t="s">
         <v>120</v>
       </c>
       <c r="C56" t="s">
         <v>121</v>