--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -185,51 +185,51 @@
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>European Russia</t>
   </si>
   <si>
     <t>ru</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>