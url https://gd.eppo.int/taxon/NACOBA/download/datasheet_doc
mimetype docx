--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Franklin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457868e0ea4474daf" w:history="1">
+            <w:hyperlink r:id="rId942968ff053e3e71e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId843468e0ea4474e3f" w:history="1">
+            <w:hyperlink r:id="rId481968ff053e3e789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13490113" name="name133768e0ea4474f0e" descr="15185.jpg"/>
+                  <wp:docPr id="56366993" name="name658268ff053e3eff4" descr="15185.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15185.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId196968e0ea4474f0d" cstate="print"/>
+                          <a:blip r:embed="rId234468ff053e3eff3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId628068e0ea4475052" w:history="1">
+            <w:hyperlink r:id="rId524568ff053e3f12b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2343,63 +2343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43797162" name="name615868e0ea4476c66" descr="NACOBA_distribution_map.jpg"/>
+            <wp:docPr id="81053441" name="name573268ff053e408f0" descr="NACOBA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NACOBA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId295568e0ea4476c63" cstate="print"/>
+                    <a:blip r:embed="rId411768ff053e408ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4617,51 +4617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366668e0ea4477cb3" w:history="1">
+      <w:hyperlink r:id="rId728668ff053e4190e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5249</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621368e0ea4478249" w:history="1">
+      <w:hyperlink r:id="rId376468ff053e41ee7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1046315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nacobbus aberrans sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604068e0ea447844d" w:history="1">
+      <w:hyperlink r:id="rId429368ff053e42101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6015,81 +6015,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730568e0ea44785ba" w:history="1">
+      <w:hyperlink r:id="rId126268ff053e4226b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01983.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63002057" name="name99968e0ea4478660" descr="eu_funding_250.png"/>
+            <wp:docPr id="19497432" name="name330468ff053e422cb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId756868e0ea447865f" cstate="print"/>
+                    <a:blip r:embed="rId876468ff053e422ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6187,137 +6187,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83354252">
+  <w:abstractNum w:abstractNumId="53112959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33380970">
+    <w:lvl w:ilvl="0" w:tplc="44951753">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33380970" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44951753" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83354251">
+  <w:abstractNum w:abstractNumId="53112958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53446296">
+    <w:lvl w:ilvl="0" w:tplc="10905696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7069,55 +7069,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83354251">
-    <w:abstractNumId w:val="83354251"/>
+  <w:num w:numId="53112958">
+    <w:abstractNumId w:val="53112958"/>
   </w:num>
-  <w:num w:numId="83354252">
-    <w:abstractNumId w:val="83354252"/>
+  <w:num w:numId="53112959">
+    <w:abstractNumId w:val="53112959"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18667,51 +18667,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId124495215" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354750644" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId457868e0ea4474daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId843468e0ea4474e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId628068e0ea4475052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId366668e0ea4477cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId621368e0ea4478249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId604068e0ea447844d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId730568e0ea44785ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId196968e0ea4474f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId196968e0ea4474f0d.jpg"/><Relationship Id="rId295568e0ea4476c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295568e0ea4476c63.jpg"/><Relationship Id="rId756868e0ea447865f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId756868e0ea447865f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394955403" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991387865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId942968ff053e3e71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId481968ff053e3e789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId524568ff053e3f12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId728668ff053e4190e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId376468ff053e41ee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId429368ff053e42101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId126268ff053e4226b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId234468ff053e3eff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId234468ff053e3eff3.jpg"/><Relationship Id="rId411768ff053e408ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411768ff053e408ed.jpg"/><Relationship Id="rId876468ff053e422ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876468ff053e422ca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>