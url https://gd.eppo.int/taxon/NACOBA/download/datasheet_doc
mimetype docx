--- v1 (2025-10-27)
+++ v2 (2025-12-06)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Franklin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId942968ff053e3e71e" w:history="1">
+            <w:hyperlink r:id="rId32996933b961a754f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481968ff053e3e789" w:history="1">
+            <w:hyperlink r:id="rId84906933b961a75b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56366993" name="name658268ff053e3eff4" descr="15185.jpg"/>
+                  <wp:docPr id="97958091" name="name10526933b961a76c1" descr="15185.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15185.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId234468ff053e3eff3" cstate="print"/>
+                          <a:blip r:embed="rId51196933b961a76c0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId524568ff053e3f12b" w:history="1">
+            <w:hyperlink r:id="rId19296933b961a77f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2343,63 +2343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81053441" name="name573268ff053e408f0" descr="NACOBA_distribution_map.jpg"/>
+            <wp:docPr id="12973130" name="name59236933b961a9466" descr="NACOBA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NACOBA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId411768ff053e408ed" cstate="print"/>
+                    <a:blip r:embed="rId35496933b961a9464" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4617,51 +4617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728668ff053e4190e" w:history="1">
+      <w:hyperlink r:id="rId55226933b961aa444" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5249</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376468ff053e41ee7" w:history="1">
+      <w:hyperlink r:id="rId79236933b961aa9a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1046315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nacobbus aberrans sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429368ff053e42101" w:history="1">
+      <w:hyperlink r:id="rId33136933b961aaba2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6015,81 +6015,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126268ff053e4226b" w:history="1">
+      <w:hyperlink r:id="rId43966933b961aad07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01983.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19497432" name="name330468ff053e422cb" descr="eu_funding_250.png"/>
+            <wp:docPr id="6134669" name="name67576933b961aaf3e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId876468ff053e422ca" cstate="print"/>
+                    <a:blip r:embed="rId12406933b961aaf3c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6187,137 +6187,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53112959">
+  <w:abstractNum w:abstractNumId="19260651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44951753">
+    <w:lvl w:ilvl="0" w:tplc="52073981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44951753" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52073981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53112958">
+  <w:abstractNum w:abstractNumId="19260650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10905696">
+    <w:lvl w:ilvl="0" w:tplc="69723931">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7069,55 +7069,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53112958">
-    <w:abstractNumId w:val="53112958"/>
+  <w:num w:numId="19260650">
+    <w:abstractNumId w:val="19260650"/>
   </w:num>
-  <w:num w:numId="53112959">
-    <w:abstractNumId w:val="53112959"/>
+  <w:num w:numId="19260651">
+    <w:abstractNumId w:val="19260651"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18667,51 +18667,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394955403" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991387865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId942968ff053e3e71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId481968ff053e3e789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId524568ff053e3f12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId728668ff053e4190e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId376468ff053e41ee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId429368ff053e42101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId126268ff053e4226b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId234468ff053e3eff3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId234468ff053e3eff3.jpg"/><Relationship Id="rId411768ff053e408ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411768ff053e408ed.jpg"/><Relationship Id="rId876468ff053e422ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876468ff053e422ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679217391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId331213444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32996933b961a754f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId84906933b961a75b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId19296933b961a77f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId55226933b961aa444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId79236933b961aa9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId33136933b961aaba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43966933b961aad07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId51196933b961a76c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51196933b961a76c0.jpg"/><Relationship Id="rId35496933b961a9464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35496933b961a9464.jpg"/><Relationship Id="rId12406933b961aaf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12406933b961aaf3c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>