--- v2 (2025-12-06)
+++ v3 (2025-12-26)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Franklin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32996933b961a754f" w:history="1">
+            <w:hyperlink r:id="rId8642694eb66aac86b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84906933b961a75b9" w:history="1">
+            <w:hyperlink r:id="rId2055694eb66aac8e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97958091" name="name10526933b961a76c1" descr="15185.jpg"/>
+                  <wp:docPr id="2148659" name="name8946694eb66aacfab" descr="15185.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15185.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51196933b961a76c0" cstate="print"/>
+                          <a:blip r:embed="rId9107694eb66aacfa9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId19296933b961a77f6" w:history="1">
+            <w:hyperlink r:id="rId2664694eb66aad0e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2343,63 +2343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12973130" name="name59236933b961a9466" descr="NACOBA_distribution_map.jpg"/>
+            <wp:docPr id="62946305" name="name6849694eb66aae9fb" descr="NACOBA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NACOBA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35496933b961a9464" cstate="print"/>
+                    <a:blip r:embed="rId2408694eb66aae9f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4617,51 +4617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55226933b961aa444" w:history="1">
+      <w:hyperlink r:id="rId4322694eb66aafa13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5249</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79236933b961aa9a6" w:history="1">
+      <w:hyperlink r:id="rId2761694eb66aaffcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1046315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nacobbus aberrans sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33136933b961aaba2" w:history="1">
+      <w:hyperlink r:id="rId9888694eb66ab01bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6015,81 +6015,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43966933b961aad07" w:history="1">
+      <w:hyperlink r:id="rId9467694eb66ab0321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01983.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6134669" name="name67576933b961aaf3e" descr="eu_funding_250.png"/>
+            <wp:docPr id="70240701" name="name3469694eb66ab03ac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12406933b961aaf3c" cstate="print"/>
+                    <a:blip r:embed="rId4167694eb66ab03ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6187,137 +6187,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19260651">
+  <w:abstractNum w:abstractNumId="30858405">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52073981">
+    <w:lvl w:ilvl="0" w:tplc="58953608">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52073981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58953608" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19260650">
+  <w:abstractNum w:abstractNumId="30858404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69723931">
+    <w:lvl w:ilvl="0" w:tplc="84362249">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7069,55 +7069,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19260650">
-    <w:abstractNumId w:val="19260650"/>
+  <w:num w:numId="30858404">
+    <w:abstractNumId w:val="30858404"/>
   </w:num>
-  <w:num w:numId="19260651">
-    <w:abstractNumId w:val="19260651"/>
+  <w:num w:numId="30858405">
+    <w:abstractNumId w:val="30858405"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18667,51 +18667,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679217391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId331213444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32996933b961a754f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId84906933b961a75b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId19296933b961a77f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId55226933b961aa444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId79236933b961aa9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId33136933b961aaba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId43966933b961aad07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId51196933b961a76c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51196933b961a76c0.jpg"/><Relationship Id="rId35496933b961a9464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35496933b961a9464.jpg"/><Relationship Id="rId12406933b961aaf3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12406933b961aaf3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728443815" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId612731721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8642694eb66aac86b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId2055694eb66aac8e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId2664694eb66aad0e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId4322694eb66aafa13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId2761694eb66aaffcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId9888694eb66ab01bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9467694eb66ab0321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId9107694eb66aacfa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9107694eb66aacfa9.jpg"/><Relationship Id="rId2408694eb66aae9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2408694eb66aae9f8.jpg"/><Relationship Id="rId4167694eb66ab03ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4167694eb66ab03ab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>