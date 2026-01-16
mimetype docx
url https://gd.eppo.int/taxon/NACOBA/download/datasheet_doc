--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Franklin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8642694eb66aac86b" w:history="1">
+            <w:hyperlink r:id="rId9559696a8d8ddceac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2055694eb66aac8e1" w:history="1">
+            <w:hyperlink r:id="rId9301696a8d8ddcf13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2148659" name="name8946694eb66aacfab" descr="15185.jpg"/>
+                  <wp:docPr id="52803963" name="name8678696a8d8ddd3d7" descr="15185.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15185.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9107694eb66aacfa9" cstate="print"/>
+                          <a:blip r:embed="rId1628696a8d8ddd3d5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2664694eb66aad0e7" w:history="1">
+            <w:hyperlink r:id="rId8943696a8d8ddd4e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2343,63 +2343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62946305" name="name6849694eb66aae9fb" descr="NACOBA_distribution_map.jpg"/>
+            <wp:docPr id="74709894" name="name8133696a8d8dded54" descr="NACOBA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NACOBA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2408694eb66aae9f8" cstate="print"/>
+                    <a:blip r:embed="rId7565696a8d8dded50" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4617,51 +4617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4322694eb66aafa13" w:history="1">
+      <w:hyperlink r:id="rId2005696a8d8ddfddf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5249</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2761694eb66aaffcc" w:history="1">
+      <w:hyperlink r:id="rId8302696a8d8de035d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1046315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5767,73 +5767,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nacobbus aberrans sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9888694eb66ab01bc" w:history="1">
+      <w:hyperlink r:id="rId8523696a8d8de0585" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6015,81 +6015,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9467694eb66ab0321" w:history="1">
+      <w:hyperlink r:id="rId3329696a8d8de06ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01983.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70240701" name="name3469694eb66ab03ac" descr="eu_funding_250.png"/>
+            <wp:docPr id="42139863" name="name1683696a8d8de0755" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4167694eb66ab03ab" cstate="print"/>
+                    <a:blip r:embed="rId8073696a8d8de0754" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6187,137 +6187,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30858405">
+  <w:abstractNum w:abstractNumId="54405477">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58953608">
+    <w:lvl w:ilvl="0" w:tplc="50541295">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58953608" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50541295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30858404">
+  <w:abstractNum w:abstractNumId="54405476">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84362249">
+    <w:lvl w:ilvl="0" w:tplc="71857963">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7069,55 +7069,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30858404">
-    <w:abstractNumId w:val="30858404"/>
+  <w:num w:numId="54405476">
+    <w:abstractNumId w:val="54405476"/>
   </w:num>
-  <w:num w:numId="30858405">
-    <w:abstractNumId w:val="30858405"/>
+  <w:num w:numId="54405477">
+    <w:abstractNumId w:val="54405477"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18667,51 +18667,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId728443815" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId612731721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8642694eb66aac86b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId2055694eb66aac8e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId2664694eb66aad0e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId4322694eb66aafa13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId2761694eb66aaffcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId9888694eb66ab01bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9467694eb66ab0321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId9107694eb66aacfa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9107694eb66aacfa9.jpg"/><Relationship Id="rId2408694eb66aae9f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2408694eb66aae9f8.jpg"/><Relationship Id="rId4167694eb66ab03ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4167694eb66ab03ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989015110" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628330894" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9559696a8d8ddceac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId9301696a8d8ddcf13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId8943696a8d8ddd4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId2005696a8d8ddfddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId8302696a8d8de035d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId8523696a8d8de0585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3329696a8d8de06ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId1628696a8d8ddd3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1628696a8d8ddd3d5.jpg"/><Relationship Id="rId7565696a8d8dded50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7565696a8d8dded50.jpg"/><Relationship Id="rId8073696a8d8de0754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8073696a8d8de0754.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>