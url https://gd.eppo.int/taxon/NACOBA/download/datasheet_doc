--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Franklin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9559696a8d8ddceac" w:history="1">
+            <w:hyperlink r:id="rId95646986514fd4024" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9301696a8d8ddcf13" w:history="1">
+            <w:hyperlink r:id="rId23876986514fd4099" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52803963" name="name8678696a8d8ddd3d7" descr="15185.jpg"/>
+                  <wp:docPr id="74350543" name="name22296986514fd499a" descr="15185.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15185.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1628696a8d8ddd3d5" cstate="print"/>
+                          <a:blip r:embed="rId53756986514fd4997" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8943696a8d8ddd4e4" w:history="1">
+            <w:hyperlink r:id="rId54156986514fd4ac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1736,191 +1736,191 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dysphania ambrosioides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Escobaria vivipara</w:t>
+        <w:t xml:space="preserve">Ipomoea batatas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ipomoea batatas</w:t>
+        <w:t xml:space="preserve">Lactuca sativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lactuca sativa</w:t>
+        <w:t xml:space="preserve">Malva parviflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Malva parviflora</w:t>
+        <w:t xml:space="preserve">Nicotiana tabacum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nicotiana tabacum</w:t>
+        <w:t xml:space="preserve">Opuntia fragilis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Opuntia fragilis</w:t>
+        <w:t xml:space="preserve">Origanum vulgare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Origanum vulgare</w:t>
+        <w:t xml:space="preserve">Oxalis tuberosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Oxalis tuberosa</w:t>
+        <w:t xml:space="preserve">Pelecyphora vivipara</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phaseolus vulgaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2343,63 +2343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74709894" name="name8133696a8d8dded54" descr="NACOBA_distribution_map.jpg"/>
+            <wp:docPr id="11500538" name="name31956986514fd72ba" descr="NACOBA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NACOBA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7565696a8d8dded50" cstate="print"/>
+                    <a:blip r:embed="rId57936986514fd72b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4617,51 +4617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2005696a8d8ddfddf" w:history="1">
+      <w:hyperlink r:id="rId17236986514fd9979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5249</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8302696a8d8de035d" w:history="1">
+      <w:hyperlink r:id="rId73726986514fda033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1046315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nacobbus aberrans sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8523696a8d8de0585" w:history="1">
+      <w:hyperlink r:id="rId68796986514fda27e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6015,81 +6015,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3329696a8d8de06ed" w:history="1">
+      <w:hyperlink r:id="rId84026986514fda3e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01983.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42139863" name="name1683696a8d8de0755" descr="eu_funding_250.png"/>
+            <wp:docPr id="61559612" name="name79966986514fdaf06" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8073696a8d8de0754" cstate="print"/>
+                    <a:blip r:embed="rId73966986514fdaf04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6187,137 +6187,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54405477">
+  <w:abstractNum w:abstractNumId="97108023">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50541295">
+    <w:lvl w:ilvl="0" w:tplc="78995094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50541295" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78995094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54405476">
+  <w:abstractNum w:abstractNumId="97108022">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71857963">
+    <w:lvl w:ilvl="0" w:tplc="60092988">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7069,55 +7069,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54405476">
-    <w:abstractNumId w:val="54405476"/>
+  <w:num w:numId="97108022">
+    <w:abstractNumId w:val="97108022"/>
   </w:num>
-  <w:num w:numId="54405477">
-    <w:abstractNumId w:val="54405477"/>
+  <w:num w:numId="97108023">
+    <w:abstractNumId w:val="97108023"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18667,51 +18667,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989015110" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628330894" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9559696a8d8ddceac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId9301696a8d8ddcf13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId8943696a8d8ddd4e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId2005696a8d8ddfddf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId8302696a8d8de035d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId8523696a8d8de0585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3329696a8d8de06ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId1628696a8d8ddd3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1628696a8d8ddd3d5.jpg"/><Relationship Id="rId7565696a8d8dded50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7565696a8d8dded50.jpg"/><Relationship Id="rId8073696a8d8de0754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8073696a8d8de0754.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752078479" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId234261316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId95646986514fd4024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId23876986514fd4099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId54156986514fd4ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId17236986514fd9979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId73726986514fda033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId68796986514fda27e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84026986514fda3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId53756986514fd4997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53756986514fd4997.jpg"/><Relationship Id="rId57936986514fd72b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57936986514fd72b7.jpg"/><Relationship Id="rId73966986514fdaf04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73966986514fdaf04.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>