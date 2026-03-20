--- v5 (2026-02-06)
+++ v6 (2026-03-20)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> Franklin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> false root-knot nematode</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95646986514fd4024" w:history="1">
+            <w:hyperlink r:id="rId493169bcf6fc3412b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23876986514fd4099" w:history="1">
+            <w:hyperlink r:id="rId494869bcf6fc34195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> NACOBA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74350543" name="name22296986514fd499a" descr="15185.jpg"/>
+                  <wp:docPr id="24068755" name="name829969bcf6fc34820" descr="15185.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15185.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53756986514fd4997" cstate="print"/>
+                          <a:blip r:embed="rId520269bcf6fc3481d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId54156986514fd4ac0" w:history="1">
+            <w:hyperlink r:id="rId469969bcf6fc34997" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2343,63 +2343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2002).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11500538" name="name31956986514fd72ba" descr="NACOBA_distribution_map.jpg"/>
+            <wp:docPr id="81277275" name="name171069bcf6fc36140" descr="NACOBA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="NACOBA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57936986514fd72b7" cstate="print"/>
+                    <a:blip r:embed="rId819069bcf6fc3613c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4617,51 +4617,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17236986514fd9979" w:history="1">
+      <w:hyperlink r:id="rId463269bcf6fc371e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5249</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,51 +5485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1046315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73726986514fda033" w:history="1">
+      <w:hyperlink r:id="rId816369bcf6fc37756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2022.1046315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5789,51 +5789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nacobbus aberrans sensu lato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68796986514fda27e" w:history="1">
+      <w:hyperlink r:id="rId216569bcf6fc37947" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6015,81 +6015,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84026986514fda3e9" w:history="1">
+      <w:hyperlink r:id="rId873269bcf6fc37ace" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01983.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61559612" name="name79966986514fdaf06" descr="eu_funding_250.png"/>
+            <wp:docPr id="78358199" name="name454169bcf6fc37b3f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73966986514fdaf04" cstate="print"/>
+                    <a:blip r:embed="rId122969bcf6fc37b3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6187,137 +6187,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97108023">
+  <w:abstractNum w:abstractNumId="69084675">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78995094">
+    <w:lvl w:ilvl="0" w:tplc="79355805">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78995094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79355805" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97108022">
+  <w:abstractNum w:abstractNumId="69084674">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60092988">
+    <w:lvl w:ilvl="0" w:tplc="84961499">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7069,55 +7069,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97108022">
-    <w:abstractNumId w:val="97108022"/>
+  <w:num w:numId="69084674">
+    <w:abstractNumId w:val="69084674"/>
   </w:num>
-  <w:num w:numId="97108023">
-    <w:abstractNumId w:val="97108023"/>
+  <w:num w:numId="69084675">
+    <w:abstractNumId w:val="69084675"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18667,51 +18667,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId752078479" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId234261316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId95646986514fd4024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId23876986514fd4099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId54156986514fd4ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId17236986514fd9979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId73726986514fda033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId68796986514fda27e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84026986514fda3e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId53756986514fd4997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53756986514fd4997.jpg"/><Relationship Id="rId57936986514fd72b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57936986514fd72b7.jpg"/><Relationship Id="rId73966986514fdaf04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73966986514fdaf04.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683222915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId734198561" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId493169bcf6fc3412b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/" TargetMode="External"/><Relationship Id="rId494869bcf6fc34195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/categorization" TargetMode="External"/><Relationship Id="rId469969bcf6fc34997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/NACOBA/photos" TargetMode="External"/><Relationship Id="rId463269bcf6fc371e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5249" TargetMode="External"/><Relationship Id="rId816369bcf6fc37756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2022.1046315" TargetMode="External"/><Relationship Id="rId216569bcf6fc37947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId873269bcf6fc37ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01983.x" TargetMode="External"/><Relationship Id="rId520269bcf6fc3481d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520269bcf6fc3481d.jpg"/><Relationship Id="rId819069bcf6fc3613c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId819069bcf6fc3613c.jpg"/><Relationship Id="rId122969bcf6fc37b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122969bcf6fc37b3e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>