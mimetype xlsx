--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -35,53 +35,53 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t xml:space="preserve">* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
+    <t>* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
 ------- confirmed host
-</t>
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>PHYPUL</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma ulmi'</t>
   </si>
   <si>
     <t>* Arismendi N, Andrade N, Riegel R, Zamorano A &amp; Fiore N (2011) Molecular identification of 16SrIII-J and 16SrV-A phytoplasmas in Ugni molinae and Amplicephalus curtulus. In: Proceedings of the 20th Chilean Congress of Plant Pathology, Santiago, Chile, November 19 - December 1, 2011 (ed Sociedad Chilena de Fitopatología), pp. 11-12.</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Grinbergs D, Chilian J, Lisboa K, France A (2019) First report of silverleaf disease caused by Chondrostereum purpureum on murta (Ugni molinae) in Chile. Plant Disease 103(8), 2140. https://doi.org/10.1094/PDIS-12-18-2285-PDN</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>