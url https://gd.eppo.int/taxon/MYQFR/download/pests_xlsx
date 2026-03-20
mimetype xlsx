--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -44,51 +44,52 @@
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
   </si>
   <si>
     <t>* Swanson RW, Baranowski RM (1972) Host range and infestation by the Caribbean fruit fly, Anastrepha suspensa (Diptera: Tephritidae), in south Florida. Proceedings of the Florida State Horticultural Society, 271-273.</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.</t>
+    <t>* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16.
+* Glen M, Alfenas AC, Zauza EAV, Wingfield MJ, Mohammed C (2007) Puccinia psidii: a threat to the Australian environment and economy - a review.  Australasian Plant Pathology 36, 1-16</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Hernandez-Ortiz V, Barradas-Juanz, Diaz-Castelazo CD (2019) A review of the natural host plants of the Anastrepha fraterculus complex in the Americas, pp 89-122. In: Perez-Staples D, Diaz-Fleischer F, Montoya P, Vera MT (eds) Area-Wide Management of Fruit Fly Pests, CRC Press, 440 pp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>