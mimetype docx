--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Saxifragales: Haloragaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broad-leaf water milfoil (US), variable water milfoil (US), variable-leaf water milfoil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234468e723bbca351" w:history="1">
+            <w:hyperlink r:id="rId498769037fe14261c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId547968e723bbca3c7" w:history="1">
+            <w:hyperlink r:id="rId746269037fe142690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYPHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91885769" name="name819068e723bbcab45" descr="2670.jpg"/>
+                  <wp:docPr id="91421910" name="name913969037fe1427b9" descr="2670.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2670.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId942168e723bbcab43" cstate="print"/>
+                          <a:blip r:embed="rId411769037fe1427b8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId131768e723bbcac51" w:history="1">
+            <w:hyperlink r:id="rId521769037fe1428d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -476,51 +476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is generally regarded that in North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Eastern United States with a distribution throughout the southern region, and in the north, westwards to North Dakota (ENSR International, 2005). The species is considered invasive in much of the north-east (New England region) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId704068e723bbcada5" w:history="1">
+      <w:hyperlink r:id="rId793069037fe1429e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -555,51 +555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established in Austria, Belgium, France, Germany, Hungary, the Netherlands, Spain and Switzerland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has not been recorded in the UK since 1969 (BSBI, 2012); efforts were made to confirm the absence in 2015. In Belgium, the species was first observed in 1993 (Bouxin &amp; Lambinon, 1996). The species appears to be established in several localities but does not seem to spread in an invasive way. Its current distribution is the Kempen region of Belgium (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId558368e723bbcae31" w:history="1">
+      <w:hyperlink r:id="rId947669037fe142a71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015). In France </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -656,90 +656,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands was in 1999 (van Valkenburg, 2011). In 2007, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was observed dominating a canal in Orvelte. In 2008, the plant was found in Loosdrecht and Maasbracht (an inland harbour). In 2010, it was recorded in Leeuwarden, again in urban canals. At present the species can be found throughout the south-east and central parts of the Netherlands (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId204468e723bbcaed6" w:history="1">
+      <w:hyperlink r:id="rId198969037fe142b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.verspreidingsatlas.nl/5500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80805925" name="name649768e723bbcbd12" descr="MYPHE_distribution_map.jpg"/>
+            <wp:docPr id="59094231" name="name680669037fe143bb8" descr="MYPHE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYPHE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId233268e723bbcbd10" cstate="print"/>
+                    <a:blip r:embed="rId684469037fe143bb6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2643,51 +2643,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in spring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drawdown (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484068e723bbcfa28" w:history="1">
+      <w:hyperlink r:id="rId286469037fe144a1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ecy.wa.gov/programs/ wq/plants/management/drawdown.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) can also be used to control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3610,90 +3610,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BSBI (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490868e723bbd0c1d" w:history="1">
+      <w:hyperlink r:id="rId100969037fe14503c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bsbi.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015) Invasive Species Compendium. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607968e723bbd0d75" w:history="1">
+      <w:hyperlink r:id="rId981569037fe14507b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3853,51 +3853,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Massachusetts.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for Myriophyllum heterophyllum. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359468e723bbd1018" w:history="1">
+      <w:hyperlink r:id="rId206969037fe1451df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4039,51 +4039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2011)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aquatic plant). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622368e723bbd1242" w:history="1">
+      <w:hyperlink r:id="rId984669037fe14530e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4883,51 +4883,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Newman J (2014) Rapid Risk Assessment of: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michx. Defra. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963268e723bbd1b36" w:history="1">
+      <w:hyperlink r:id="rId605269037fe1459fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nonnativespecies. org/downloadDocument.cfm?id=1211</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5283,51 +5283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nightmare combination. Robson Meeting February 2011. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469368e723bbd1e3a" w:history="1">
+      <w:hyperlink r:id="rId989869037fe145c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org/valkenburg.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5362,51 +5362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in trade: What’s in a name? Robson Meeting Proceedings 2005. Waterland Management Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235268e723bbd1ec1" w:history="1">
+      <w:hyperlink r:id="rId920069037fe145d0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435468e723bbd2150" w:history="1">
+      <w:hyperlink r:id="rId733169037fe145ee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 20-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451468e723bbd2265" w:history="1">
+      <w:hyperlink r:id="rId260469037fe145fac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12277</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5897,137 +5897,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84988048">
+  <w:abstractNum w:abstractNumId="20250962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39091417">
+    <w:lvl w:ilvl="0" w:tplc="92369840">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39091417" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92369840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84988047">
+  <w:abstractNum w:abstractNumId="20250961">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11023790">
+    <w:lvl w:ilvl="0" w:tplc="84377703">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6779,55 +6779,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84988047">
-    <w:abstractNumId w:val="84988047"/>
+  <w:num w:numId="20250961">
+    <w:abstractNumId w:val="20250961"/>
   </w:num>
-  <w:num w:numId="84988048">
-    <w:abstractNumId w:val="84988048"/>
+  <w:num w:numId="20250962">
+    <w:abstractNumId w:val="20250962"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18377,51 +18377,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306571700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775312364" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId234468e723bbca351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId547968e723bbca3c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId131768e723bbcac51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId704068e723bbcada5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId558368e723bbcae31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId204468e723bbcaed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId484068e723bbcfa28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId490868e723bbd0c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId607968e723bbd0d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId359468e723bbd1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId622368e723bbd1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId963268e723bbd1b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId469368e723bbd1e3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId235268e723bbd1ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId435468e723bbd2150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId451468e723bbd2265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId942168e723bbcab43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId942168e723bbcab43.jpg"/><Relationship Id="rId233268e723bbcbd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233268e723bbcbd10.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId558999679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId863350382" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId498769037fe14261c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId746269037fe142690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId521769037fe1428d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId793069037fe1429e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId947669037fe142a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId198969037fe142b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId286469037fe144a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId100969037fe14503c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId981569037fe14507b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId206969037fe1451df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId984669037fe14530e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId605269037fe1459fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId989869037fe145c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId920069037fe145d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId733169037fe145ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId260469037fe145fac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId411769037fe1427b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411769037fe1427b8.jpg"/><Relationship Id="rId684469037fe143bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684469037fe143bb6.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>