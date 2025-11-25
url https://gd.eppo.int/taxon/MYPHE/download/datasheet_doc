--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Saxifragales: Haloragaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broad-leaf water milfoil (US), variable water milfoil (US), variable-leaf water milfoil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498769037fe14261c" w:history="1">
+            <w:hyperlink r:id="rId444369254349c589e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId746269037fe142690" w:history="1">
+            <w:hyperlink r:id="rId341469254349c5909" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYPHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91421910" name="name913969037fe1427b9" descr="2670.jpg"/>
+                  <wp:docPr id="4976046" name="name570769254349c59ed" descr="2670.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2670.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId411769037fe1427b8" cstate="print"/>
+                          <a:blip r:embed="rId897069254349c59eb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId521769037fe1428d2" w:history="1">
+            <w:hyperlink r:id="rId630869254349c5b0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -476,51 +476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is generally regarded that in North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Eastern United States with a distribution throughout the southern region, and in the north, westwards to North Dakota (ENSR International, 2005). The species is considered invasive in much of the north-east (New England region) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId793069037fe1429e0" w:history="1">
+      <w:hyperlink r:id="rId316469254349c5c60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -555,51 +555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established in Austria, Belgium, France, Germany, Hungary, the Netherlands, Spain and Switzerland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has not been recorded in the UK since 1969 (BSBI, 2012); efforts were made to confirm the absence in 2015. In Belgium, the species was first observed in 1993 (Bouxin &amp; Lambinon, 1996). The species appears to be established in several localities but does not seem to spread in an invasive way. Its current distribution is the Kempen region of Belgium (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId947669037fe142a71" w:history="1">
+      <w:hyperlink r:id="rId925069254349c5ced" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015). In France </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -656,90 +656,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands was in 1999 (van Valkenburg, 2011). In 2007, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was observed dominating a canal in Orvelte. In 2008, the plant was found in Loosdrecht and Maasbracht (an inland harbour). In 2010, it was recorded in Leeuwarden, again in urban canals. At present the species can be found throughout the south-east and central parts of the Netherlands (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId198969037fe142b15" w:history="1">
+      <w:hyperlink r:id="rId771769254349c5d92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.verspreidingsatlas.nl/5500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59094231" name="name680669037fe143bb8" descr="MYPHE_distribution_map.jpg"/>
+            <wp:docPr id="54019512" name="name977869254349c6d2f" descr="MYPHE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYPHE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId684469037fe143bb6" cstate="print"/>
+                    <a:blip r:embed="rId679069254349c6d2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2643,51 +2643,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in spring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drawdown (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286469037fe144a1b" w:history="1">
+      <w:hyperlink r:id="rId182069254349c815b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ecy.wa.gov/programs/ wq/plants/management/drawdown.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) can also be used to control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3610,90 +3610,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BSBI (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100969037fe14503c" w:history="1">
+      <w:hyperlink r:id="rId157969254349c8a12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bsbi.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015) Invasive Species Compendium. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981569037fe14507b" w:history="1">
+      <w:hyperlink r:id="rId208669254349c8a57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3853,51 +3853,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Massachusetts.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for Myriophyllum heterophyllum. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206969037fe1451df" w:history="1">
+      <w:hyperlink r:id="rId389269254349c8ba7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4039,51 +4039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2011)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aquatic plant). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984669037fe14530e" w:history="1">
+      <w:hyperlink r:id="rId586169254349c8d6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4883,51 +4883,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Newman J (2014) Rapid Risk Assessment of: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michx. Defra. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId605269037fe1459fd" w:history="1">
+      <w:hyperlink r:id="rId498469254349c9413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nonnativespecies. org/downloadDocument.cfm?id=1211</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5283,51 +5283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nightmare combination. Robson Meeting February 2011. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989869037fe145c89" w:history="1">
+      <w:hyperlink r:id="rId695369254349c96da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org/valkenburg.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5362,51 +5362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in trade: What’s in a name? Robson Meeting Proceedings 2005. Waterland Management Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920069037fe145d0c" w:history="1">
+      <w:hyperlink r:id="rId806469254349c975d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733169037fe145ee5" w:history="1">
+      <w:hyperlink r:id="rId751669254349c9940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 20-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260469037fe145fac" w:history="1">
+      <w:hyperlink r:id="rId959269254349c9a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12277</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5897,137 +5897,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20250962">
+  <w:abstractNum w:abstractNumId="63537118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92369840">
+    <w:lvl w:ilvl="0" w:tplc="55686309">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92369840" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55686309" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20250961">
+  <w:abstractNum w:abstractNumId="63537117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84377703">
+    <w:lvl w:ilvl="0" w:tplc="55078379">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6779,55 +6779,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20250961">
-    <w:abstractNumId w:val="20250961"/>
+  <w:num w:numId="63537117">
+    <w:abstractNumId w:val="63537117"/>
   </w:num>
-  <w:num w:numId="20250962">
-    <w:abstractNumId w:val="20250962"/>
+  <w:num w:numId="63537118">
+    <w:abstractNumId w:val="63537118"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18377,51 +18377,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId558999679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId863350382" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId498769037fe14261c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId746269037fe142690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId521769037fe1428d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId793069037fe1429e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId947669037fe142a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId198969037fe142b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId286469037fe144a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId100969037fe14503c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId981569037fe14507b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId206969037fe1451df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId984669037fe14530e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId605269037fe1459fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId989869037fe145c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId920069037fe145d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId733169037fe145ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId260469037fe145fac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId411769037fe1427b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411769037fe1427b8.jpg"/><Relationship Id="rId684469037fe143bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684469037fe143bb6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442055161" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282347849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId444369254349c589e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId341469254349c5909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId630869254349c5b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId316469254349c5c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId925069254349c5ced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId771769254349c5d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId182069254349c815b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId157969254349c8a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId208669254349c8a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId389269254349c8ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId586169254349c8d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId498469254349c9413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId695369254349c96da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId806469254349c975d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId751669254349c9940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId959269254349c9a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId897069254349c59eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897069254349c59eb.jpg"/><Relationship Id="rId679069254349c6d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679069254349c6d2d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>