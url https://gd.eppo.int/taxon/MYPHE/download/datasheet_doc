--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Saxifragales: Haloragaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broad-leaf water milfoil (US), variable water milfoil (US), variable-leaf water milfoil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444369254349c589e" w:history="1">
+            <w:hyperlink r:id="rId1922694047921e93c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341469254349c5909" w:history="1">
+            <w:hyperlink r:id="rId8225694047921e9a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYPHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4976046" name="name570769254349c59ed" descr="2670.jpg"/>
+                  <wp:docPr id="75407039" name="name5933694047921ea78" descr="2670.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2670.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId897069254349c59eb" cstate="print"/>
+                          <a:blip r:embed="rId3824694047921ea77" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId630869254349c5b0c" w:history="1">
+            <w:hyperlink r:id="rId8649694047921ebb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -476,51 +476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is generally regarded that in North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Eastern United States with a distribution throughout the southern region, and in the north, westwards to North Dakota (ENSR International, 2005). The species is considered invasive in much of the north-east (New England region) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId316469254349c5c60" w:history="1">
+      <w:hyperlink r:id="rId2343694047921ecb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -555,51 +555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established in Austria, Belgium, France, Germany, Hungary, the Netherlands, Spain and Switzerland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has not been recorded in the UK since 1969 (BSBI, 2012); efforts were made to confirm the absence in 2015. In Belgium, the species was first observed in 1993 (Bouxin &amp; Lambinon, 1996). The species appears to be established in several localities but does not seem to spread in an invasive way. Its current distribution is the Kempen region of Belgium (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId925069254349c5ced" w:history="1">
+      <w:hyperlink r:id="rId4348694047921ed3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015). In France </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -656,90 +656,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands was in 1999 (van Valkenburg, 2011). In 2007, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was observed dominating a canal in Orvelte. In 2008, the plant was found in Loosdrecht and Maasbracht (an inland harbour). In 2010, it was recorded in Leeuwarden, again in urban canals. At present the species can be found throughout the south-east and central parts of the Netherlands (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId771769254349c5d92" w:history="1">
+      <w:hyperlink r:id="rId2562694047921eddd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.verspreidingsatlas.nl/5500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54019512" name="name977869254349c6d2f" descr="MYPHE_distribution_map.jpg"/>
+            <wp:docPr id="98058226" name="name4707694047921f9c0" descr="MYPHE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYPHE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId679069254349c6d2d" cstate="print"/>
+                    <a:blip r:embed="rId5694694047921f9bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2643,51 +2643,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in spring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drawdown (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182069254349c815b" w:history="1">
+      <w:hyperlink r:id="rId85316940479220808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ecy.wa.gov/programs/ wq/plants/management/drawdown.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) can also be used to control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3610,90 +3610,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BSBI (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157969254349c8a12" w:history="1">
+      <w:hyperlink r:id="rId33096940479220e1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bsbi.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015) Invasive Species Compendium. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208669254349c8a57" w:history="1">
+      <w:hyperlink r:id="rId92766940479220e5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3853,51 +3853,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Massachusetts.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for Myriophyllum heterophyllum. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389269254349c8ba7" w:history="1">
+      <w:hyperlink r:id="rId42586940479220fb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4039,51 +4039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2011)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aquatic plant). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586169254349c8d6f" w:history="1">
+      <w:hyperlink r:id="rId954769404792210e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4883,51 +4883,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Newman J (2014) Rapid Risk Assessment of: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michx. Defra. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498469254349c9413" w:history="1">
+      <w:hyperlink r:id="rId44736940479221781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nonnativespecies. org/downloadDocument.cfm?id=1211</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5283,51 +5283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nightmare combination. Robson Meeting February 2011. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695369254349c96da" w:history="1">
+      <w:hyperlink r:id="rId88686940479221a07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org/valkenburg.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5362,51 +5362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in trade: What’s in a name? Robson Meeting Proceedings 2005. Waterland Management Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806469254349c975d" w:history="1">
+      <w:hyperlink r:id="rId63846940479221a84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751669254349c9940" w:history="1">
+      <w:hyperlink r:id="rId98826940479221c69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 20-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959269254349c9a0b" w:history="1">
+      <w:hyperlink r:id="rId85596940479221d2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12277</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5897,137 +5897,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63537118">
+  <w:abstractNum w:abstractNumId="69640512">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55686309">
+    <w:lvl w:ilvl="0" w:tplc="70079447">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55686309" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70079447" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63537117">
+  <w:abstractNum w:abstractNumId="69640511">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55078379">
+    <w:lvl w:ilvl="0" w:tplc="26719259">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6779,55 +6779,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63537117">
-    <w:abstractNumId w:val="63537117"/>
+  <w:num w:numId="69640511">
+    <w:abstractNumId w:val="69640511"/>
   </w:num>
-  <w:num w:numId="63537118">
-    <w:abstractNumId w:val="63537118"/>
+  <w:num w:numId="69640512">
+    <w:abstractNumId w:val="69640512"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18377,51 +18377,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId442055161" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282347849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId444369254349c589e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId341469254349c5909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId630869254349c5b0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId316469254349c5c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId925069254349c5ced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId771769254349c5d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId182069254349c815b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId157969254349c8a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId208669254349c8a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId389269254349c8ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId586169254349c8d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId498469254349c9413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId695369254349c96da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId806469254349c975d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId751669254349c9940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId959269254349c9a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId897069254349c59eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897069254349c59eb.jpg"/><Relationship Id="rId679069254349c6d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId679069254349c6d2d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186220990" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId871049850" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1922694047921e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId8225694047921e9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId8649694047921ebb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId2343694047921ecb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId4348694047921ed3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId2562694047921eddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId85316940479220808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId33096940479220e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId92766940479220e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId42586940479220fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId954769404792210e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId44736940479221781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId88686940479221a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId63846940479221a84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId98826940479221c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85596940479221d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId3824694047921ea77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3824694047921ea77.jpg"/><Relationship Id="rId5694694047921f9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5694694047921f9bc.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>