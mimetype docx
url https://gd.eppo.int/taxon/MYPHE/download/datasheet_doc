--- v3 (2025-12-15)
+++ v4 (2026-01-06)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Saxifragales: Haloragaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broad-leaf water milfoil (US), variable water milfoil (US), variable-leaf water milfoil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1922694047921e93c" w:history="1">
+            <w:hyperlink r:id="rId2660695c7c7e092c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8225694047921e9a5" w:history="1">
+            <w:hyperlink r:id="rId8663695c7c7e0932b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYPHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75407039" name="name5933694047921ea78" descr="2670.jpg"/>
+                  <wp:docPr id="83355701" name="name5262695c7c7e09a35" descr="2670.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2670.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3824694047921ea77" cstate="print"/>
+                          <a:blip r:embed="rId2310695c7c7e09a33" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8649694047921ebb0" w:history="1">
+            <w:hyperlink r:id="rId5636695c7c7e09b80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -476,51 +476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is generally regarded that in North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Eastern United States with a distribution throughout the southern region, and in the north, westwards to North Dakota (ENSR International, 2005). The species is considered invasive in much of the north-east (New England region) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2343694047921ecb4" w:history="1">
+      <w:hyperlink r:id="rId9481695c7c7e09cc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -555,51 +555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established in Austria, Belgium, France, Germany, Hungary, the Netherlands, Spain and Switzerland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has not been recorded in the UK since 1969 (BSBI, 2012); efforts were made to confirm the absence in 2015. In Belgium, the species was first observed in 1993 (Bouxin &amp; Lambinon, 1996). The species appears to be established in several localities but does not seem to spread in an invasive way. Its current distribution is the Kempen region of Belgium (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4348694047921ed3a" w:history="1">
+      <w:hyperlink r:id="rId8117695c7c7e09d51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015). In France </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -656,90 +656,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands was in 1999 (van Valkenburg, 2011). In 2007, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was observed dominating a canal in Orvelte. In 2008, the plant was found in Loosdrecht and Maasbracht (an inland harbour). In 2010, it was recorded in Leeuwarden, again in urban canals. At present the species can be found throughout the south-east and central parts of the Netherlands (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2562694047921eddd" w:history="1">
+      <w:hyperlink r:id="rId4366695c7c7e09df5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.verspreidingsatlas.nl/5500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98058226" name="name4707694047921f9c0" descr="MYPHE_distribution_map.jpg"/>
+            <wp:docPr id="55748656" name="name2110695c7c7e0a9c6" descr="MYPHE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYPHE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5694694047921f9bc" cstate="print"/>
+                    <a:blip r:embed="rId8889695c7c7e0a9c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2643,51 +2643,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in spring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drawdown (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85316940479220808" w:history="1">
+      <w:hyperlink r:id="rId4095695c7c7e0b821" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ecy.wa.gov/programs/ wq/plants/management/drawdown.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) can also be used to control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3610,90 +3610,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BSBI (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33096940479220e1b" w:history="1">
+      <w:hyperlink r:id="rId4270695c7c7e0be4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bsbi.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015) Invasive Species Compendium. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92766940479220e5b" w:history="1">
+      <w:hyperlink r:id="rId9372695c7c7e0be8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3853,51 +3853,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Massachusetts.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for Myriophyllum heterophyllum. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42586940479220fb7" w:history="1">
+      <w:hyperlink r:id="rId1965695c7c7e0bfd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4039,51 +4039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2011)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aquatic plant). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954769404792210e7" w:history="1">
+      <w:hyperlink r:id="rId8331695c7c7e0c109" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4883,51 +4883,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Newman J (2014) Rapid Risk Assessment of: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michx. Defra. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44736940479221781" w:history="1">
+      <w:hyperlink r:id="rId9079695c7c7e0c649" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nonnativespecies. org/downloadDocument.cfm?id=1211</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5283,51 +5283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nightmare combination. Robson Meeting February 2011. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88686940479221a07" w:history="1">
+      <w:hyperlink r:id="rId4368695c7c7e0c8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org/valkenburg.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5362,51 +5362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in trade: What’s in a name? Robson Meeting Proceedings 2005. Waterland Management Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63846940479221a84" w:history="1">
+      <w:hyperlink r:id="rId8388695c7c7e0c945" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5624,73 +5624,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98826940479221c69" w:history="1">
+      <w:hyperlink r:id="rId4776695c7c7e0cb4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 20-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85596940479221d2e" w:history="1">
+      <w:hyperlink r:id="rId1782695c7c7e0cc8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12277</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5897,137 +5897,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69640512">
+  <w:abstractNum w:abstractNumId="36252569">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70079447">
+    <w:lvl w:ilvl="0" w:tplc="82143272">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70079447" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82143272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69640511">
+  <w:abstractNum w:abstractNumId="36252568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26719259">
+    <w:lvl w:ilvl="0" w:tplc="55025402">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6779,55 +6779,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69640511">
-    <w:abstractNumId w:val="69640511"/>
+  <w:num w:numId="36252568">
+    <w:abstractNumId w:val="36252568"/>
   </w:num>
-  <w:num w:numId="69640512">
-    <w:abstractNumId w:val="69640512"/>
+  <w:num w:numId="36252569">
+    <w:abstractNumId w:val="36252569"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18377,51 +18377,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186220990" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId871049850" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1922694047921e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId8225694047921e9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId8649694047921ebb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId2343694047921ecb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId4348694047921ed3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId2562694047921eddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId85316940479220808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId33096940479220e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId92766940479220e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId42586940479220fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId954769404792210e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId44736940479221781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId88686940479221a07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId63846940479221a84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId98826940479221c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85596940479221d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId3824694047921ea77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3824694047921ea77.jpg"/><Relationship Id="rId5694694047921f9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5694694047921f9bc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311285634" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId255954023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2660695c7c7e092c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId8663695c7c7e0932b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId5636695c7c7e09b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId9481695c7c7e09cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId8117695c7c7e09d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId4366695c7c7e09df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId4095695c7c7e0b821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId4270695c7c7e0be4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId9372695c7c7e0be8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId1965695c7c7e0bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId8331695c7c7e0c109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId9079695c7c7e0c649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId4368695c7c7e0c8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId8388695c7c7e0c945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId4776695c7c7e0cb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1782695c7c7e0cc8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId2310695c7c7e09a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2310695c7c7e09a33.jpg"/><Relationship Id="rId8889695c7c7e0a9c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8889695c7c7e0a9c3.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>