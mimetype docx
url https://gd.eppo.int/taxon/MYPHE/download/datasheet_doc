--- v4 (2026-01-06)
+++ v5 (2026-02-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Saxifragales: Haloragaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broad-leaf water milfoil (US), variable water milfoil (US), variable-leaf water milfoil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2660695c7c7e092c2" w:history="1">
+            <w:hyperlink r:id="rId6043699306a702ad5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8663695c7c7e0932b" w:history="1">
+            <w:hyperlink r:id="rId6283699306a702b3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYPHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83355701" name="name5262695c7c7e09a35" descr="2670.jpg"/>
+                  <wp:docPr id="59286226" name="name2693699306a702bff" descr="2670.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2670.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2310695c7c7e09a33" cstate="print"/>
+                          <a:blip r:embed="rId6002699306a702bfe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5636695c7c7e09b80" w:history="1">
+            <w:hyperlink r:id="rId9266699306a702d1c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -476,51 +476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is generally regarded that in North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Eastern United States with a distribution throughout the southern region, and in the north, westwards to North Dakota (ENSR International, 2005). The species is considered invasive in much of the north-east (New England region) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9481695c7c7e09cc9" w:history="1">
+      <w:hyperlink r:id="rId7615699306a702e21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -555,51 +555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established in Austria, Belgium, France, Germany, Hungary, the Netherlands, Spain and Switzerland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has not been recorded in the UK since 1969 (BSBI, 2012); efforts were made to confirm the absence in 2015. In Belgium, the species was first observed in 1993 (Bouxin &amp; Lambinon, 1996). The species appears to be established in several localities but does not seem to spread in an invasive way. Its current distribution is the Kempen region of Belgium (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8117695c7c7e09d51" w:history="1">
+      <w:hyperlink r:id="rId9983699306a702ec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015). In France </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -656,90 +656,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands was in 1999 (van Valkenburg, 2011). In 2007, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was observed dominating a canal in Orvelte. In 2008, the plant was found in Loosdrecht and Maasbracht (an inland harbour). In 2010, it was recorded in Leeuwarden, again in urban canals. At present the species can be found throughout the south-east and central parts of the Netherlands (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4366695c7c7e09df5" w:history="1">
+      <w:hyperlink r:id="rId2710699306a702f67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.verspreidingsatlas.nl/5500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55748656" name="name2110695c7c7e0a9c6" descr="MYPHE_distribution_map.jpg"/>
+            <wp:docPr id="17229023" name="name3765699306a703ee1" descr="MYPHE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYPHE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8889695c7c7e0a9c3" cstate="print"/>
+                    <a:blip r:embed="rId2805699306a703edc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2643,51 +2643,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in spring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drawdown (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4095695c7c7e0b821" w:history="1">
+      <w:hyperlink r:id="rId1294699306a704d5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ecy.wa.gov/programs/ wq/plants/management/drawdown.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) can also be used to control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3610,90 +3610,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BSBI (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4270695c7c7e0be4b" w:history="1">
+      <w:hyperlink r:id="rId3315699306a70538f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bsbi.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015) Invasive Species Compendium. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9372695c7c7e0be8b" w:history="1">
+      <w:hyperlink r:id="rId6367699306a7053ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3853,51 +3853,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Massachusetts.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for Myriophyllum heterophyllum. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1965695c7c7e0bfd1" w:history="1">
+      <w:hyperlink r:id="rId6533699306a705521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4039,51 +4039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2011)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aquatic plant). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8331695c7c7e0c109" w:history="1">
+      <w:hyperlink r:id="rId3117699306a705661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4883,51 +4883,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Newman J (2014) Rapid Risk Assessment of: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michx. Defra. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9079695c7c7e0c649" w:history="1">
+      <w:hyperlink r:id="rId8557699306a705b93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nonnativespecies. org/downloadDocument.cfm?id=1211</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5283,51 +5283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nightmare combination. Robson Meeting February 2011. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4368695c7c7e0c8c2" w:history="1">
+      <w:hyperlink r:id="rId4872699306a705e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org/valkenburg.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5362,51 +5362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in trade: What’s in a name? Robson Meeting Proceedings 2005. Waterland Management Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8388695c7c7e0c945" w:history="1">
+      <w:hyperlink r:id="rId7792699306a705e98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4776695c7c7e0cb4b" w:history="1">
+      <w:hyperlink r:id="rId1949699306a706089" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 20-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1782695c7c7e0cc8a" w:history="1">
+      <w:hyperlink r:id="rId6561699306a70614d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12277</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5897,137 +5897,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36252569">
+  <w:abstractNum w:abstractNumId="63536625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82143272">
+    <w:lvl w:ilvl="0" w:tplc="58789353">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82143272" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58789353" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36252568">
+  <w:abstractNum w:abstractNumId="63536624">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55025402">
+    <w:lvl w:ilvl="0" w:tplc="20820113">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6779,55 +6779,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36252568">
-    <w:abstractNumId w:val="36252568"/>
+  <w:num w:numId="63536624">
+    <w:abstractNumId w:val="63536624"/>
   </w:num>
-  <w:num w:numId="36252569">
-    <w:abstractNumId w:val="36252569"/>
+  <w:num w:numId="63536625">
+    <w:abstractNumId w:val="63536625"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18377,51 +18377,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311285634" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId255954023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2660695c7c7e092c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId8663695c7c7e0932b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId5636695c7c7e09b80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId9481695c7c7e09cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId8117695c7c7e09d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId4366695c7c7e09df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId4095695c7c7e0b821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId4270695c7c7e0be4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId9372695c7c7e0be8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId1965695c7c7e0bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId8331695c7c7e0c109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId9079695c7c7e0c649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId4368695c7c7e0c8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId8388695c7c7e0c945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId4776695c7c7e0cb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1782695c7c7e0cc8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId2310695c7c7e09a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2310695c7c7e09a33.jpg"/><Relationship Id="rId8889695c7c7e0a9c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8889695c7c7e0a9c3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994075251" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId545499238" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6043699306a702ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId6283699306a702b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId9266699306a702d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId7615699306a702e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId9983699306a702ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId2710699306a702f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId1294699306a704d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId3315699306a70538f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId6367699306a7053ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6533699306a705521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3117699306a705661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId8557699306a705b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId4872699306a705e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId7792699306a705e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId1949699306a706089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6561699306a70614d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId6002699306a702bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6002699306a702bfe.jpg"/><Relationship Id="rId2805699306a703edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2805699306a703edc.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>