--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Saxifragales: Haloragaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> broad-leaf water milfoil (US), variable water milfoil (US), variable-leaf water milfoil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6043699306a702ad5" w:history="1">
+            <w:hyperlink r:id="rId276969af0d2c77dba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6283699306a702b3f" w:history="1">
+            <w:hyperlink r:id="rId900369af0d2c77e63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYPHE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59286226" name="name2693699306a702bff" descr="2670.jpg"/>
+                  <wp:docPr id="43507783" name="name774369af0d2c783bf" descr="2670.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2670.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6002699306a702bfe" cstate="print"/>
+                          <a:blip r:embed="rId276669af0d2c783bd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9266699306a702d1c" w:history="1">
+            <w:hyperlink r:id="rId894269af0d2c784e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -476,51 +476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is generally regarded that in North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to the Eastern United States with a distribution throughout the southern region, and in the north, westwards to North Dakota (ENSR International, 2005). The species is considered invasive in much of the north-east (New England region) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7615699306a702e21" w:history="1">
+      <w:hyperlink r:id="rId508969af0d2c78621" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasive.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -555,51 +555,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is established in Austria, Belgium, France, Germany, Hungary, the Netherlands, Spain and Switzerland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has not been recorded in the UK since 1969 (BSBI, 2012); efforts were made to confirm the absence in 2015. In Belgium, the species was first observed in 1993 (Bouxin &amp; Lambinon, 1996). The species appears to be established in several localities but does not seem to spread in an invasive way. Its current distribution is the Kempen region of Belgium (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9983699306a702ec2" w:history="1">
+      <w:hyperlink r:id="rId716269af0d2c786aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ias.biodiversity.be/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2015). In France </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -656,90 +656,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Netherlands was in 1999 (van Valkenburg, 2011). In 2007, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was observed dominating a canal in Orvelte. In 2008, the plant was found in Loosdrecht and Maasbracht (an inland harbour). In 2010, it was recorded in Leeuwarden, again in urban canals. At present the species can be found throughout the south-east and central parts of the Netherlands (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2710699306a702f67" w:history="1">
+      <w:hyperlink r:id="rId477569af0d2c7874e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.verspreidingsatlas.nl/5500</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17229023" name="name3765699306a703ee1" descr="MYPHE_distribution_map.jpg"/>
+            <wp:docPr id="98503774" name="name186969af0d2c791bc" descr="MYPHE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYPHE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2805699306a703edc" cstate="print"/>
+                    <a:blip r:embed="rId968169af0d2c791b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2643,51 +2643,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in spring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Drawdown (see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1294699306a704d5b" w:history="1">
+      <w:hyperlink r:id="rId175169af0d2c7a49a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ecy.wa.gov/programs/ wq/plants/management/drawdown.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) can also be used to control </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3610,90 +3610,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BSBI (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3315699306a70538f" w:history="1">
+      <w:hyperlink r:id="rId230469af0d2c7abb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bsbi.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015) Invasive Species Compendium. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6367699306a7053ce" w:history="1">
+      <w:hyperlink r:id="rId740569af0d2c7abf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3853,51 +3853,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) in Massachusetts.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2015) Pest risk analysis for Myriophyllum heterophyllum. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6533699306a705521" w:history="1">
+      <w:hyperlink r:id="rId973569af0d2c7ad39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4039,51 +4039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2011)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aquatic plant). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3117699306a705661" w:history="1">
+      <w:hyperlink r:id="rId832669af0d2c7ae63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4883,51 +4883,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Newman J (2014) Rapid Risk Assessment of: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michx. Defra. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8557699306a705b93" w:history="1">
+      <w:hyperlink r:id="rId806969af0d2c7b518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.nonnativespecies. org/downloadDocument.cfm?id=1211</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5283,51 +5283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nightmare combination. Robson Meeting February 2011. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4872699306a705e1c" w:history="1">
+      <w:hyperlink r:id="rId697169af0d2c7bb4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org/valkenburg.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 march 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5362,51 +5362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in trade: What’s in a name? Robson Meeting Proceedings 2005. Waterland Management Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7792699306a705e98" w:history="1">
+      <w:hyperlink r:id="rId171069af0d2c7bc25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.robsonmeeting.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5646,51 +5646,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Myriophyllum heterophyllum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1949699306a706089" w:history="1">
+      <w:hyperlink r:id="rId224969af0d2c7bfa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5766,51 +5766,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 20-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6561699306a70614d" w:history="1">
+      <w:hyperlink r:id="rId781069af0d2c7c12f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12277</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5897,137 +5897,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63536625">
+  <w:abstractNum w:abstractNumId="22277370">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58789353">
+    <w:lvl w:ilvl="0" w:tplc="54454273">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58789353" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54454273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63536624">
+  <w:abstractNum w:abstractNumId="22277369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20820113">
+    <w:lvl w:ilvl="0" w:tplc="70466141">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6779,55 +6779,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63536624">
-    <w:abstractNumId w:val="63536624"/>
+  <w:num w:numId="22277369">
+    <w:abstractNumId w:val="22277369"/>
   </w:num>
-  <w:num w:numId="63536625">
-    <w:abstractNumId w:val="63536625"/>
+  <w:num w:numId="22277370">
+    <w:abstractNumId w:val="22277370"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18377,51 +18377,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId994075251" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId545499238" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6043699306a702ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId6283699306a702b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId9266699306a702d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId7615699306a702e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId9983699306a702ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId2710699306a702f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId1294699306a704d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId3315699306a70538f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId6367699306a7053ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6533699306a705521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId3117699306a705661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId8557699306a705b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId4872699306a705e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId7792699306a705e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId1949699306a706089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6561699306a70614d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId6002699306a702bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6002699306a702bfe.jpg"/><Relationship Id="rId2805699306a703edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2805699306a703edc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId731112631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId246448265" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId276969af0d2c77dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/" TargetMode="External"/><Relationship Id="rId900369af0d2c77e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/categorization" TargetMode="External"/><Relationship Id="rId894269af0d2c784e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYPHE/photos" TargetMode="External"/><Relationship Id="rId508969af0d2c78621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasive.org/" TargetMode="External"/><Relationship Id="rId716269af0d2c786aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ias.biodiversity.be/" TargetMode="External"/><Relationship Id="rId477569af0d2c7874e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.verspreidingsatlas.nl/5500" TargetMode="External"/><Relationship Id="rId175169af0d2c7a49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ecy.wa.gov/programs/%20wq/plants/management/drawdown.html" TargetMode="External"/><Relationship Id="rId230469af0d2c7abb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bsbi.org.uk" TargetMode="External"/><Relationship Id="rId740569af0d2c7abf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId973569af0d2c7ad39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId832669af0d2c7ae63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.issg.org/database/species/ecology.asp?si=1700&amp;fr=1&amp;sts=&amp;lang=SC" TargetMode="External"/><Relationship Id="rId806969af0d2c7b518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nonnativespecies.%20org/downloadDocument.cfm?id=1211" TargetMode="External"/><Relationship Id="rId697169af0d2c7bb4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org/valkenburg.pdf" TargetMode="External"/><Relationship Id="rId171069af0d2c7bc25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.robsonmeeting.org" TargetMode="External"/><Relationship Id="rId224969af0d2c7bfa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId781069af0d2c7c12f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12277" TargetMode="External"/><Relationship Id="rId276669af0d2c783bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId276669af0d2c783bd.jpg"/><Relationship Id="rId968169af0d2c791b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId968169af0d2c791b8.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>