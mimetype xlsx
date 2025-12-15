--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -42,51 +42,51 @@
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Known vector</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Dzido JL, Sánchez R, Dollet M, Julia JF, Narvaez M, Fabre S, Oropeza C (2020) Haplaxius crudus (Hemiptera: Cixiidae) transmits the lethal yellowing phytoplasmas, 16SrIV, to Pritchardia pacifica Seem. &amp; H. Wendl (Arecaceae) in Yucatan, Mexico. Neotropical Entomology 49, 795-805.
 * Mou DF, Di Lella B, Halbert SE, Bextine B, Helmick EE, Bahder BW (2022) Acquisition and transmission of the lethal bronzing phytoplasma by Haplaxius crudus using infected palm spear leaves and artificial feeding media. Phytopathology 112(10), 2052-2061.</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Howard FW, Norris R, Thomas D (1983) Evidence of transmission of palm lethal yellowing agent by a planthopper, Myndus crudus (Homoptera, Cixiidae). Tropical Agriculture 60, 168–171.</t>
   </si>
   <si>
     <t>PHYP56</t>
   </si>
   <si>
     <t>Palm lethal yellowing type syndromes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>