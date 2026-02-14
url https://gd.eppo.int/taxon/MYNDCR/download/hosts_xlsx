--- v0 (2025-10-09)
+++ v1 (2026-02-14)
@@ -87,473 +87,473 @@
 ------- Nymph host.</t>
   </si>
   <si>
     <t>AGBEN</t>
   </si>
   <si>
     <t>Arenga engleri</t>
   </si>
   <si>
     <t>AXOCO</t>
   </si>
   <si>
     <t>Axonopus compressus</t>
   </si>
   <si>
     <t>* Eden‐Green SJ (1978) Rearing and transmission techniques for Haplaxius sp.(Horn: Cixiidae), a suspected vector of lethal yellowing disease of coconuts. Annals of Applied Biology 89(2), 173-176.
 ------ Nymph host.</t>
   </si>
   <si>
     <t>BASFL</t>
   </si>
   <si>
     <t>Borassus flabellifer</t>
   </si>
   <si>
+    <t>CAWMI</t>
+  </si>
+  <si>
+    <t>Caryota mitis</t>
+  </si>
+  <si>
+    <t>PESCI</t>
+  </si>
+  <si>
+    <t>Cenchrus ciliaris</t>
+  </si>
+  <si>
+    <t>* Howard FW (1990) Evaluation of grasses for cultural control of Myndus crudus, a vector of lethal yellowing of palms. Entomologia Experimentalis et Applicata 56(2), 131-137.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>CCHEC</t>
+  </si>
+  <si>
+    <t>Cenchrus echinatus</t>
+  </si>
+  <si>
+    <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>PESPU</t>
+  </si>
+  <si>
+    <t>Cenchrus purpureus</t>
+  </si>
+  <si>
+    <t>* Howard FW (1989) Evaluation of six species of grasses as breeding hosts of Myndus crudus, a vector of lethal yellowing of palms. Proceedings of the 25th Annual Meeting of the Caribbean Food Crops Society vol. XXV, 433-438.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>CHRBA</t>
+  </si>
+  <si>
+    <t>Chloris barbata</t>
+  </si>
+  <si>
+    <t>CHRGA</t>
+  </si>
+  <si>
+    <t>Chloris gayana</t>
+  </si>
+  <si>
+    <t>CWCLU</t>
+  </si>
+  <si>
+    <t>Chrysalidocarpus lutescens</t>
+  </si>
+  <si>
+    <t>CCXMI</t>
+  </si>
+  <si>
+    <t>Coccothrinax miraguama</t>
+  </si>
+  <si>
+    <t>CCNNU</t>
+  </si>
+  <si>
+    <t>Cocos nucifera</t>
+  </si>
+  <si>
+    <t>* Van Duzee EP (1907) Notes on Jamaican Hemiptera: A report on a collection of Hemiptera made on the Island of Jamaica in the spring of 1906. Bulletin of the Buffalo Society of Natural Sciences. Buffalo, N.Y, 8(5), 3-79.
+------- Adult host.</t>
+  </si>
+  <si>
+    <t>CPYUT</t>
+  </si>
+  <si>
+    <t>Corypha utan</t>
+  </si>
+  <si>
+    <t>CYNDA</t>
+  </si>
+  <si>
+    <t>Cynodon dactylon</t>
+  </si>
+  <si>
+    <t>CYNNL</t>
+  </si>
+  <si>
+    <t>Cynodon nlemfuensis</t>
+  </si>
+  <si>
+    <t>CYNPL</t>
+  </si>
+  <si>
+    <t>Cynodon plectostachyus</t>
+  </si>
+  <si>
+    <t>* Villanueva-Barradas J, Cano MF (1993) Descripción biológica y métodos de captura de Myndus crudus Van Duzze; Homoptera: Cixiidae. In: Amarillamiento Letal del Cocotero, Manuel Fco. Cano A.(Ed). Memoria. Centro de capacitación Laguna del Pino Barberenea, Santa Rosa, Guatemala. OIRSA s.p.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>CYPES</t>
+  </si>
+  <si>
+    <t>Cyperus esculentus</t>
+  </si>
+  <si>
+    <t>CYPRO</t>
+  </si>
+  <si>
+    <t>Cyperus rotundus</t>
+  </si>
+  <si>
+    <t>DYTAL</t>
+  </si>
+  <si>
+    <t>Dictyosperma album</t>
+  </si>
+  <si>
+    <t>DIGSC</t>
+  </si>
+  <si>
+    <t>Digitaria abyssinica</t>
+  </si>
+  <si>
+    <t>* Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History 52(5-6), .255-268.
+-------- Nymph host.</t>
+  </si>
+  <si>
+    <t>DIGER</t>
+  </si>
+  <si>
+    <t>Digitaria eriantha</t>
+  </si>
+  <si>
+    <t>DIGPE</t>
+  </si>
+  <si>
+    <t>Digitaria eriantha subsp. pentzii</t>
+  </si>
+  <si>
+    <t>DISSP</t>
+  </si>
+  <si>
+    <t>Distichlis spicata</t>
+  </si>
+  <si>
+    <t>* Piña Quijano PE (1993) Estudio poblacional de Myndus crudus van Duzee (homoptera: Cixiidae) vector del amarillamiento letal del cocotero en el estado de Yucatán. Tesis de Licenciatura. Universidad Autonoma de Yucatan (UADY), Mérida, Yucatan, Mexico, 76 pp,
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>ECHCO</t>
+  </si>
+  <si>
+    <t>Echinochloa colonum</t>
+  </si>
+  <si>
+    <t>EAIGU</t>
+  </si>
+  <si>
+    <t>Elaeis guineensis</t>
+  </si>
+  <si>
+    <t>* Mena E, Martínez G (1977) Identificación del insecto vector de la Marchitez sorpresiva de la palma africana Elaeis guineensis Jacq. Fitopatología Colombiana 6(1), 1-14.
+-------- Adult host.</t>
+  </si>
+  <si>
+    <t>ERACU</t>
+  </si>
+  <si>
+    <t>Eragrostis curvula</t>
+  </si>
+  <si>
+    <t>* Wilson SW, Wheeler AG (2010) Planthopper (Hemiptera: Fulgoroidea) diversity of weeping lovegrass (Eragrostis curvula), an introduced host of little-known, rarely collected native species. Entomologica Americana 116(3), 98-106.
+------ Nymph host.</t>
+  </si>
+  <si>
+    <t>ERLOP</t>
+  </si>
+  <si>
+    <t>Eremochloa ophiuroides</t>
+  </si>
+  <si>
+    <t>ESTPE</t>
+  </si>
+  <si>
+    <t>Eustachys petraea</t>
+  </si>
+  <si>
+    <t>* Carrillo Ramírez H, Razo JP (1990) Situación actual del amarillamiento letal en el sureste de México. La problemática del amarillamiento letal del cocotero en México. Centro de Investigación Científica de Yucatán, AC, Mérida, México, pp.69-93.
+------- Nymph host.
+* Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History. 52(5-6), 255-268.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>FIMCY</t>
+  </si>
+  <si>
+    <t>Fimbristylis cymosa</t>
+  </si>
+  <si>
+    <t>* Howard FW (2001) Sap-feeders on palms. Insects on palms, pp.109-232.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>HEMAL</t>
+  </si>
+  <si>
+    <t>Hemarthria altissima</t>
+  </si>
+  <si>
+    <t>HFBVE</t>
+  </si>
+  <si>
+    <t>Hyophorbe verschaffeltii</t>
+  </si>
+  <si>
+    <t>HYRRU</t>
+  </si>
+  <si>
+    <t>Hyparrhenia rufa</t>
+  </si>
+  <si>
+    <t>LEFFI</t>
+  </si>
+  <si>
+    <t>Leptochloa mucronata</t>
+  </si>
+  <si>
+    <t>LIVCH</t>
+  </si>
+  <si>
+    <t>Livistona chinensis</t>
+  </si>
+  <si>
+    <t>PANMA</t>
+  </si>
+  <si>
+    <t>Megathyrsus maximus</t>
+  </si>
+  <si>
+    <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
+------- Nymph host.
+* Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History. 52(5-6), 255-268.
+------- Nymph host, as Panicum maximum.</t>
+  </si>
+  <si>
+    <t>PANBA</t>
+  </si>
+  <si>
+    <t>Panicum bartowense</t>
+  </si>
+  <si>
+    <t>PANLX</t>
+  </si>
+  <si>
+    <t>Panicum laxum</t>
+  </si>
+  <si>
+    <t>PASCO</t>
+  </si>
+  <si>
+    <t>Paspalum conjugatum</t>
+  </si>
+  <si>
+    <t>PASNO</t>
+  </si>
+  <si>
+    <t>Paspalum notatum</t>
+  </si>
+  <si>
+    <t>PASPA</t>
+  </si>
+  <si>
+    <t>Paspalum paniculatum</t>
+  </si>
+  <si>
+    <t>PASVI</t>
+  </si>
+  <si>
+    <t>Paspalum virgatum</t>
+  </si>
+  <si>
+    <t>* Arango M, Beltrán JA, Martínez G, Rairán N (2011) Reconocimiento y manejo de la Marchitez letal (ML) en palma de aceite. Tecnologías para la agroindustria de la palma de aceite guía de facilitadores, manejo de cultivo. Bogotá, Colombia, 85 pp.
+------- Nymph host.</t>
+  </si>
+  <si>
+    <t>PHXCA</t>
+  </si>
+  <si>
+    <t>Phoenix canariensis</t>
+  </si>
+  <si>
+    <t>PHXDA</t>
+  </si>
+  <si>
+    <t>Phoenix dactylifera</t>
+  </si>
+  <si>
+    <t>PHXRE</t>
+  </si>
+  <si>
+    <t>Phoenix reclinata</t>
+  </si>
+  <si>
+    <t>PHXRO</t>
+  </si>
+  <si>
+    <t>Phoenix roebelenii</t>
+  </si>
+  <si>
+    <t>PHXSY</t>
+  </si>
+  <si>
+    <t>Phoenix sylvestris</t>
+  </si>
+  <si>
+    <t>* BW Bahder, unpublished data.
+------- Adult host.</t>
+  </si>
+  <si>
+    <t>PWDPA</t>
+  </si>
+  <si>
+    <t>Pritchardia pacifica</t>
+  </si>
+  <si>
+    <t>* Dzido JL, Sánchez R, Dollet M, Julia JF, Narvaez M, Fabre S, Oropeza C (2021) Haplaxius crudus (Hemiptera: Cixiidae) transmits the lethal yellowing phytoplasmas, 16SrIV, to Pritchardia pacifica Seem. &amp; H. Wendl (Arecaceae) in Yucatan, Mexico. Neotropical Entomology 49(6), 795-805.
+* Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
+--------- Adult host.</t>
+  </si>
+  <si>
+    <t>PWDTH</t>
+  </si>
+  <si>
+    <t>Pritchardia thurstonii</t>
+  </si>
+  <si>
+    <t>PPMEL</t>
+  </si>
+  <si>
+    <t>Ptychosperma elegans</t>
+  </si>
+  <si>
+    <t>ROYRE</t>
+  </si>
+  <si>
+    <t>Roystonea regia</t>
+  </si>
+  <si>
+    <t>SABPA</t>
+  </si>
+  <si>
+    <t>Sabal palmetto</t>
+  </si>
+  <si>
+    <t>SACOF</t>
+  </si>
+  <si>
+    <t>Saccharum officinarum</t>
+  </si>
+  <si>
+    <t>SKILI</t>
+  </si>
+  <si>
+    <t>Satakentia liukiuensis</t>
+  </si>
+  <si>
+    <t>SERRE</t>
+  </si>
+  <si>
+    <t>Serenoa repens</t>
+  </si>
+  <si>
+    <t>PESPO</t>
+  </si>
+  <si>
+    <t>Setaria parviflora</t>
+  </si>
+  <si>
+    <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
+------- Nymph host</t>
+  </si>
+  <si>
+    <t>STPSE</t>
+  </si>
+  <si>
+    <t>Stenotaphrum secundatum</t>
+  </si>
+  <si>
+    <t>AQSRO</t>
+  </si>
+  <si>
+    <t>Syagrus romanzoffiana</t>
+  </si>
+  <si>
+    <t>SYASC</t>
+  </si>
+  <si>
+    <t>Syagrus schizophylla</t>
+  </si>
+  <si>
+    <t>TRRFO</t>
+  </si>
+  <si>
+    <t>Trachycarpus fortunei</t>
+  </si>
+  <si>
+    <t>BRABR</t>
+  </si>
+  <si>
+    <t>Urochloa brizantha</t>
+  </si>
+  <si>
     <t>BRAHU</t>
   </si>
   <si>
-    <t>Brachiaria humidicola</t>
+    <t>Urochloa dictyoneura</t>
   </si>
   <si>
     <t xml:space="preserve">* Howard FW (1990) Evaluation of Brachiaria and St. Augustine grasses as breeding hosts of Myndus crudus Van Duzee (Homoptera: Cixiidae), a vector of the lethal yellowing disease of palms. Beiträge zur Tropischen Landwirtschaft und Veterinärmedizin 28(4), 425-430.
 ------- Nymph host.
 * Howard FW (1990) Evaluation of grasses for cultural control of Myndus crudus, a vector of lethal yellowing of palms. Entomologia Experimentalis et Applicata 56(2), 131-137.
 ------- Nymph host.
 * Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History. 52(5-6), 255-268.
 ------- Nymph host, </t>
-  </si>
-[...13 lines deleted...]
-    <t>* Howard FW (1990) Evaluation of grasses for cultural control of Myndus crudus, a vector of lethal yellowing of palms. Entomologia Experimentalis et Applicata 56(2), 131-137.
-------- Nymph host.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
-------- Nymph host.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Howard FW (1989) Evaluation of six species of grasses as breeding hosts of Myndus crudus, a vector of lethal yellowing of palms. Proceedings of the 25th Annual Meeting of the Caribbean Food Crops Society vol. XXV, 433-438.
-------- Nymph host.</t>
-  </si>
-[...31 lines deleted...]
-    <t>* Van Duzee EP (1907) Notes on Jamaican Hemiptera: A report on a collection of Hemiptera made on the Island of Jamaica in the spring of 1906. Bulletin of the Buffalo Society of Natural Sciences. Buffalo, N.Y, 8(5), 3-79.
-------- Adult host.</t>
-  </si>
-[...25 lines deleted...]
-    <t>* Villanueva-Barradas J, Cano MF (1993) Descripción biológica y métodos de captura de Myndus crudus Van Duzze; Homoptera: Cixiidae. In: Amarillamiento Letal del Cocotero, Manuel Fco. Cano A.(Ed). Memoria. Centro de capacitación Laguna del Pino Barberenea, Santa Rosa, Guatemala. OIRSA s.p.
-------- Nymph host.</t>
-  </si>
-[...25 lines deleted...]
-    <t>* Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History 52(5-6), .255-268.
--------- Nymph host.</t>
-  </si>
-[...19 lines deleted...]
-    <t>* Piña Quijano PE (1993) Estudio poblacional de Myndus crudus van Duzee (homoptera: Cixiidae) vector del amarillamiento letal del cocotero en el estado de Yucatán. Tesis de Licenciatura. Universidad Autonoma de Yucatan (UADY), Mérida, Yucatan, Mexico, 76 pp,
-------- Nymph host.</t>
-  </si>
-[...13 lines deleted...]
-    <t>* Mena E, Martínez G (1977) Identificación del insecto vector de la Marchitez sorpresiva de la palma africana Elaeis guineensis Jacq. Fitopatología Colombiana 6(1), 1-14.
--------- Adult host.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Wilson SW, Wheeler AG (2010) Planthopper (Hemiptera: Fulgoroidea) diversity of weeping lovegrass (Eragrostis curvula), an introduced host of little-known, rarely collected native species. Entomologica Americana 116(3), 98-106.
------- Nymph host.</t>
-  </si>
-[...13 lines deleted...]
-    <t>* Carrillo Ramírez H, Razo JP (1990) Situación actual del amarillamiento letal en el sureste de México. La problemática del amarillamiento letal del cocotero en México. Centro de Investigación Científica de Yucatán, AC, Mérida, México, pp.69-93.
-------- Nymph host.
-* Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History. 52(5-6), 255-268.
-------- Nymph host.</t>
-  </si>
-[...7 lines deleted...]
-    <t>* Howard FW (2001) Sap-feeders on palms. Insects on palms, pp.109-232.
-------- Nymph host.</t>
-  </si>
-[...37 lines deleted...]
-    <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
-------- Nymph host.
-* Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History. 52(5-6), 255-268.
-------- Nymph host, as Panicum maximum.</t>
-  </si>
-[...37 lines deleted...]
-    <t>* Arango M, Beltrán JA, Martínez G, Rairán N (2011) Reconocimiento y manejo de la Marchitez letal (ML) en palma de aceite. Tecnologías para la agroindustria de la palma de aceite guía de facilitadores, manejo de cultivo. Bogotá, Colombia, 85 pp.
-------- Nymph host.</t>
-  </si>
-[...31 lines deleted...]
-    <t>* BW Bahder, unpublished data.
-------- Adult host.</t>
-  </si>
-[...8 lines deleted...]
-* Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
---------- Adult host.</t>
-  </si>
-[...49 lines deleted...]
-    <t>* Zenner de Polanía I, López Avila A (1977) Apuntes sobre la biología y hábitos del Haplaxius pallidus, transmisor de la marchitez sorpresiva en palma africana. Revista Colombiana de Entomología  3(1-2), 49-62.
-------- Nymph host</t>
-  </si>
-[...28 lines deleted...]
-    <t>Urochloa brizantha</t>
   </si>
   <si>
     <t>BRARU</t>
   </si>
   <si>
     <t>Urochloa eminii</t>
   </si>
   <si>
     <t>* Howard FW (1989) Evaluation of six species of grasses as breeding hosts of Myndus crudus, a vector of lethal yellowing of palms. Proceedings of the 25th Annual Meeting of the Caribbean Food Crops Society vol. XXV, 433-438.
 ------- Nymph host.
 * Ramos Hernández E, Magaña Alejandro MA, Ortiz García CF, Oropeza Salín C, Lesher Gordillo JM, Sánchez Soto S (2018) The coconut pathosystem: weed hosts of nymphs of the American palm Cixiid Haplaxius crudus (Hemiptera: Fulgoroidea). Journal of Natural History 52(5-6), .255-268.
 -------- Nymph host.</t>
   </si>
   <si>
     <t>PANFA</t>
   </si>
   <si>
     <t>Urochloa fusca</t>
   </si>
   <si>
     <t>PANPU</t>
   </si>
   <si>
     <t>Urochloa mutica</t>
   </si>
@@ -1046,905 +1046,905 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" t="s">
         <v>26</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" t="s">
         <v>43</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
         <v>48</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" t="s">
         <v>52</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
       <c r="D22" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" t="s">
         <v>57</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" t="s">
         <v>59</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
+        <v>60</v>
+      </c>
+      <c r="C25" t="s">
         <v>61</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>63</v>
       </c>
       <c r="C26" t="s">
         <v>64</v>
       </c>
       <c r="D26" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" t="s">
         <v>66</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" t="s">
         <v>68</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
+        <v>72</v>
+      </c>
+      <c r="C30" t="s">
         <v>73</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>75</v>
       </c>
       <c r="C31" t="s">
         <v>76</v>
       </c>
       <c r="D31" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
+        <v>80</v>
+      </c>
+      <c r="C33" t="s">
         <v>81</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>83</v>
       </c>
       <c r="C34" t="s">
         <v>84</v>
       </c>
       <c r="D34" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>86</v>
       </c>
       <c r="C35" t="s">
         <v>87</v>
       </c>
       <c r="D35" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>4</v>
       </c>
       <c r="B36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C36" t="s">
         <v>89</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
+        <v>90</v>
+      </c>
+      <c r="C37" t="s">
         <v>91</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
+        <v>92</v>
+      </c>
+      <c r="C38" t="s">
         <v>93</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
+        <v>94</v>
+      </c>
+      <c r="C39" t="s">
         <v>95</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
+        <v>96</v>
+      </c>
+      <c r="C40" t="s">
         <v>97</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>99</v>
       </c>
       <c r="C41" t="s">
         <v>100</v>
       </c>
       <c r="D41" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
+        <v>101</v>
+      </c>
+      <c r="C42" t="s">
         <v>102</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
+        <v>103</v>
+      </c>
+      <c r="C43" t="s">
         <v>104</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
+        <v>105</v>
+      </c>
+      <c r="C44" t="s">
         <v>106</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
+        <v>107</v>
+      </c>
+      <c r="C45" t="s">
         <v>108</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" t="s">
         <v>110</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
         <v>112</v>
       </c>
       <c r="C47" t="s">
         <v>113</v>
       </c>
       <c r="D47" t="s">
-        <v>114</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
+        <v>114</v>
+      </c>
+      <c r="C48" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D48" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
+        <v>116</v>
+      </c>
+      <c r="C49" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D49" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
+        <v>118</v>
+      </c>
+      <c r="C50" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D50" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
+        <v>120</v>
+      </c>
+      <c r="C51" t="s">
         <v>121</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>4</v>
       </c>
       <c r="B52" t="s">
         <v>123</v>
       </c>
       <c r="C52" t="s">
         <v>124</v>
       </c>
       <c r="D52" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>4</v>
       </c>
       <c r="B53" t="s">
         <v>126</v>
       </c>
       <c r="C53" t="s">
         <v>127</v>
       </c>
       <c r="D53" t="s">
-        <v>128</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>4</v>
       </c>
       <c r="B54" t="s">
+        <v>128</v>
+      </c>
+      <c r="C54" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D54" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>4</v>
       </c>
       <c r="B55" t="s">
+        <v>130</v>
+      </c>
+      <c r="C55" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D55" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>4</v>
       </c>
       <c r="B56" t="s">
+        <v>132</v>
+      </c>
+      <c r="C56" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>4</v>
       </c>
       <c r="B57" t="s">
+        <v>134</v>
+      </c>
+      <c r="C57" t="s">
         <v>135</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>4</v>
       </c>
       <c r="B58" t="s">
+        <v>136</v>
+      </c>
+      <c r="C58" t="s">
         <v>137</v>
       </c>
-      <c r="C58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>4</v>
       </c>
       <c r="B59" t="s">
+        <v>138</v>
+      </c>
+      <c r="C59" t="s">
         <v>139</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>7</v>
+        <v>122</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>4</v>
       </c>
       <c r="B60" t="s">
+        <v>140</v>
+      </c>
+      <c r="C60" t="s">
         <v>141</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>4</v>
       </c>
       <c r="B61" t="s">
         <v>143</v>
       </c>
       <c r="C61" t="s">
         <v>144</v>
       </c>
       <c r="D61" t="s">
-        <v>145</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>4</v>
       </c>
       <c r="B62" t="s">
+        <v>145</v>
+      </c>
+      <c r="C62" t="s">
         <v>146</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>4</v>
       </c>
       <c r="B63" t="s">
+        <v>147</v>
+      </c>
+      <c r="C63" t="s">
         <v>148</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>4</v>
       </c>
       <c r="B64" t="s">
+        <v>149</v>
+      </c>
+      <c r="C64" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D64" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>4</v>
       </c>
       <c r="B65" t="s">
+        <v>151</v>
+      </c>
+      <c r="C65" t="s">
         <v>152</v>
       </c>
-      <c r="C65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>4</v>
       </c>
       <c r="B66" t="s">
+        <v>153</v>
+      </c>
+      <c r="C66" t="s">
         <v>154</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>4</v>
       </c>
       <c r="B67" t="s">
         <v>156</v>
       </c>
       <c r="C67" t="s">
         <v>157</v>
       </c>
       <c r="D67" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>4</v>
       </c>
       <c r="B68" t="s">
         <v>159</v>
       </c>
       <c r="C68" t="s">
         <v>160</v>
       </c>
       <c r="D68" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>4</v>
       </c>
       <c r="B69" t="s">
         <v>161</v>
       </c>
       <c r="C69" t="s">
         <v>162</v>
       </c>
       <c r="D69" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>4</v>
       </c>
       <c r="B70" t="s">
         <v>164</v>
       </c>
       <c r="C70" t="s">
         <v>165</v>
       </c>
       <c r="D70" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>4</v>
       </c>
       <c r="B71" t="s">
         <v>166</v>
       </c>
       <c r="C71" t="s">
         <v>167</v>
       </c>
       <c r="D71" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>4</v>
       </c>
       <c r="B72" t="s">
         <v>168</v>
       </c>
       <c r="C72" t="s">
         <v>169</v>