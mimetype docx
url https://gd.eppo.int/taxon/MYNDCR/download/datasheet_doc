--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Fennah</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American palm cixiid, pallid cane leafhopper</w:t>
             </w:r>
-            <w:hyperlink r:id="rId551468e707d31d0cd" w:history="1">
+            <w:hyperlink r:id="rId98786902d94a468ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464668e707d31d110" w:history="1">
+            <w:hyperlink r:id="rId79316902d94a46934" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYNDCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68572063" name="name992268e707d31d941" descr="1082.jpg"/>
+                  <wp:docPr id="12113981" name="name36386902d94a46a24" descr="1082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId463868e707d31d93f" cstate="print"/>
+                          <a:blip r:embed="rId81076902d94a46a22" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId662168e707d31da43" w:history="1">
+            <w:hyperlink r:id="rId40676902d94a46b3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2478,63 +2478,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17586547" name="name628668e707d31f414" descr="MYNDCR_distribution_map.jpg"/>
+            <wp:docPr id="25826507" name="name49866902d94a488ff" descr="MYNDCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYNDCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId611268e707d31f411" cstate="print"/>
+                    <a:blip r:embed="rId65556902d94a488fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3682,51 +3682,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartlett CR, O’Brien LB &amp; Wilson SW (2014) A Review of the Planthoppers of the United States. Memoirs of the American Entomological Society, 50. American Entomological Society, Philadelphia, PA, U.S.A.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourgoin T (2020) FLOW (Fulgoromorpha Lists on The Web): A world knowledge base dedicated to Fulgoromorpha, Version 8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978568e707d31fde0" w:history="1">
+      <w:hyperlink r:id="rId24596902d94a492e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.catalogueoflife.org/data/dataset/1011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5174,51 +5174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465568e707d320764" w:history="1">
+      <w:hyperlink r:id="rId63266902d94a49c78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5231,63 +5231,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36174708" name="name566968e707d32082b" descr="eu_funding_250.png"/>
+            <wp:docPr id="83177968" name="name71956902d94a49e7b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId119768e707d32082a" cstate="print"/>
+                    <a:blip r:embed="rId86926902d94a49e79" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5385,137 +5385,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82121416">
+  <w:abstractNum w:abstractNumId="82709984">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98266291">
+    <w:lvl w:ilvl="0" w:tplc="85386847">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98266291" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85386847" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82121415">
+  <w:abstractNum w:abstractNumId="82709983">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98306307">
+    <w:lvl w:ilvl="0" w:tplc="55611626">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6267,55 +6267,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82121415">
-    <w:abstractNumId w:val="82121415"/>
+  <w:num w:numId="82709983">
+    <w:abstractNumId w:val="82709983"/>
   </w:num>
-  <w:num w:numId="82121416">
-    <w:abstractNumId w:val="82121416"/>
+  <w:num w:numId="82709984">
+    <w:abstractNumId w:val="82709984"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17865,51 +17865,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId236065237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806848962" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId551468e707d31d0cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId464668e707d31d110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId662168e707d31da43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId978568e707d31fde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId465568e707d320764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId463868e707d31d93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463868e707d31d93f.jpg"/><Relationship Id="rId611268e707d31f411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId611268e707d31f411.jpg"/><Relationship Id="rId119768e707d32082a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119768e707d32082a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId520711911" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId481232659" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98786902d94a468ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId79316902d94a46934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId40676902d94a46b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId24596902d94a492e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId63266902d94a49c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81076902d94a46a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81076902d94a46a22.jpg"/><Relationship Id="rId65556902d94a488fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65556902d94a488fc.jpg"/><Relationship Id="rId86926902d94a49e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86926902d94a49e79.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>