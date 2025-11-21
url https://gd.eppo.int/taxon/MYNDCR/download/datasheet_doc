--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Fennah</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American palm cixiid, pallid cane leafhopper</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98786902d94a468ef" w:history="1">
+            <w:hyperlink r:id="rId3666691fdaed4f45f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79316902d94a46934" w:history="1">
+            <w:hyperlink r:id="rId3814691fdaed4f4a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYNDCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12113981" name="name36386902d94a46a24" descr="1082.jpg"/>
+                  <wp:docPr id="26851265" name="name1982691fdaed4fc0a" descr="1082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81076902d94a46a22" cstate="print"/>
+                          <a:blip r:embed="rId3935691fdaed4fc09" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId40676902d94a46b3e" w:history="1">
+            <w:hyperlink r:id="rId2726691fdaed4fce1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2478,63 +2478,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25826507" name="name49866902d94a488ff" descr="MYNDCR_distribution_map.jpg"/>
+            <wp:docPr id="15033043" name="name5541691fdaed513f4" descr="MYNDCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYNDCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65556902d94a488fc" cstate="print"/>
+                    <a:blip r:embed="rId1343691fdaed513f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3682,51 +3682,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartlett CR, O’Brien LB &amp; Wilson SW (2014) A Review of the Planthoppers of the United States. Memoirs of the American Entomological Society, 50. American Entomological Society, Philadelphia, PA, U.S.A.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourgoin T (2020) FLOW (Fulgoromorpha Lists on The Web): A world knowledge base dedicated to Fulgoromorpha, Version 8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24596902d94a492e9" w:history="1">
+      <w:hyperlink r:id="rId5919691fdaed51dba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.catalogueoflife.org/data/dataset/1011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5174,51 +5174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63266902d94a49c78" w:history="1">
+      <w:hyperlink r:id="rId8897691fdaed52811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5231,63 +5231,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83177968" name="name71956902d94a49e7b" descr="eu_funding_250.png"/>
+            <wp:docPr id="12088656" name="name1734691fdaed528b4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86926902d94a49e79" cstate="print"/>
+                    <a:blip r:embed="rId1682691fdaed528b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5385,137 +5385,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82709984">
+  <w:abstractNum w:abstractNumId="99867442">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85386847">
+    <w:lvl w:ilvl="0" w:tplc="77578519">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85386847" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77578519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82709983">
+  <w:abstractNum w:abstractNumId="99867441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55611626">
+    <w:lvl w:ilvl="0" w:tplc="26513131">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6267,55 +6267,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82709983">
-    <w:abstractNumId w:val="82709983"/>
+  <w:num w:numId="99867441">
+    <w:abstractNumId w:val="99867441"/>
   </w:num>
-  <w:num w:numId="82709984">
-    <w:abstractNumId w:val="82709984"/>
+  <w:num w:numId="99867442">
+    <w:abstractNumId w:val="99867442"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17865,51 +17865,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId520711911" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId481232659" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98786902d94a468ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId79316902d94a46934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId40676902d94a46b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId24596902d94a492e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId63266902d94a49c78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81076902d94a46a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81076902d94a46a22.jpg"/><Relationship Id="rId65556902d94a488fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65556902d94a488fc.jpg"/><Relationship Id="rId86926902d94a49e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86926902d94a49e79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665860487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId735187211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3666691fdaed4f45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId3814691fdaed4f4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId2726691fdaed4fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId5919691fdaed51dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId8897691fdaed52811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3935691fdaed4fc09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3935691fdaed4fc09.jpg"/><Relationship Id="rId1343691fdaed513f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1343691fdaed513f2.jpg"/><Relationship Id="rId1682691fdaed528b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1682691fdaed528b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>