--- v2 (2025-11-21)
+++ v3 (2026-01-25)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Fennah</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American palm cixiid, pallid cane leafhopper</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3666691fdaed4f45f" w:history="1">
+            <w:hyperlink r:id="rId43426975fa9436a10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3814691fdaed4f4a2" w:history="1">
+            <w:hyperlink r:id="rId11386975fa9436a53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYNDCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26851265" name="name1982691fdaed4fc0a" descr="1082.jpg"/>
+                  <wp:docPr id="97695002" name="name93756975fa9436b37" descr="1082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3935691fdaed4fc09" cstate="print"/>
+                          <a:blip r:embed="rId61166975fa9436b35" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2726691fdaed4fce1" w:history="1">
+            <w:hyperlink r:id="rId60306975fa9436c2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2478,63 +2478,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15033043" name="name5541691fdaed513f4" descr="MYNDCR_distribution_map.jpg"/>
+            <wp:docPr id="18652010" name="name65346975fa9437ff9" descr="MYNDCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYNDCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1343691fdaed513f2" cstate="print"/>
+                    <a:blip r:embed="rId93906975fa9437ff7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3682,51 +3682,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartlett CR, O’Brien LB &amp; Wilson SW (2014) A Review of the Planthoppers of the United States. Memoirs of the American Entomological Society, 50. American Entomological Society, Philadelphia, PA, U.S.A.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourgoin T (2020) FLOW (Fulgoromorpha Lists on The Web): A world knowledge base dedicated to Fulgoromorpha, Version 8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5919691fdaed51dba" w:history="1">
+      <w:hyperlink r:id="rId22756975fa9438962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.catalogueoflife.org/data/dataset/1011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,73 +5152,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8897691fdaed52811" w:history="1">
+      <w:hyperlink r:id="rId65146975fa94392da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5231,63 +5231,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12088656" name="name1734691fdaed528b4" descr="eu_funding_250.png"/>
+            <wp:docPr id="47493666" name="name69216975fa9439381" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1682691fdaed528b3" cstate="print"/>
+                    <a:blip r:embed="rId38596975fa9439380" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5385,137 +5385,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99867442">
+  <w:abstractNum w:abstractNumId="30841289">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77578519">
+    <w:lvl w:ilvl="0" w:tplc="65351286">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77578519" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65351286" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99867441">
+  <w:abstractNum w:abstractNumId="30841288">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26513131">
+    <w:lvl w:ilvl="0" w:tplc="46740441">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6267,55 +6267,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99867441">
-    <w:abstractNumId w:val="99867441"/>
+  <w:num w:numId="30841288">
+    <w:abstractNumId w:val="30841288"/>
   </w:num>
-  <w:num w:numId="99867442">
-    <w:abstractNumId w:val="99867442"/>
+  <w:num w:numId="30841289">
+    <w:abstractNumId w:val="30841289"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17865,51 +17865,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665860487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId735187211" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3666691fdaed4f45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId3814691fdaed4f4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId2726691fdaed4fce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId5919691fdaed51dba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId8897691fdaed52811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3935691fdaed4fc09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3935691fdaed4fc09.jpg"/><Relationship Id="rId1343691fdaed513f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1343691fdaed513f2.jpg"/><Relationship Id="rId1682691fdaed528b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1682691fdaed528b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574293305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854644726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43426975fa9436a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId11386975fa9436a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId60306975fa9436c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId22756975fa9438962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId65146975fa94392da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61166975fa9436b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61166975fa9436b35.jpg"/><Relationship Id="rId93906975fa9437ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93906975fa9437ff7.jpg"/><Relationship Id="rId38596975fa9439380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38596975fa9439380.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>