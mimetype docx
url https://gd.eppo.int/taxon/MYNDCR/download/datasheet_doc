--- v3 (2026-01-25)
+++ v4 (2026-02-14)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Fennah</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American palm cixiid, pallid cane leafhopper</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43426975fa9436a10" w:history="1">
+            <w:hyperlink r:id="rId74676990f8457bc40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11386975fa9436a53" w:history="1">
+            <w:hyperlink r:id="rId11636990f8457bc92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYNDCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97695002" name="name93756975fa9436b37" descr="1082.jpg"/>
+                  <wp:docPr id="23175213" name="name81396990f8457bd91" descr="1082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61166975fa9436b35" cstate="print"/>
+                          <a:blip r:embed="rId40356990f8457bd8f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId60306975fa9436c2a" w:history="1">
+            <w:hyperlink r:id="rId33576990f8457beb9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1060,1191 +1060,1191 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Borassus flabellifer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brachiaria humidicola</w:t>
+        <w:t xml:space="preserve">Caryota mitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Caryota mitis</w:t>
+        <w:t xml:space="preserve">Cenchrus ciliaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cenchrus ciliaris</w:t>
+        <w:t xml:space="preserve">Cenchrus echinatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cenchrus echinatus</w:t>
+        <w:t xml:space="preserve">Cenchrus purpureus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cenchrus purpureus</w:t>
+        <w:t xml:space="preserve">Chloris barbata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chloris barbata</w:t>
+        <w:t xml:space="preserve">Chloris gayana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chloris gayana</w:t>
+        <w:t xml:space="preserve">Chrysalidocarpus lutescens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chrysalidocarpus lutescens</w:t>
+        <w:t xml:space="preserve">Coccothrinax miraguama</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Coccothrinax miraguama</w:t>
+        <w:t xml:space="preserve">Cocos nucifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cocos nucifera</w:t>
+        <w:t xml:space="preserve">Corypha utan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Corypha utan</w:t>
+        <w:t xml:space="preserve">Cynodon dactylon</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cynodon dactylon</w:t>
+        <w:t xml:space="preserve">Cynodon nlemfuensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cynodon nlemfuensis</w:t>
+        <w:t xml:space="preserve">Cynodon plectostachyus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cynodon plectostachyus</w:t>
+        <w:t xml:space="preserve">Cyperus esculentus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cyperus esculentus</w:t>
+        <w:t xml:space="preserve">Cyperus rotundus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cyperus rotundus</w:t>
+        <w:t xml:space="preserve">Dictyosperma album</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dictyosperma album</w:t>
+        <w:t xml:space="preserve">Digitaria abyssinica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Digitaria abyssinica</w:t>
+        <w:t xml:space="preserve">Digitaria eriantha subsp. pentzii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Digitaria eriantha subsp. pentzii</w:t>
+        <w:t xml:space="preserve">Digitaria eriantha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Digitaria eriantha</w:t>
+        <w:t xml:space="preserve">Distichlis spicata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Distichlis spicata</w:t>
+        <w:t xml:space="preserve">Echinochloa colonum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Echinochloa colonum</w:t>
+        <w:t xml:space="preserve">Elaeis guineensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elaeis guineensis</w:t>
+        <w:t xml:space="preserve">Eragrostis curvula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eragrostis curvula</w:t>
+        <w:t xml:space="preserve">Eremochloa ophiuroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eremochloa ophiuroides</w:t>
+        <w:t xml:space="preserve">Eustachys petraea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eustachys petraea</w:t>
+        <w:t xml:space="preserve">Fimbristylis cymosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fimbristylis cymosa</w:t>
+        <w:t xml:space="preserve">Hemarthria altissima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hemarthria altissima</w:t>
+        <w:t xml:space="preserve">Hyophorbe verschaffeltii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hyophorbe verschaffeltii</w:t>
+        <w:t xml:space="preserve">Hyparrhenia rufa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hyparrhenia rufa</w:t>
+        <w:t xml:space="preserve">Leptochloa mucronata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Leptochloa mucronata</w:t>
+        <w:t xml:space="preserve">Livistona chinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Livistona chinensis</w:t>
+        <w:t xml:space="preserve">Megathyrsus maximus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Megathyrsus maximus</w:t>
+        <w:t xml:space="preserve">Panicum bartowense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Panicum bartowense</w:t>
+        <w:t xml:space="preserve">Panicum laxum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Panicum laxum</w:t>
+        <w:t xml:space="preserve">Paspalum conjugatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paspalum conjugatum</w:t>
+        <w:t xml:space="preserve">Paspalum notatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paspalum notatum</w:t>
+        <w:t xml:space="preserve">Paspalum paniculatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paspalum paniculatum</w:t>
+        <w:t xml:space="preserve">Paspalum virgatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paspalum virgatum</w:t>
+        <w:t xml:space="preserve">Phoenix canariensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Phoenix canariensis</w:t>
+        <w:t xml:space="preserve">Phoenix dactylifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Phoenix dactylifera</w:t>
+        <w:t xml:space="preserve">Phoenix reclinata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Phoenix reclinata</w:t>
+        <w:t xml:space="preserve">Phoenix roebelenii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Phoenix roebelenii</w:t>
+        <w:t xml:space="preserve">Phoenix sylvestris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Phoenix sylvestris</w:t>
+        <w:t xml:space="preserve">Pritchardia pacifica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pritchardia pacifica</w:t>
+        <w:t xml:space="preserve">Pritchardia thurstonii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pritchardia thurstonii</w:t>
+        <w:t xml:space="preserve">Ptychosperma elegans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ptychosperma elegans</w:t>
+        <w:t xml:space="preserve">Roystonea regia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Roystonea regia</w:t>
+        <w:t xml:space="preserve">Sabal palmetto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sabal palmetto</w:t>
+        <w:t xml:space="preserve">Saccharum officinarum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Saccharum officinarum</w:t>
+        <w:t xml:space="preserve">Satakentia liukiuensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Satakentia liukiuensis</w:t>
+        <w:t xml:space="preserve">Serenoa repens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Serenoa repens</w:t>
+        <w:t xml:space="preserve">Setaria parviflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Setaria parviflora</w:t>
+        <w:t xml:space="preserve">Stenotaphrum secundatum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stenotaphrum secundatum</w:t>
+        <w:t xml:space="preserve">Syagrus romanzoffiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Syagrus romanzoffiana</w:t>
+        <w:t xml:space="preserve">Syagrus schizophylla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Syagrus schizophylla</w:t>
+        <w:t xml:space="preserve">Trachycarpus fortunei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Trachycarpus fortunei</w:t>
+        <w:t xml:space="preserve">Urochloa brizantha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Urochloa brizantha</w:t>
+        <w:t xml:space="preserve">Urochloa dictyoneura</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Urochloa eminii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2478,63 +2478,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18652010" name="name65346975fa9437ff9" descr="MYNDCR_distribution_map.jpg"/>
+            <wp:docPr id="14989710" name="name66326990f8457de2d" descr="MYNDCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYNDCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93906975fa9437ff7" cstate="print"/>
+                    <a:blip r:embed="rId59136990f8457de29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3682,51 +3682,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartlett CR, O’Brien LB &amp; Wilson SW (2014) A Review of the Planthoppers of the United States. Memoirs of the American Entomological Society, 50. American Entomological Society, Philadelphia, PA, U.S.A.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourgoin T (2020) FLOW (Fulgoromorpha Lists on The Web): A world knowledge base dedicated to Fulgoromorpha, Version 8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22756975fa9438962" w:history="1">
+      <w:hyperlink r:id="rId62616990f8457e82d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.catalogueoflife.org/data/dataset/1011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5174,51 +5174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65146975fa94392da" w:history="1">
+      <w:hyperlink r:id="rId18456990f8457f3d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5231,63 +5231,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47493666" name="name69216975fa9439381" descr="eu_funding_250.png"/>
+            <wp:docPr id="92215872" name="name96326990f8457f623" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38596975fa9439380" cstate="print"/>
+                    <a:blip r:embed="rId68016990f8457f621" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5385,137 +5385,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30841289">
+  <w:abstractNum w:abstractNumId="70719943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65351286">
+    <w:lvl w:ilvl="0" w:tplc="95908807">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65351286" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95908807" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30841288">
+  <w:abstractNum w:abstractNumId="70719942">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46740441">
+    <w:lvl w:ilvl="0" w:tplc="58828980">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6267,55 +6267,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30841288">
-    <w:abstractNumId w:val="30841288"/>
+  <w:num w:numId="70719942">
+    <w:abstractNumId w:val="70719942"/>
   </w:num>
-  <w:num w:numId="30841289">
-    <w:abstractNumId w:val="30841289"/>
+  <w:num w:numId="70719943">
+    <w:abstractNumId w:val="70719943"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17865,51 +17865,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574293305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854644726" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43426975fa9436a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId11386975fa9436a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId60306975fa9436c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId22756975fa9438962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId65146975fa94392da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61166975fa9436b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61166975fa9436b35.jpg"/><Relationship Id="rId93906975fa9437ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93906975fa9437ff7.jpg"/><Relationship Id="rId38596975fa9439380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38596975fa9439380.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764484637" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780588814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74676990f8457bc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId11636990f8457bc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId33576990f8457beb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId62616990f8457e82d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId18456990f8457f3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40356990f8457bd8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40356990f8457bd8f.jpg"/><Relationship Id="rId59136990f8457de29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59136990f8457de29.jpg"/><Relationship Id="rId68016990f8457f621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68016990f8457f621.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>