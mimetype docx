--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Fennah</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American palm cixiid, pallid cane leafhopper</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74676990f8457bc40" w:history="1">
+            <w:hyperlink r:id="rId696869aba62cbdfca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11636990f8457bc92" w:history="1">
+            <w:hyperlink r:id="rId807869aba62cbe00f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYNDCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23175213" name="name81396990f8457bd91" descr="1082.jpg"/>
+                  <wp:docPr id="32662673" name="name245869aba62cbe117" descr="1082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40356990f8457bd8f" cstate="print"/>
+                          <a:blip r:embed="rId367069aba62cbe115" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId33576990f8457beb9" w:history="1">
+            <w:hyperlink r:id="rId958469aba62cbe239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2478,63 +2478,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14989710" name="name66326990f8457de2d" descr="MYNDCR_distribution_map.jpg"/>
+            <wp:docPr id="592887" name="name720769aba62cbfc51" descr="MYNDCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYNDCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59136990f8457de29" cstate="print"/>
+                    <a:blip r:embed="rId249069aba62cbfc4e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3682,51 +3682,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartlett CR, O’Brien LB &amp; Wilson SW (2014) A Review of the Planthoppers of the United States. Memoirs of the American Entomological Society, 50. American Entomological Society, Philadelphia, PA, U.S.A.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourgoin T (2020) FLOW (Fulgoromorpha Lists on The Web): A world knowledge base dedicated to Fulgoromorpha, Version 8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62616990f8457e82d" w:history="1">
+      <w:hyperlink r:id="rId902369aba62cc064a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.catalogueoflife.org/data/dataset/1011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5174,51 +5174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18456990f8457f3d8" w:history="1">
+      <w:hyperlink r:id="rId330669aba62cc0fba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5231,63 +5231,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92215872" name="name96326990f8457f623" descr="eu_funding_250.png"/>
+            <wp:docPr id="623138" name="name754369aba62cc1080" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68016990f8457f621" cstate="print"/>
+                    <a:blip r:embed="rId689569aba62cc107f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5385,137 +5385,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70719943">
+  <w:abstractNum w:abstractNumId="25675628">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95908807">
+    <w:lvl w:ilvl="0" w:tplc="15898948">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95908807" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15898948" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70719942">
+  <w:abstractNum w:abstractNumId="25675627">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58828980">
+    <w:lvl w:ilvl="0" w:tplc="97565949">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6267,55 +6267,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70719942">
-    <w:abstractNumId w:val="70719942"/>
+  <w:num w:numId="25675627">
+    <w:abstractNumId w:val="25675627"/>
   </w:num>
-  <w:num w:numId="70719943">
-    <w:abstractNumId w:val="70719943"/>
+  <w:num w:numId="25675628">
+    <w:abstractNumId w:val="25675628"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17865,51 +17865,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId764484637" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780588814" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74676990f8457bc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId11636990f8457bc92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId33576990f8457beb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId62616990f8457e82d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId18456990f8457f3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40356990f8457bd8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40356990f8457bd8f.jpg"/><Relationship Id="rId59136990f8457de29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59136990f8457de29.jpg"/><Relationship Id="rId68016990f8457f621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68016990f8457f621.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId128287093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272857523" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId696869aba62cbdfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId807869aba62cbe00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId958469aba62cbe239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId902369aba62cc064a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId330669aba62cc0fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId367069aba62cbe115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId367069aba62cbe115.jpg"/><Relationship Id="rId249069aba62cbfc4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249069aba62cbfc4e.jpg"/><Relationship Id="rId689569aba62cc107f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId689569aba62cc107f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>