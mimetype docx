--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -314,88 +314,88 @@
               <w:t xml:space="preserve"> Fennah</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American palm cixiid, pallid cane leafhopper</w:t>
             </w:r>
-            <w:hyperlink r:id="rId696869aba62cbdfca" w:history="1">
+            <w:hyperlink r:id="rId555269c657d13ede1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId807869aba62cbe00f" w:history="1">
+            <w:hyperlink r:id="rId749369c657d13ee28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -409,86 +409,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYNDCR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32662673" name="name245869aba62cbe117" descr="1082.jpg"/>
+                  <wp:docPr id="78003497" name="name466169c657d13f3b6" descr="1082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId367069aba62cbe115" cstate="print"/>
+                          <a:blip r:embed="rId880269c657d13f3b5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId958469aba62cbe239" w:history="1">
+            <w:hyperlink r:id="rId218869c657d13f515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2478,63 +2478,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="592887" name="name720769aba62cbfc51" descr="MYNDCR_distribution_map.jpg"/>
+            <wp:docPr id="69564683" name="name671969c657d140d3d" descr="MYNDCR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYNDCR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId249069aba62cbfc4e" cstate="print"/>
+                    <a:blip r:embed="rId523969c657d140d39" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3682,51 +3682,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bartlett CR, O’Brien LB &amp; Wilson SW (2014) A Review of the Planthoppers of the United States. Memoirs of the American Entomological Society, 50. American Entomological Society, Philadelphia, PA, U.S.A.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourgoin T (2020) FLOW (Fulgoromorpha Lists on The Web): A world knowledge base dedicated to Fulgoromorpha, Version 8. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902369aba62cc064a" w:history="1">
+      <w:hyperlink r:id="rId148569c657d141833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.catalogueoflife.org/data/dataset/1011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5174,51 +5174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330669aba62cc0fba" w:history="1">
+      <w:hyperlink r:id="rId807469c657d142209" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5231,63 +5231,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="623138" name="name754369aba62cc1080" descr="eu_funding_250.png"/>
+            <wp:docPr id="77914627" name="name705269c657d1422dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId689569aba62cc107f" cstate="print"/>
+                    <a:blip r:embed="rId899669c657d1422da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5385,137 +5385,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25675628">
+  <w:abstractNum w:abstractNumId="58491301">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15898948">
+    <w:lvl w:ilvl="0" w:tplc="96113012">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15898948" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96113012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25675627">
+  <w:abstractNum w:abstractNumId="58491300">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97565949">
+    <w:lvl w:ilvl="0" w:tplc="19812393">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6267,55 +6267,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25675627">
-    <w:abstractNumId w:val="25675627"/>
+  <w:num w:numId="58491300">
+    <w:abstractNumId w:val="58491300"/>
   </w:num>
-  <w:num w:numId="25675628">
-    <w:abstractNumId w:val="25675628"/>
+  <w:num w:numId="58491301">
+    <w:abstractNumId w:val="58491301"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17865,51 +17865,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId128287093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId272857523" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId696869aba62cbdfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId807869aba62cbe00f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId958469aba62cbe239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId902369aba62cc064a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId330669aba62cc0fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId367069aba62cbe115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId367069aba62cbe115.jpg"/><Relationship Id="rId249069aba62cbfc4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId249069aba62cbfc4e.jpg"/><Relationship Id="rId689569aba62cc107f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId689569aba62cc107f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId342427985" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223222264" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId555269c657d13ede1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/" TargetMode="External"/><Relationship Id="rId749369c657d13ee28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/categorization" TargetMode="External"/><Relationship Id="rId218869c657d13f515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYNDCR/photos" TargetMode="External"/><Relationship Id="rId148569c657d141833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.catalogueoflife.org/data/dataset/1011" TargetMode="External"/><Relationship Id="rId807469c657d142209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId880269c657d13f3b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880269c657d13f3b5.jpg"/><Relationship Id="rId523969c657d140d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId523969c657d140d39.jpg"/><Relationship Id="rId899669c657d1422da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId899669c657d1422da.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>