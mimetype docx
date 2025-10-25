--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442868e03e0c4e054" w:history="1">
+            <w:hyperlink r:id="rId831068fcd2330d054" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId618568e03e0c4e0fa" w:history="1">
+            <w:hyperlink r:id="rId902268fcd2330d0bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18965232" name="name645768e03e0c4e1dc" descr="1079.jpg"/>
+                  <wp:docPr id="89885399" name="name399968fcd2330ddcf" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId670268e03e0c4e1da" cstate="print"/>
+                          <a:blip r:embed="rId856568fcd2330ddc7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId946368e03e0c4e318" w:history="1">
+            <w:hyperlink r:id="rId520368fcd2330f258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48290653" name="name620768e03e0c4f5ea" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="55785839" name="name193568fcd23310c33" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId509768e03e0c4f5e6" cstate="print"/>
+                    <a:blip r:embed="rId394368fcd23310c2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720468e03e0c4fbb6" w:history="1">
+      <w:hyperlink r:id="rId954968fcd233111a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185368e03e0c503b3" w:history="1">
+      <w:hyperlink r:id="rId155168fcd23311917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970668e03e0c50430" w:history="1">
+      <w:hyperlink r:id="rId976868fcd23311995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227668e03e0c50485" w:history="1">
+      <w:hyperlink r:id="rId881968fcd233119e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3106,51 +3106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767568e03e0c5053e" w:history="1">
+      <w:hyperlink r:id="rId412868fcd23311a9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714668e03e0c506dd" w:history="1">
+      <w:hyperlink r:id="rId182068fcd23311c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44604241" name="name469668e03e0c50767" descr="eu_funding_250.png"/>
+            <wp:docPr id="53805157" name="name244768fcd23311f46" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId365968e03e0c50766" cstate="print"/>
+                    <a:blip r:embed="rId735768fcd23311f44" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32655360">
+  <w:abstractNum w:abstractNumId="44719790">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96721349">
+    <w:lvl w:ilvl="0" w:tplc="58735166">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96721349" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58735166" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32655359">
+  <w:abstractNum w:abstractNumId="44719789">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72552236">
+    <w:lvl w:ilvl="0" w:tplc="86372171">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32655359">
-    <w:abstractNumId w:val="32655359"/>
+  <w:num w:numId="44719789">
+    <w:abstractNumId w:val="44719789"/>
   </w:num>
-  <w:num w:numId="32655360">
-    <w:abstractNumId w:val="32655360"/>
+  <w:num w:numId="44719790">
+    <w:abstractNumId w:val="44719790"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174469967" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId651084969" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId442868e03e0c4e054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId618568e03e0c4e0fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId946368e03e0c4e318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId720468e03e0c4fbb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId185368e03e0c503b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId970668e03e0c50430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId227668e03e0c50485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId767568e03e0c5053e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId714668e03e0c506dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId670268e03e0c4e1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670268e03e0c4e1da.jpg"/><Relationship Id="rId509768e03e0c4f5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId509768e03e0c4f5e6.jpg"/><Relationship Id="rId365968e03e0c50766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId365968e03e0c50766.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653325547" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId882985238" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId831068fcd2330d054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId902268fcd2330d0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId520368fcd2330f258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId954968fcd233111a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId155168fcd23311917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId976868fcd23311995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId881968fcd233119e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId412868fcd23311a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId182068fcd23311c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId856568fcd2330ddc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856568fcd2330ddc7.jpg"/><Relationship Id="rId394368fcd23310c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394368fcd23310c2f.jpg"/><Relationship Id="rId735768fcd23311f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735768fcd23311f44.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>