--- v1 (2025-10-25)
+++ v2 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId831068fcd2330d054" w:history="1">
+            <w:hyperlink r:id="rId7524693271962893e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId902268fcd2330d0bf" w:history="1">
+            <w:hyperlink r:id="rId352269327196289c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89885399" name="name399968fcd2330ddcf" descr="1079.jpg"/>
+                  <wp:docPr id="93701613" name="name79606932719628aa3" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId856568fcd2330ddc7" cstate="print"/>
+                          <a:blip r:embed="rId92926932719628aa1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId520368fcd2330f258" w:history="1">
+            <w:hyperlink r:id="rId37986932719628b9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55785839" name="name193568fcd23310c33" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="20234262" name="name56196932719629a18" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId394368fcd23310c2f" cstate="print"/>
+                    <a:blip r:embed="rId62796932719629a15" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954968fcd233111a6" w:history="1">
+      <w:hyperlink r:id="rId52106932719629f14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155168fcd23311917" w:history="1">
+      <w:hyperlink r:id="rId1437693271962a66d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976868fcd23311995" w:history="1">
+      <w:hyperlink r:id="rId5675693271962a6e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881968fcd233119e8" w:history="1">
+      <w:hyperlink r:id="rId5311693271962a739" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3106,51 +3106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412868fcd23311a9e" w:history="1">
+      <w:hyperlink r:id="rId6159693271962a7f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182068fcd23311c11" w:history="1">
+      <w:hyperlink r:id="rId2482693271962a96a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53805157" name="name244768fcd23311f46" descr="eu_funding_250.png"/>
+            <wp:docPr id="60362975" name="name5138693271962a9bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId735768fcd23311f44" cstate="print"/>
+                    <a:blip r:embed="rId2681693271962a9bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44719790">
+  <w:abstractNum w:abstractNumId="33328569">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58735166">
+    <w:lvl w:ilvl="0" w:tplc="34857865">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58735166" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34857865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44719789">
+  <w:abstractNum w:abstractNumId="33328568">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86372171">
+    <w:lvl w:ilvl="0" w:tplc="41819333">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44719789">
-    <w:abstractNumId w:val="44719789"/>
+  <w:num w:numId="33328568">
+    <w:abstractNumId w:val="33328568"/>
   </w:num>
-  <w:num w:numId="44719790">
-    <w:abstractNumId w:val="44719790"/>
+  <w:num w:numId="33328569">
+    <w:abstractNumId w:val="33328569"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId653325547" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId882985238" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId831068fcd2330d054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId902268fcd2330d0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId520368fcd2330f258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId954968fcd233111a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId155168fcd23311917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId976868fcd23311995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId881968fcd233119e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId412868fcd23311a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId182068fcd23311c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId856568fcd2330ddc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856568fcd2330ddc7.jpg"/><Relationship Id="rId394368fcd23310c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394368fcd23310c2f.jpg"/><Relationship Id="rId735768fcd23311f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735768fcd23311f44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793240303" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907272512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7524693271962893e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId352269327196289c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId37986932719628b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId52106932719629f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId1437693271962a66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId5675693271962a6e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId5311693271962a739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId6159693271962a7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2482693271962a96a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId92926932719628aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92926932719628aa1.jpg"/><Relationship Id="rId62796932719629a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62796932719629a15.jpg"/><Relationship Id="rId2681693271962a9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2681693271962a9bb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>