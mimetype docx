--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7524693271962893e" w:history="1">
+            <w:hyperlink r:id="rId4485694d44ad2249c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352269327196289c8" w:history="1">
+            <w:hyperlink r:id="rId9754694d44ad22506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93701613" name="name79606932719628aa3" descr="1079.jpg"/>
+                  <wp:docPr id="96292936" name="name5255694d44ad22aff" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId92926932719628aa1" cstate="print"/>
+                          <a:blip r:embed="rId9867694d44ad22afd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId37986932719628b9c" w:history="1">
+            <w:hyperlink r:id="rId9828694d44ad22c4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20234262" name="name56196932719629a18" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="91955617" name="name7623694d44ad23ce8" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62796932719629a15" cstate="print"/>
+                    <a:blip r:embed="rId8709694d44ad23ce5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52106932719629f14" w:history="1">
+      <w:hyperlink r:id="rId9835694d44ad24210" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1437693271962a66d" w:history="1">
+      <w:hyperlink r:id="rId4604694d44ad24951" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5675693271962a6e8" w:history="1">
+      <w:hyperlink r:id="rId7177694d44ad249cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5311693271962a739" w:history="1">
+      <w:hyperlink r:id="rId6526694d44ad24a1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3106,51 +3106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6159693271962a7f9" w:history="1">
+      <w:hyperlink r:id="rId6294694d44ad24ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2482693271962a96a" w:history="1">
+      <w:hyperlink r:id="rId9153694d44ad24c80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60362975" name="name5138693271962a9bc" descr="eu_funding_250.png"/>
+            <wp:docPr id="88023119" name="name4268694d44ad24cdc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2681693271962a9bb" cstate="print"/>
+                    <a:blip r:embed="rId4224694d44ad24cdb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33328569">
+  <w:abstractNum w:abstractNumId="79881850">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34857865">
+    <w:lvl w:ilvl="0" w:tplc="20342151">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34857865" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20342151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33328568">
+  <w:abstractNum w:abstractNumId="79881849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41819333">
+    <w:lvl w:ilvl="0" w:tplc="12167968">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33328568">
-    <w:abstractNumId w:val="33328568"/>
+  <w:num w:numId="79881849">
+    <w:abstractNumId w:val="79881849"/>
   </w:num>
-  <w:num w:numId="33328569">
-    <w:abstractNumId w:val="33328569"/>
+  <w:num w:numId="79881850">
+    <w:abstractNumId w:val="79881850"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793240303" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId907272512" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7524693271962893e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId352269327196289c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId37986932719628b9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId52106932719629f14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId1437693271962a66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId5675693271962a6e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId5311693271962a739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId6159693271962a7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2482693271962a96a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId92926932719628aa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92926932719628aa1.jpg"/><Relationship Id="rId62796932719629a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62796932719629a15.jpg"/><Relationship Id="rId2681693271962a9bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2681693271962a9bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId652751510" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId422622051" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4485694d44ad2249c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId9754694d44ad22506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId9828694d44ad22c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId9835694d44ad24210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId4604694d44ad24951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId7177694d44ad249cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId6526694d44ad24a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId6294694d44ad24ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9153694d44ad24c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId9867694d44ad22afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9867694d44ad22afd.jpg"/><Relationship Id="rId8709694d44ad23ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8709694d44ad23ce5.jpg"/><Relationship Id="rId4224694d44ad24cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4224694d44ad24cdb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>