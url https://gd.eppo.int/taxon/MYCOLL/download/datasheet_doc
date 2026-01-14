--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4485694d44ad2249c" w:history="1">
+            <w:hyperlink r:id="rId20656967d7e122156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9754694d44ad22506" w:history="1">
+            <w:hyperlink r:id="rId13566967d7e1221be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96292936" name="name5255694d44ad22aff" descr="1079.jpg"/>
+                  <wp:docPr id="5830810" name="name33366967d7e1226a8" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9867694d44ad22afd" cstate="print"/>
+                          <a:blip r:embed="rId90786967d7e1226a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9828694d44ad22c4e" w:history="1">
+            <w:hyperlink r:id="rId59696967d7e122806" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91955617" name="name7623694d44ad23ce8" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="49810818" name="name75036967d7e1238ba" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8709694d44ad23ce5" cstate="print"/>
+                    <a:blip r:embed="rId78436967d7e1238b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9835694d44ad24210" w:history="1">
+      <w:hyperlink r:id="rId68526967d7e123d9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4604694d44ad24951" w:history="1">
+      <w:hyperlink r:id="rId51526967d7e1244fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7177694d44ad249cb" w:history="1">
+      <w:hyperlink r:id="rId73906967d7e124574" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6526694d44ad24a1c" w:history="1">
+      <w:hyperlink r:id="rId26986967d7e1245c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3084,73 +3084,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6294694d44ad24ad1" w:history="1">
+      <w:hyperlink r:id="rId83956967d7e12467a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9153694d44ad24c80" w:history="1">
+      <w:hyperlink r:id="rId20646967d7e1247e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88023119" name="name4268694d44ad24cdc" descr="eu_funding_250.png"/>
+            <wp:docPr id="99564097" name="name97606967d7e124a39" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4224694d44ad24cdb" cstate="print"/>
+                    <a:blip r:embed="rId15686967d7e124a37" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79881850">
+  <w:abstractNum w:abstractNumId="68959475">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20342151">
+    <w:lvl w:ilvl="0" w:tplc="49245933">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20342151" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49245933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79881849">
+  <w:abstractNum w:abstractNumId="68959474">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12167968">
+    <w:lvl w:ilvl="0" w:tplc="93773251">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79881849">
-    <w:abstractNumId w:val="79881849"/>
+  <w:num w:numId="68959474">
+    <w:abstractNumId w:val="68959474"/>
   </w:num>
-  <w:num w:numId="79881850">
-    <w:abstractNumId w:val="79881850"/>
+  <w:num w:numId="68959475">
+    <w:abstractNumId w:val="68959475"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId652751510" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId422622051" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4485694d44ad2249c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId9754694d44ad22506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId9828694d44ad22c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId9835694d44ad24210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId4604694d44ad24951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId7177694d44ad249cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId6526694d44ad24a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId6294694d44ad24ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9153694d44ad24c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId9867694d44ad22afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9867694d44ad22afd.jpg"/><Relationship Id="rId8709694d44ad23ce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8709694d44ad23ce5.jpg"/><Relationship Id="rId4224694d44ad24cdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4224694d44ad24cdb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144065730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId146073395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20656967d7e122156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId13566967d7e1221be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId59696967d7e122806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId68526967d7e123d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId51526967d7e1244fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId73906967d7e124574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId26986967d7e1245c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId83956967d7e12467a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20646967d7e1247e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId90786967d7e1226a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90786967d7e1226a6.jpg"/><Relationship Id="rId78436967d7e1238b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78436967d7e1238b7.jpg"/><Relationship Id="rId15686967d7e124a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15686967d7e124a37.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>