--- v4 (2026-01-14)
+++ v5 (2026-02-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20656967d7e122156" w:history="1">
+            <w:hyperlink r:id="rId490269826be5c57b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13566967d7e1221be" w:history="1">
+            <w:hyperlink r:id="rId584469826be5c581b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5830810" name="name33366967d7e1226a8" descr="1079.jpg"/>
+                  <wp:docPr id="88384798" name="name108769826be5c5e26" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId90786967d7e1226a6" cstate="print"/>
+                          <a:blip r:embed="rId275469826be5c5e23" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId59696967d7e122806" w:history="1">
+            <w:hyperlink r:id="rId924069826be5c5f40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49810818" name="name75036967d7e1238ba" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="91245069" name="name237869826be5c70e1" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78436967d7e1238b7" cstate="print"/>
+                    <a:blip r:embed="rId199769826be5c70de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68526967d7e123d9f" w:history="1">
+      <w:hyperlink r:id="rId807069826be5c75e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51526967d7e1244fb" w:history="1">
+      <w:hyperlink r:id="rId970269826be5c7d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73906967d7e124574" w:history="1">
+      <w:hyperlink r:id="rId497869826be5c7da5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26986967d7e1245c7" w:history="1">
+      <w:hyperlink r:id="rId690269826be5c7df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3106,51 +3106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83956967d7e12467a" w:history="1">
+      <w:hyperlink r:id="rId223969826be5c7eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20646967d7e1247e8" w:history="1">
+      <w:hyperlink r:id="rId151369826be5c801d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99564097" name="name97606967d7e124a39" descr="eu_funding_250.png"/>
+            <wp:docPr id="12077625" name="name421869826be5c8158" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15686967d7e124a37" cstate="print"/>
+                    <a:blip r:embed="rId764969826be5c8156" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68959475">
+  <w:abstractNum w:abstractNumId="31278502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49245933">
+    <w:lvl w:ilvl="0" w:tplc="16141636">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49245933" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16141636" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68959474">
+  <w:abstractNum w:abstractNumId="31278501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93773251">
+    <w:lvl w:ilvl="0" w:tplc="13732637">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68959474">
-    <w:abstractNumId w:val="68959474"/>
+  <w:num w:numId="31278501">
+    <w:abstractNumId w:val="31278501"/>
   </w:num>
-  <w:num w:numId="68959475">
-    <w:abstractNumId w:val="68959475"/>
+  <w:num w:numId="31278502">
+    <w:abstractNumId w:val="31278502"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144065730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId146073395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId20656967d7e122156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId13566967d7e1221be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId59696967d7e122806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId68526967d7e123d9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId51526967d7e1244fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId73906967d7e124574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId26986967d7e1245c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId83956967d7e12467a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20646967d7e1247e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId90786967d7e1226a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90786967d7e1226a6.jpg"/><Relationship Id="rId78436967d7e1238b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78436967d7e1238b7.jpg"/><Relationship Id="rId15686967d7e124a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15686967d7e124a37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766809499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631919589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId490269826be5c57b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId584469826be5c581b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId924069826be5c5f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId807069826be5c75e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId970269826be5c7d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId497869826be5c7da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId690269826be5c7df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId223969826be5c7eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId151369826be5c801d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId275469826be5c5e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275469826be5c5e23.jpg"/><Relationship Id="rId199769826be5c70de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199769826be5c70de.jpg"/><Relationship Id="rId764969826be5c8156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764969826be5c8156.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>