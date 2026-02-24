--- v5 (2026-02-03)
+++ v6 (2026-02-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490269826be5c57b1" w:history="1">
+            <w:hyperlink r:id="rId3726699d3dccd527d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId584469826be5c581b" w:history="1">
+            <w:hyperlink r:id="rId2679699d3dccd533f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88384798" name="name108769826be5c5e26" descr="1079.jpg"/>
+                  <wp:docPr id="92911118" name="name8229699d3dccd5a3f" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId275469826be5c5e23" cstate="print"/>
+                          <a:blip r:embed="rId5016699d3dccd5a3c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId924069826be5c5f40" w:history="1">
+            <w:hyperlink r:id="rId4013699d3dccd5b63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91245069" name="name237869826be5c70e1" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="37236834" name="name2049699d3dccd6e67" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId199769826be5c70de" cstate="print"/>
+                    <a:blip r:embed="rId5347699d3dccd6e62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807069826be5c75e7" w:history="1">
+      <w:hyperlink r:id="rId1956699d3dccd73a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970269826be5c7d2c" w:history="1">
+      <w:hyperlink r:id="rId6368699d3dccd7ae8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497869826be5c7da5" w:history="1">
+      <w:hyperlink r:id="rId7361699d3dccd7b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690269826be5c7df6" w:history="1">
+      <w:hyperlink r:id="rId1684699d3dccd7bb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3106,51 +3106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223969826be5c7eac" w:history="1">
+      <w:hyperlink r:id="rId8514699d3dccd7c6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151369826be5c801d" w:history="1">
+      <w:hyperlink r:id="rId5723699d3dccd7df8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12077625" name="name421869826be5c8158" descr="eu_funding_250.png"/>
+            <wp:docPr id="41572669" name="name3325699d3dccd80e2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId764969826be5c8156" cstate="print"/>
+                    <a:blip r:embed="rId8864699d3dccd80e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31278502">
+  <w:abstractNum w:abstractNumId="84948847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16141636">
+    <w:lvl w:ilvl="0" w:tplc="35603972">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16141636" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35603972" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31278501">
+  <w:abstractNum w:abstractNumId="84948846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13732637">
+    <w:lvl w:ilvl="0" w:tplc="82507849">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31278501">
-    <w:abstractNumId w:val="31278501"/>
+  <w:num w:numId="84948846">
+    <w:abstractNumId w:val="84948846"/>
   </w:num>
-  <w:num w:numId="31278502">
-    <w:abstractNumId w:val="31278502"/>
+  <w:num w:numId="84948847">
+    <w:abstractNumId w:val="84948847"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId766809499" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631919589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId490269826be5c57b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId584469826be5c581b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId924069826be5c5f40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId807069826be5c75e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId970269826be5c7d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId497869826be5c7da5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId690269826be5c7df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId223969826be5c7eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId151369826be5c801d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId275469826be5c5e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId275469826be5c5e23.jpg"/><Relationship Id="rId199769826be5c70de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199769826be5c70de.jpg"/><Relationship Id="rId764969826be5c8156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764969826be5c8156.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164695814" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId307582399" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3726699d3dccd527d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId2679699d3dccd533f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId4013699d3dccd5b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId1956699d3dccd73a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId6368699d3dccd7ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId7361699d3dccd7b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId1684699d3dccd7bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId8514699d3dccd7c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5723699d3dccd7df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId5016699d3dccd5a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5016699d3dccd5a3c.jpg"/><Relationship Id="rId5347699d3dccd6e62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5347699d3dccd6e62.jpg"/><Relationship Id="rId8864699d3dccd80e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8864699d3dccd80e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>