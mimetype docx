--- v6 (2026-02-24)
+++ v7 (2026-03-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Kitajima</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> needle cast of Japanese larch</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3726699d3dccd527d" w:history="1">
+            <w:hyperlink r:id="rId101069b81d92cf1c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2679699d3dccd533f" w:history="1">
+            <w:hyperlink r:id="rId754969b81d92cf22b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92911118" name="name8229699d3dccd5a3f" descr="1079.jpg"/>
+                  <wp:docPr id="80246821" name="name837069b81d92cf7dd" descr="1079.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1079.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5016699d3dccd5a3c" cstate="print"/>
+                          <a:blip r:embed="rId455269b81d92cf7dc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4013699d3dccd5b63" w:history="1">
+            <w:hyperlink r:id="rId543469b81d92cf912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1233,63 +1233,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No records of the disease are known from the European Union (Anon., 2019), the United Kingdom (Fera, 2019), or any other part of the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37236834" name="name2049699d3dccd6e67" descr="MYCOLL_distribution_map.jpg"/>
+            <wp:docPr id="86560742" name="name493369b81d92d0a68" descr="MYCOLL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5347699d3dccd6e62" cstate="print"/>
+                    <a:blip r:embed="rId113269b81d92d0a66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1760,51 +1760,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1957) can be used for morphological identification. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can also be distinguished from other species in the Mycosphaerellaceae based on DNA sequences. A protocol and reference sequences are available on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1956699d3dccd73a7" w:history="1">
+      <w:hyperlink r:id="rId566669b81d92d0f53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO-Q-bank website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2876,51 +2876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 499-506. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6368699d3dccd7ae8" w:history="1">
+      <w:hyperlink r:id="rId103069b81d92d16a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3832/ifor3570-013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -2946,101 +2946,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7361699d3dccd7b65" w:history="1">
+      <w:hyperlink r:id="rId785169b81d92d1720" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1684699d3dccd7bb6" w:history="1">
+      <w:hyperlink r:id="rId983269b81d92d1771" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5246</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3106,51 +3106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycodiella laricis-leptolepidis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8514699d3dccd7c6d" w:history="1">
+      <w:hyperlink r:id="rId634569b81d92d1826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3341,81 +3341,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-6. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5723699d3dccd7df8" w:history="1">
+      <w:hyperlink r:id="rId494769b81d92d1995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41572669" name="name3325699d3dccd80e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="66186827" name="name331269b81d92d19e9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8864699d3dccd80e0" cstate="print"/>
+                    <a:blip r:embed="rId979369b81d92d19e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3513,137 +3513,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84948847">
+  <w:abstractNum w:abstractNumId="62873460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35603972">
+    <w:lvl w:ilvl="0" w:tplc="91564790">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35603972" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91564790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84948846">
+  <w:abstractNum w:abstractNumId="62873459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82507849">
+    <w:lvl w:ilvl="0" w:tplc="89274429">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4395,55 +4395,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84948846">
-    <w:abstractNumId w:val="84948846"/>
+  <w:num w:numId="62873459">
+    <w:abstractNumId w:val="62873459"/>
   </w:num>
-  <w:num w:numId="84948847">
-    <w:abstractNumId w:val="84948847"/>
+  <w:num w:numId="62873460">
+    <w:abstractNumId w:val="62873460"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15993,51 +15993,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId164695814" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId307582399" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3726699d3dccd527d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId2679699d3dccd533f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId4013699d3dccd5b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId1956699d3dccd73a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId6368699d3dccd7ae8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId7361699d3dccd7b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId1684699d3dccd7bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId8514699d3dccd7c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5723699d3dccd7df8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId5016699d3dccd5a3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5016699d3dccd5a3c.jpg"/><Relationship Id="rId5347699d3dccd6e62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5347699d3dccd6e62.jpg"/><Relationship Id="rId8864699d3dccd80e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8864699d3dccd80e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697004735" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId267751054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId101069b81d92cf1c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/" TargetMode="External"/><Relationship Id="rId754969b81d92cf22b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/categorization" TargetMode="External"/><Relationship Id="rId543469b81d92cf912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLL/photos" TargetMode="External"/><Relationship Id="rId566669b81d92d0f53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://qbank.eppo.int/fungi/methodologies/MycosphaerellaMethodologies" TargetMode="External"/><Relationship Id="rId103069b81d92d16a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3832/ifor3570-013" TargetMode="External"/><Relationship Id="rId785169b81d92d1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.35291" TargetMode="External"/><Relationship Id="rId983269b81d92d1771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5246" TargetMode="External"/><Relationship Id="rId634569b81d92d1826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId494769b81d92d1995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1978.tb02760.x" TargetMode="External"/><Relationship Id="rId455269b81d92cf7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId455269b81d92cf7dc.jpg"/><Relationship Id="rId113269b81d92d0a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId113269b81d92d0a66.jpg"/><Relationship Id="rId979369b81d92d19e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId979369b81d92d19e8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>