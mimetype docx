--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Baker, Dimock &amp; Davis) Aveskamp, Gruyter &amp; Verkley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flower blight of chrysanthemum, ray blight of chrysanthemum, stem canker of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId699568e60f735a0fd" w:history="1">
+            <w:hyperlink r:id="rId8392690dc548844e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId835068e60f735a140" w:history="1">
+            <w:hyperlink r:id="rId3351690dc54884526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48981969" name="name436968e60f735a86e" descr="1075.jpg"/>
+                  <wp:docPr id="99955221" name="name4767690dc548845e7" descr="1075.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1075.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId656268e60f735a86d" cstate="print"/>
+                          <a:blip r:embed="rId2909690dc548845e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId478168e60f735a966" w:history="1">
+            <w:hyperlink r:id="rId3596690dc548846f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1683,63 +1683,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6916718" name="name102368e60f735bfc5" descr="MYCOLG_distribution_map.jpg"/>
+            <wp:docPr id="58090164" name="name9627690dc54885bfc" descr="MYCOLG_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLG_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId630968e60f735bfc2" cstate="print"/>
+                    <a:blip r:embed="rId2826690dc54885bf9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAB International (Centre for Agricultural Bioscience International), online. Datasheets: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Didymella ligulicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553868e60f735da25" w:history="1">
+      <w:hyperlink r:id="rId9903690dc54886daf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 13 of December 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4347,51 +4347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3376. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881568e60f735dd79" w:history="1">
+      <w:hyperlink r:id="rId8036690dc54886f29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5561,51 +5561,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis chrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472768e60f735e7d3" w:history="1">
+      <w:hyperlink r:id="rId3900690dc548876e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5767,81 +5767,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 41-46.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926768e60f735e95f" w:history="1">
+      <w:hyperlink r:id="rId3521690dc54887832" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92421368" name="name135068e60f735e9f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="71636236" name="name3032690dc5488788d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId390768e60f735e9f7" cstate="print"/>
+                    <a:blip r:embed="rId4592690dc5488788c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5939,137 +5939,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75848902">
+  <w:abstractNum w:abstractNumId="25566449">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55180331">
+    <w:lvl w:ilvl="0" w:tplc="70911289">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55180331" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70911289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75848901">
+  <w:abstractNum w:abstractNumId="25566448">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92361675">
+    <w:lvl w:ilvl="0" w:tplc="93069090">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6821,55 +6821,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75848901">
-    <w:abstractNumId w:val="75848901"/>
+  <w:num w:numId="25566448">
+    <w:abstractNumId w:val="25566448"/>
   </w:num>
-  <w:num w:numId="75848902">
-    <w:abstractNumId w:val="75848902"/>
+  <w:num w:numId="25566449">
+    <w:abstractNumId w:val="25566449"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18419,51 +18419,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId144678438" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId478044654" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId699568e60f735a0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId835068e60f735a140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId478168e60f735a966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId553868e60f735da25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId881568e60f735dd79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId472768e60f735e7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId926768e60f735e95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId656268e60f735a86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656268e60f735a86d.jpg"/><Relationship Id="rId630968e60f735bfc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630968e60f735bfc2.jpg"/><Relationship Id="rId390768e60f735e9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390768e60f735e9f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId418413850" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176046430" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8392690dc548844e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId3351690dc54884526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId3596690dc548846f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId9903690dc54886daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId8036690dc54886f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId3900690dc548876e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3521690dc54887832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId2909690dc548845e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2909690dc548845e6.jpg"/><Relationship Id="rId2826690dc54885bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2826690dc54885bf9.jpg"/><Relationship Id="rId4592690dc5488788c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4592690dc5488788c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>