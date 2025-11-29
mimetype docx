--- v1 (2025-11-07)
+++ v2 (2025-11-29)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Baker, Dimock &amp; Davis) Aveskamp, Gruyter &amp; Verkley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flower blight of chrysanthemum, ray blight of chrysanthemum, stem canker of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8392690dc548844e1" w:history="1">
+            <w:hyperlink r:id="rId8941692b50bb117ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3351690dc54884526" w:history="1">
+            <w:hyperlink r:id="rId3488692b50bb11831" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99955221" name="name4767690dc548845e7" descr="1075.jpg"/>
+                  <wp:docPr id="29888061" name="name8137692b50bb118fd" descr="1075.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1075.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2909690dc548845e6" cstate="print"/>
+                          <a:blip r:embed="rId6356692b50bb118fb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3596690dc548846f8" w:history="1">
+            <w:hyperlink r:id="rId4282692b50bb11a3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1683,63 +1683,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58090164" name="name9627690dc54885bfc" descr="MYCOLG_distribution_map.jpg"/>
+            <wp:docPr id="27149967" name="name1824692b50bb129a4" descr="MYCOLG_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLG_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2826690dc54885bf9" cstate="print"/>
+                    <a:blip r:embed="rId2610692b50bb129a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAB International (Centre for Agricultural Bioscience International), online. Datasheets: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Didymella ligulicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9903690dc54886daf" w:history="1">
+      <w:hyperlink r:id="rId9261692b50bb13aff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 13 of December 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4347,51 +4347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3376. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8036690dc54886f29" w:history="1">
+      <w:hyperlink r:id="rId2781692b50bb13c77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5561,51 +5561,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis chrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3900690dc548876e8" w:history="1">
+      <w:hyperlink r:id="rId9094692b50bb14423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5767,81 +5767,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 41-46.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3521690dc54887832" w:history="1">
+      <w:hyperlink r:id="rId6988692b50bb1456d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71636236" name="name3032690dc5488788d" descr="eu_funding_250.png"/>
+            <wp:docPr id="56307625" name="name9028692b50bb149cb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4592690dc5488788c" cstate="print"/>
+                    <a:blip r:embed="rId8324692b50bb149c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5939,137 +5939,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25566449">
+  <w:abstractNum w:abstractNumId="13470874">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70911289">
+    <w:lvl w:ilvl="0" w:tplc="36256531">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70911289" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36256531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25566448">
+  <w:abstractNum w:abstractNumId="13470873">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93069090">
+    <w:lvl w:ilvl="0" w:tplc="96896373">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6821,55 +6821,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25566448">
-    <w:abstractNumId w:val="25566448"/>
+  <w:num w:numId="13470873">
+    <w:abstractNumId w:val="13470873"/>
   </w:num>
-  <w:num w:numId="25566449">
-    <w:abstractNumId w:val="25566449"/>
+  <w:num w:numId="13470874">
+    <w:abstractNumId w:val="13470874"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18419,51 +18419,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId418413850" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176046430" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8392690dc548844e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId3351690dc54884526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId3596690dc548846f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId9903690dc54886daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId8036690dc54886f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId3900690dc548876e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3521690dc54887832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId2909690dc548845e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2909690dc548845e6.jpg"/><Relationship Id="rId2826690dc54885bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2826690dc54885bf9.jpg"/><Relationship Id="rId4592690dc5488788c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4592690dc5488788c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832920764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId821645810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8941692b50bb117ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId3488692b50bb11831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId4282692b50bb11a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId9261692b50bb13aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId2781692b50bb13c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId9094692b50bb14423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6988692b50bb1456d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId6356692b50bb118fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6356692b50bb118fb.jpg"/><Relationship Id="rId2610692b50bb129a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2610692b50bb129a2.jpg"/><Relationship Id="rId8324692b50bb149c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8324692b50bb149c9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>