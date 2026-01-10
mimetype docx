--- v2 (2025-11-29)
+++ v3 (2026-01-10)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Baker, Dimock &amp; Davis) Aveskamp, Gruyter &amp; Verkley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flower blight of chrysanthemum, ray blight of chrysanthemum, stem canker of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8941692b50bb117ec" w:history="1">
+            <w:hyperlink r:id="rId8425696271893f994" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3488692b50bb11831" w:history="1">
+            <w:hyperlink r:id="rId9338696271893f9d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29888061" name="name8137692b50bb118fd" descr="1075.jpg"/>
+                  <wp:docPr id="36641834" name="name4477696271893faf0" descr="1075.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1075.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6356692b50bb118fb" cstate="print"/>
+                          <a:blip r:embed="rId2225696271893faef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4282692b50bb11a3f" w:history="1">
+            <w:hyperlink r:id="rId9997696271893fbee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1683,63 +1683,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27149967" name="name1824692b50bb129a4" descr="MYCOLG_distribution_map.jpg"/>
+            <wp:docPr id="72874327" name="name478269627189415aa" descr="MYCOLG_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLG_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2610692b50bb129a2" cstate="print"/>
+                    <a:blip r:embed="rId837469627189415a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAB International (Centre for Agricultural Bioscience International), online. Datasheets: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Didymella ligulicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9261692b50bb13aff" w:history="1">
+      <w:hyperlink r:id="rId9260696271894279c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 13 of December 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4347,51 +4347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3376. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2781692b50bb13c77" w:history="1">
+      <w:hyperlink r:id="rId1135696271894291c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5539,73 +5539,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis chrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9094692b50bb14423" w:history="1">
+      <w:hyperlink r:id="rId8072696271894362f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5767,81 +5767,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 41-46.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6988692b50bb1456d" w:history="1">
+      <w:hyperlink r:id="rId594369627189437e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56307625" name="name9028692b50bb149cb" descr="eu_funding_250.png"/>
+            <wp:docPr id="43434930" name="name74016962718943880" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8324692b50bb149c9" cstate="print"/>
+                    <a:blip r:embed="rId3399696271894387e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5939,137 +5939,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13470874">
+  <w:abstractNum w:abstractNumId="66349577">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36256531">
+    <w:lvl w:ilvl="0" w:tplc="83139575">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36256531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83139575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13470873">
+  <w:abstractNum w:abstractNumId="66349576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96896373">
+    <w:lvl w:ilvl="0" w:tplc="69540897">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6821,55 +6821,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13470873">
-    <w:abstractNumId w:val="13470873"/>
+  <w:num w:numId="66349576">
+    <w:abstractNumId w:val="66349576"/>
   </w:num>
-  <w:num w:numId="13470874">
-    <w:abstractNumId w:val="13470874"/>
+  <w:num w:numId="66349577">
+    <w:abstractNumId w:val="66349577"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18419,51 +18419,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId832920764" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId821645810" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8941692b50bb117ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId3488692b50bb11831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId4282692b50bb11a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId9261692b50bb13aff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId2781692b50bb13c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId9094692b50bb14423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6988692b50bb1456d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId6356692b50bb118fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6356692b50bb118fb.jpg"/><Relationship Id="rId2610692b50bb129a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2610692b50bb129a2.jpg"/><Relationship Id="rId8324692b50bb149c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8324692b50bb149c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId555728509" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId420275090" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8425696271893f994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId9338696271893f9d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId9997696271893fbee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId9260696271894279c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId1135696271894291c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId8072696271894362f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId594369627189437e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId2225696271893faef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2225696271893faef.jpg"/><Relationship Id="rId837469627189415a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837469627189415a6.jpg"/><Relationship Id="rId3399696271894387e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3399696271894387e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>