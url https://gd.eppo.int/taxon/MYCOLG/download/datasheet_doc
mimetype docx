--- v3 (2026-01-10)
+++ v4 (2026-02-08)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Baker, Dimock &amp; Davis) Aveskamp, Gruyter &amp; Verkley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flower blight of chrysanthemum, ray blight of chrysanthemum, stem canker of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8425696271893f994" w:history="1">
+            <w:hyperlink r:id="rId237069889b73a7bc6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9338696271893f9d7" w:history="1">
+            <w:hyperlink r:id="rId205269889b73a7c0a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36641834" name="name4477696271893faf0" descr="1075.jpg"/>
+                  <wp:docPr id="27016063" name="name629269889b73a82a8" descr="1075.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1075.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2225696271893faef" cstate="print"/>
+                          <a:blip r:embed="rId194669889b73a82a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9997696271893fbee" w:history="1">
+            <w:hyperlink r:id="rId343769889b73a83db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1683,105 +1683,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72874327" name="name478269627189415aa" descr="MYCOLG_distribution_map.jpg"/>
+            <wp:docPr id="1473546" name="name207469889b73a9c6e" descr="MYCOLG_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLG_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId837469627189415a6" cstate="print"/>
+                    <a:blip r:embed="rId546369889b73a9c6a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, France (mainland), Germany, Ireland, Israel, Italy (mainland), Lithuania, Luxembourg, Moldova, Republic of, Norway, Poland, Romania, Russian Federation (the), Serbia, Slovakia, Tunisia, United Kingdom (Channel Islands, England, Northern Ireland)</w:t>
+        <w:t xml:space="preserve"> Belgium, France (mainland), Germany, Ireland, Israel, Italy (mainland), Lithuania, Luxembourg, Moldova, Republic of, Norway, Poland, Romania, Russian Federation, Serbia, Slovakia, Tunisia, United Kingdom (Channel Islands, England, Northern Ireland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kenya, Malawi, Tanzania, United Republic of, Tunisia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAB International (Centre for Agricultural Bioscience International), online. Datasheets: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Didymella ligulicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9260696271894279c" w:history="1">
+      <w:hyperlink r:id="rId674569889b73aadff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 13 of December 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4347,51 +4347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3376. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1135696271894291c" w:history="1">
+      <w:hyperlink r:id="rId505269889b73aafad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5561,51 +5561,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis chrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8072696271894362f" w:history="1">
+      <w:hyperlink r:id="rId195769889b73ab747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5767,81 +5767,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 41-46.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594369627189437e4" w:history="1">
+      <w:hyperlink r:id="rId384469889b73ab88f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43434930" name="name74016962718943880" descr="eu_funding_250.png"/>
+            <wp:docPr id="87633085" name="name672469889b73ab907" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3399696271894387e" cstate="print"/>
+                    <a:blip r:embed="rId970669889b73ab905" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5939,137 +5939,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66349577">
+  <w:abstractNum w:abstractNumId="25858689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83139575">
+    <w:lvl w:ilvl="0" w:tplc="27037080">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83139575" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27037080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66349576">
+  <w:abstractNum w:abstractNumId="25858688">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69540897">
+    <w:lvl w:ilvl="0" w:tplc="80832988">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6821,55 +6821,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66349576">
-    <w:abstractNumId w:val="66349576"/>
+  <w:num w:numId="25858688">
+    <w:abstractNumId w:val="25858688"/>
   </w:num>
-  <w:num w:numId="66349577">
-    <w:abstractNumId w:val="66349577"/>
+  <w:num w:numId="25858689">
+    <w:abstractNumId w:val="25858689"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18419,51 +18419,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId555728509" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId420275090" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8425696271893f994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId9338696271893f9d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId9997696271893fbee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId9260696271894279c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId1135696271894291c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId8072696271894362f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId594369627189437e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId2225696271893faef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2225696271893faef.jpg"/><Relationship Id="rId837469627189415a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837469627189415a6.jpg"/><Relationship Id="rId3399696271894387e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3399696271894387e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749359448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351893945" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId237069889b73a7bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId205269889b73a7c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId343769889b73a83db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId674569889b73aadff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId505269889b73aafad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId195769889b73ab747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId384469889b73ab88f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId194669889b73a82a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId194669889b73a82a6.jpg"/><Relationship Id="rId546369889b73a9c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546369889b73a9c6a.jpg"/><Relationship Id="rId970669889b73ab905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970669889b73ab905.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>