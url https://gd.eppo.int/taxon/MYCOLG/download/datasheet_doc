--- v4 (2026-02-08)
+++ v5 (2026-03-01)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> (Baker, Dimock &amp; Davis) Aveskamp, Gruyter &amp; Verkley</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> flower blight of chrysanthemum, ray blight of chrysanthemum, stem canker of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237069889b73a7bc6" w:history="1">
+            <w:hyperlink r:id="rId318169a4546c016be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205269889b73a7c0a" w:history="1">
+            <w:hyperlink r:id="rId549569a4546c016ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -453,86 +453,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MYCOLG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27016063" name="name629269889b73a82a8" descr="1075.jpg"/>
+                  <wp:docPr id="21947671" name="name792369a4546c017a6" descr="1075.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1075.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId194669889b73a82a6" cstate="print"/>
+                          <a:blip r:embed="rId591669a4546c017a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId343769889b73a83db" w:history="1">
+            <w:hyperlink r:id="rId956169a4546c01891" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1683,63 +1683,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1473546" name="name207469889b73a9c6e" descr="MYCOLG_distribution_map.jpg"/>
+            <wp:docPr id="98531634" name="name184969a4546c02a42" descr="MYCOLG_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MYCOLG_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId546369889b73a9c6a" cstate="print"/>
+                    <a:blip r:embed="rId454369a4546c02a3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4110,51 +4110,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAB International (Centre for Agricultural Bioscience International), online. Datasheets: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Didymella ligulicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Crop Protection Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674569889b73aadff" w:history="1">
+      <w:hyperlink r:id="rId705969a4546c03b97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/cpc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 13 of December 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4347,51 +4347,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3376. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505269889b73aafad" w:history="1">
+      <w:hyperlink r:id="rId906969a4546c03d10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5561,51 +5561,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Stagonosporopsis chrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195769889b73ab747" w:history="1">
+      <w:hyperlink r:id="rId704569a4546c044d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5767,81 +5767,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 41-46.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384469889b73ab88f" w:history="1">
+      <w:hyperlink r:id="rId297969a4546c04625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87633085" name="name672469889b73ab907" descr="eu_funding_250.png"/>
+            <wp:docPr id="19628383" name="name784069a4546c0467c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId970669889b73ab905" cstate="print"/>
+                    <a:blip r:embed="rId794669a4546c0467b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5939,137 +5939,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25858689">
+  <w:abstractNum w:abstractNumId="52251580">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27037080">
+    <w:lvl w:ilvl="0" w:tplc="28284777">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27037080" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28284777" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25858688">
+  <w:abstractNum w:abstractNumId="52251579">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80832988">
+    <w:lvl w:ilvl="0" w:tplc="16869913">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6821,55 +6821,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25858688">
-    <w:abstractNumId w:val="25858688"/>
+  <w:num w:numId="52251579">
+    <w:abstractNumId w:val="52251579"/>
   </w:num>
-  <w:num w:numId="25858689">
-    <w:abstractNumId w:val="25858689"/>
+  <w:num w:numId="52251580">
+    <w:abstractNumId w:val="52251580"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18419,51 +18419,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749359448" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351893945" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId237069889b73a7bc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId205269889b73a7c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId343769889b73a83db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId674569889b73aadff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId505269889b73aafad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId195769889b73ab747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId384469889b73ab88f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId194669889b73a82a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId194669889b73a82a6.jpg"/><Relationship Id="rId546369889b73a9c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546369889b73a9c6a.jpg"/><Relationship Id="rId970669889b73ab905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970669889b73ab905.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121012212" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977982565" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId318169a4546c016be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/" TargetMode="External"/><Relationship Id="rId549569a4546c016ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/categorization" TargetMode="External"/><Relationship Id="rId956169a4546c01891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MYCOLG/photos" TargetMode="External"/><Relationship Id="rId705969a4546c03b97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/cpc/" TargetMode="External"/><Relationship Id="rId906969a4546c03d10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2013.3376" TargetMode="External"/><Relationship Id="rId704569a4546c044d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId297969a4546c04625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1982.tb01954.x" TargetMode="External"/><Relationship Id="rId591669a4546c017a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId591669a4546c017a5.jpg"/><Relationship Id="rId454369a4546c02a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454369a4546c02a3f.jpg"/><Relationship Id="rId794669a4546c0467b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId794669a4546c0467b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>