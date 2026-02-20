--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -2367,51 +2367,51 @@
       <c r="B73" t="s">
         <v>154</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>155</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>59</v>
       </c>
       <c r="B74" t="s">
         <v>156</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
         <v>157</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>59</v>
       </c>
       <c r="B75" t="s">
         <v>158</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>159</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>59</v>
       </c>
       <c r="B76" t="s">
         <v>160</v>
       </c>