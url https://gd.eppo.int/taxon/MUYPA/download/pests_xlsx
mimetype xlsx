--- v0 (2025-10-10)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUYPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Dubey AK, Ko CC (2012) Sexual dimorphism among species of Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Taiwan, with one new species and an identification key. Zootaxa 3177, 1–23.</t>
   </si>
   <si>
@@ -131,50 +131,59 @@
   <si>
     <t>'Candidatus Liberibacter asiaticus'</t>
   </si>
   <si>
     <t xml:space="preserve">* Cifuentes-Arenas JC, Beattie GAC, Peña L, Aparecido Lopes S (2019) Murraya paniculata and Swinglea glutinosa as Short-Term Transient Hosts of ‘Candidatus Liberibacter asiaticus’ and Implications for the Spread of Huanglongbing. Phytopathology 109:12, 2064-2073. DOI: 10.1094/PHYTO-06-19-0216-R
 ------- Infections in M. paniculata were transient. Very few insects that successfully acquired Las from M. paniculata were able to transmit the pathogen to healthy citrus.  However these plants could eventually serve as carriers of Las to regions currently free from HLB.
 * Lopes SA, Frare GF, Camargo LEA, Wulff NA, Teixeira DC, Bassanezi RB, Beattie GAC &amp; Ayres AJ (2010) Liberibacters associated with orange jasmine in Brazil: incidence in urban areas and relatedness to citrus liberibacters. Plant Pathology 59, 1044-1053. </t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>CERTQI</t>
   </si>
   <si>
     <t>Ceratitis quilicii</t>
   </si>
   <si>
     <t>* Moquet L, Payet J, Glenac S, Delatte H (2021) Niche shift of tephritid species after the Oriental fruit fly (Bactrocera dorsalis) invasion in La Réunion. Diversity and Distributions. 27(1), 109-129. https://doi.org/10.1111/ddi.13172</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Ehara S (1999) Revision of the Spider Mite Family Tetranychidae of Japan (Acari, Prostigmata). Species Diversity 4(1), 63-141.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 -------Non-reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>SCITDO</t>
@@ -556,51 +565,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="355.056" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -761,133 +770,147 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>40</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>46</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B20" t="s">
         <v>56</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>57</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>58</v>
       </c>
-      <c r="D20" t="s">
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
         <v>59</v>
+      </c>
+      <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">