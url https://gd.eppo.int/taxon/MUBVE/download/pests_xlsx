--- v0 (2025-10-10)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBVE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BBTV00</t>
   </si>
   <si>
     <t>Babuvirus musae</t>
   </si>
   <si>
     <t>* Mendoza NA, Mendoza JV, Thomas JE, Dela Cueva FM (2024) Alternative hosts of banana bunchy top virus in the Philippines and the first evidence of seed transmission of BBTV. Frontiers in Plant Science 15,1467331.  https://doi.org/10.3389/fpls.2024.1467331</t>
   </si>
   <si>
@@ -244,50 +244,53 @@
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
+  </si>
+  <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Musa)</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2019). Spider Mites Web. A comprehensive database for the Tetranychidae.
 http://www.montpellier.inra.fr/CBGP/spmweb [accessed September 2019]
 * Moraes GJ de, Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira 16(2), 177–186.
 * Vasconcelos G (2011) Diversidade de ácaros em agroecossistemas e testes para o controle alternativo do ácaro branco, Polyphagotarsonemus latus (Acari, Tarsonemidae) na região de Manaus. Universidade de Sao Paulo.
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.
 * Moraes GJ de &amp; Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira, 16(2), 177–186.</t>
   </si>
   <si>
@@ -1116,198 +1119,200 @@
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>73</v>
       </c>
       <c r="C31" t="s">
         <v>74</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
         <v>75</v>
       </c>
       <c r="C32" t="s">
         <v>76</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B40" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B41" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">