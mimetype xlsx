--- v1 (2025-11-18)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBVE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BBTV00</t>
   </si>
   <si>
     <t>Babuvirus musae</t>
   </si>
   <si>
     <t>* Mendoza NA, Mendoza JV, Thomas JE, Dela Cueva FM (2024) Alternative hosts of banana bunchy top virus in the Philippines and the first evidence of seed transmission of BBTV. Frontiers in Plant Science 15,1467331.  https://doi.org/10.3389/fpls.2024.1467331</t>
   </si>
   <si>
@@ -232,50 +232,53 @@
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Musa)</t>
   </si>
   <si>
     <t>MYCOFI</t>
   </si>
   <si>
     <t>Pseudocercospora fijiensis (as Musa)</t>
   </si>
   <si>
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
   </si>
   <si>
     <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
@@ -1095,224 +1098,226 @@
         <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>69</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="s">
         <v>72</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">