--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -322,50 +322,53 @@
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
+  </si>
+  <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Gavas Ragesh, Sanju Balan (2020) The first report on fall armyworm, Spodoptera frugiperda (J. E. Smith (Lepidoptera: Noctuidae) as an invasive pest in banana from Kerala, South India and notes on its behaviour. Insect Environment 23, 19-23.
 * Nurkomar I, Trisnawati DW, Fahmi F, Buchori D (2023) Survival, development, and fecundity of Spodoptera frugiperda (J.E. Smith) (Lepidoptera: Noctuidae) on various host plant species and their Implication for pest management. Insects 14(7), 629. https://doi.org/10.3390/insects14070629
 --------- In laboratory experiments conducted in Indonesia, banana was found to be a suitable host, which could serve as an alternate host (to maize).</t>
   </si>
   <si>
     <t>CASTLI</t>
   </si>
   <si>
@@ -1339,254 +1342,256 @@
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
         <v>99</v>
       </c>
       <c r="C40" t="s">
         <v>100</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D44" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B50" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" t="s">
+        <v>128</v>
+      </c>
+      <c r="D50" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B52" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D55" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">