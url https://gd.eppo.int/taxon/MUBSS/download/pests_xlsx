--- v1 (2025-12-10)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -310,50 +310,53 @@
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Musa)</t>
   </si>
   <si>
     <t>MYCOFI</t>
   </si>
   <si>
     <t>Pseudocercospora fijiensis (as Musa)</t>
   </si>
   <si>
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
   </si>
   <si>
     <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
@@ -1318,280 +1321,282 @@
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D44" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D48" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D49" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B50" t="s">
+        <v>128</v>
+      </c>
+      <c r="C50" t="s">
+        <v>129</v>
+      </c>
+      <c r="D50" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D53" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B55" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C55" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D55" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">