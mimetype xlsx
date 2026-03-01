--- v2 (2026-02-09)
+++ v3 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -393,50 +393,59 @@
 * Moraes GJ de, Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira 16(2), 177–186.
 * Vasconcelos G (2011) Diversidade de ácaros em agroecossistemas e testes para o controle alternativo do ácaro branco, Polyphagotarsonemus latus (Acari, Tarsonemidae) na região de Manaus. Universidade de Sao Paulo.
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.
 * Moraes GJ de &amp; Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira, 16(2), 177–186.</t>
   </si>
   <si>
     <t>THRIHA</t>
   </si>
   <si>
     <t>Thrips hawaiiensis (as Musa)</t>
   </si>
   <si>
     <t>TIRAPL</t>
   </si>
   <si>
     <t>Tiracola plagiata (as Musa)</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus (as Musa)</t>
   </si>
   <si>
     <t>Major host</t>
+  </si>
+  <si>
+    <t>DACUMU</t>
+  </si>
+  <si>
+    <t>Bactrocera musae</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Iamba K, Abraham L, Kawi AP, Guaf T, Nugi A, Tenakanai D (2024) Infestation level of banana fruit fly (Bactrocera musae, Tryon) on Kalapua banana (Musa sp.) in Gazelle Peninsula, Papua New Guinea. Journal of Entomological and Acarological Research 56, 12572. </t>
   </si>
   <si>
     <t>PHYPNO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma noviguineense' (as Musa)</t>
   </si>
   <si>
     <t>* Miyazaki A, Shigaki T, Koinuma H, Iwabuchi N, Rauka GB, Kembu A, Saul J, Watanabe K, Nijo T, Maejima K, Yamaji Y (2018) ‘Candidatus Phytoplasma noviguineense’, a novel taxon associated with Bogia coconut syndrome and banana wilt disease on the island of New Guinea. International Journal of Systematic and Evolutionary Microbiology 68(1), 170-175.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Cellier G, Prior P (2010) Deciphering phenotypic diversity of Ralstonia solanacearum strains pathogenic to potato. Phytopathology 100:1250-1261. 
 * N'Guessan CA, Brisse S, Le Roux-Nio A-C, Poussier S, Koné D, Wicker E (2013) Development of variable number of tandem repeats typing schemes for Ralstonia solanacearum, the agent of bacterial wilt, banana Moko disease and potato brown rot. Journal of Microbiological Methods 92, 366-374
 * Pardo JM, López-Alvarez D, Ceballos G et al. (2019) Detection of Ralstonia solanacearum phylotype II, race 2 causing Moko disease and validation of genetic resistance observed in the hybrid plantain FHIA-21. Tropical Plant Pathology 44, 371–379  https://doi.org/10.1007/s40858-019-00282-3</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
@@ -817,51 +826,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="610.994" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1482,121 +1491,135 @@
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>121</v>
       </c>
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="s">
         <v>126</v>
       </c>
       <c r="D49" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>121</v>
       </c>
       <c r="B50" t="s">
         <v>128</v>
       </c>
       <c r="C50" t="s">
         <v>129</v>
       </c>
       <c r="D50" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>121</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C51" t="s">
+        <v>132</v>
+      </c>
+      <c r="D51" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>121</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C52" t="s">
         <v>133</v>
       </c>
       <c r="D52" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>121</v>
       </c>
       <c r="B53" t="s">
         <v>135</v>
       </c>
       <c r="C53" t="s">
         <v>136</v>
       </c>
       <c r="D53" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>121</v>
       </c>
       <c r="B54" t="s">
         <v>138</v>
       </c>
       <c r="C54" t="s">
         <v>139</v>
       </c>
       <c r="D54" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>121</v>
+      </c>
+      <c r="B55" t="s">
         <v>141</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>142</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>143</v>
       </c>
-      <c r="D55" t="s">
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
         <v>144</v>
+      </c>
+      <c r="B56" t="s">
+        <v>145</v>
+      </c>
+      <c r="C56" t="s">
+        <v>146</v>
+      </c>
+      <c r="D56" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">