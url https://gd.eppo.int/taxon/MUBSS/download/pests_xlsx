--- v3 (2026-03-01)
+++ v4 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -129,50 +129,59 @@
     <t>SCITSI</t>
   </si>
   <si>
     <t>Chaetanaphothrips signipennis (as Musa)</t>
   </si>
   <si>
     <t>* Mille CG, Cazères S , Jourdan H, Mound LA (2025) Biosecurity in a biodiversity hotspot: an updated checklist of the Thysanoptera fauna of New Caledonia. Advances in Entomology 13(1), 1-47. https://doi.org/10.4236/ae.2025.131001</t>
   </si>
   <si>
     <t>CHRYFI</t>
   </si>
   <si>
     <t>Chrysomphalus aonidum (as Musa)</t>
   </si>
   <si>
     <t>COLAHY</t>
   </si>
   <si>
     <t>Colaspis hypochlora (as Musa)</t>
   </si>
   <si>
     <t>COTMAY</t>
   </si>
   <si>
     <t>Corythauma ayyari (as Musa)</t>
+  </si>
+  <si>
+    <t>FRANOC</t>
+  </si>
+  <si>
+    <t>Frankliniella occidentalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.12575</t>
   </si>
   <si>
     <t>GIBBFU</t>
   </si>
   <si>
     <t>Fusarium fujikuroi (as Musa)</t>
   </si>
   <si>
     <t>FUSACB</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense (as Musa)</t>
   </si>
   <si>
     <t>* Magdama F, Monserrate-Maggi L, Serrano L, García Onofre J, Jiménez-Gasco MdM.(2020) Genetic diversity of Fusarium oxysporum f. sp. cubense, the Fusarium wilt pathogen of banana, in Ecuador. Plants. 9(9), 1133. https://doi.org/10.3390/plants9091133</t>
   </si>
   <si>
     <t>FUSAC4</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense Tropical race 4</t>
   </si>
   <si>
     <t>* Ploetz RC (2006) Panama disease: an old nemesis rears its ugly: head part 2. The Cavendish era and beyond. Plant Health Progress 7(1), 36.</t>
   </si>
@@ -211,50 +220,59 @@
   </si>
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua (as Musa)</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
     <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus (as Musa)</t>
   </si>
   <si>
     <t>* Fancelli M, Borges AL, Ritzinger CHSP, Silva D dos S, Ringenberg R (2012) [Metamasius hemipterus L. as a pest of bananas cv. Terra]. Revista Brasileira de Fruticultura 34(3), 944-946
 *Roman Posligua VA, Rojas Rojas JA, Mendoza KJ (2017) Evaluation of four types of traps for monitoring Metamasius hemipterus L.(Coleoptera: Curculionidae) in barraganete plantain. Ctro. Agr.,  Santa Clar 44(3), 91-93.</t>
+  </si>
+  <si>
+    <t>MCCTAB</t>
+  </si>
+  <si>
+    <t>Microcephalothrips abdominalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.1257</t>
   </si>
   <si>
     <t>MUSSNV</t>
   </si>
   <si>
     <t>Mussidia nigrivenella</t>
   </si>
   <si>
     <t xml:space="preserve">* Silvie P (1990) Mussidia nigrivenella Ragonot (Pyralidae, Phycitinae): a little known cotton pest. Coton et Fibres Tropicales 45(4), 323-333.
 </t>
   </si>
   <si>
     <t>HEDYOC</t>
   </si>
   <si>
     <t>Nacoleia octasema (as Musa)</t>
   </si>
   <si>
     <t>ODOILO</t>
   </si>
   <si>
     <t>Odoiporus longicollis (as Musa)</t>
   </si>
   <si>
     <t>OLIGPU</t>
@@ -826,51 +844,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D56"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="610.994" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1042,381 +1060,381 @@
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>43</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>53</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
       <c r="D22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>61</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
       <c r="D25" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>72</v>
+      </c>
+      <c r="D28" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>77</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>82</v>
+      </c>
+      <c r="D32" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>87</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
         <v>88</v>
       </c>
       <c r="C35" t="s">
         <v>89</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>105</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
         <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>107</v>
       </c>
       <c r="D42" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
         <v>109</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
@@ -1426,200 +1444,228 @@
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s">
         <v>113</v>
       </c>
       <c r="D44" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
         <v>115</v>
       </c>
       <c r="C45" t="s">
         <v>116</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C46" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>119</v>
+      </c>
+      <c r="D46" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>124</v>
       </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="s">
         <v>126</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B50" t="s">
         <v>128</v>
       </c>
       <c r="C50" t="s">
         <v>129</v>
       </c>
       <c r="D50" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B51" t="s">
         <v>131</v>
       </c>
       <c r="C51" t="s">
         <v>132</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D52" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C53" t="s">
+        <v>138</v>
+      </c>
+      <c r="D53" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C54" t="s">
         <v>139</v>
       </c>
       <c r="D54" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B55" t="s">
         <v>141</v>
       </c>
       <c r="C55" t="s">
         <v>142</v>
       </c>
       <c r="D55" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>127</v>
+      </c>
+      <c r="B56" t="s">
         <v>144</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>145</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>146</v>
       </c>
-      <c r="D56" t="s">
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>127</v>
+      </c>
+      <c r="B57" t="s">
         <v>147</v>
+      </c>
+      <c r="C57" t="s">
+        <v>148</v>
+      </c>
+      <c r="D57" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>150</v>
+      </c>
+      <c r="B58" t="s">
+        <v>151</v>
+      </c>
+      <c r="C58" t="s">
+        <v>152</v>
+      </c>
+      <c r="D58" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">