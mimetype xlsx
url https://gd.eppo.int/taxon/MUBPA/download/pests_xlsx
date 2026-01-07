--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum (as Musa)</t>
   </si>
   <si>
     <t>* Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
@@ -209,50 +209,55 @@
     <t>COLAHY</t>
   </si>
   <si>
     <t>Colaspis hypochlora</t>
   </si>
   <si>
     <t>Colaspis hypochlora (as Musa)</t>
   </si>
   <si>
     <t>COTMAY</t>
   </si>
   <si>
     <t>Corythauma ayyari (as Musa)</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Lo PKC (1968) Tetranychoid mites infesting fruit plants in Taiwan. Bulletin Sun Yat-sen Cultural Foundation 2, 97-137.
+------- as Musa sapientum
+* Nassar OA, Ghai S (1981) Taxonomic studies on tetranychoid mites infesting vegetable and fruit crops in Delhi and surrounding areas. Oriental Insects 15(4), 333-396.</t>
   </si>
   <si>
     <t>GIBBFU</t>
   </si>
   <si>
     <t>Fusarium fujikuroi (as Musa)</t>
   </si>
   <si>
     <t>FUSACB</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense (as Musa)</t>
   </si>
   <si>
     <t>* Magdama F, Monserrate-Maggi L, Serrano L, García Onofre J, Jiménez-Gasco MdM.(2020) Genetic diversity of Fusarium oxysporum f. sp. cubense, the Fusarium wilt pathogen of banana, in Ecuador. Plants. 9(9), 1133. https://doi.org/10.3390/plants9091133</t>
   </si>
   <si>
     <t>HERCBI</t>
   </si>
   <si>
     <t>Hercinothrips bicinctus (as Musa)</t>
   </si>
   <si>
     <t>LACPCA</t>
   </si>
@@ -401,50 +406,53 @@
   <si>
     <t>Radopholus similis citrus race</t>
   </si>
   <si>
     <t>* Brooks TL (1954) Host Range of the Burrowing Nematode Internationally and in Florida. Proceedings of the Florida State Horticultural Society 67, 81-82.
 ------- as Musa sapientum</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* da Cruz WP, Souza MC, Lacerda JDA, Fonseca e Souza AIA, Silva PA, Cruz dos Santos E (2022) Occurrence of Raoiella indica Hirst (Acari, Tenuipalpidae) in the Southeast region of the state of Pará, Brazil. Journal of Plant Diseases and Protection. https://doi.org/10.1007/s41348-022-00659-8
 ------- Abundant numbers of specimens found on this plant.</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
+  </si>
+  <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>SPPHOB</t>
   </si>
   <si>
     <t>Rhabdoscelus obscurus</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Mound LA, Palmer JM (1981) Identification, distribution and host-plants of the pest species of Scirtothrips (Thysanoptera: Thripidae). Bulletin of Entomological Research 71, 467-479.
 * Nasseh OM, Mughni AAA (1990) Efficacy of chemical and natural insecticides for suppression of Scirtothrips aurantii (Faure) (Thripidae - Thysanoptera) causing banana fruit spotting disease in the Yemen Arab Republic. In: Proceedings, Integrated Pest Management in Tropical and Subtropical Cropping Systems, Frankfurt, 1990, pp. 749-756. Deutsche Landwirtschaftsgesellschaft, Frankfurt am Main, Germany</t>
@@ -1427,968 +1435,972 @@
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>61</v>
       </c>
       <c r="C26" t="s">
         <v>62</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>63</v>
       </c>
       <c r="C27" t="s">
         <v>64</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C40" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D40" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C43" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D43" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C44" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D44" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C45" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C46" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D46" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C47" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C48" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C49" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C50" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C52" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D53" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C54" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D54"/>
+        <v>127</v>
+      </c>
+      <c r="D54" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C55" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C56" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D56" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C57" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D57" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C58" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D58" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C59" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D59" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C60" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C61" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D61" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C62" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D62" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C63" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C64" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C65" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D65" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C66" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
         <v>26</v>
       </c>
       <c r="C67" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B68" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C68" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B69" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C69" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B70" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C70" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B71" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C71" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D71" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B72" t="s">
         <v>50</v>
       </c>
       <c r="C72" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B73" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C73" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B74" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C74" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B75" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C75" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B76" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C76" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D76" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B77" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C77" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C78" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B79" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C79" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B80" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C80" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D80" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B81" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C81" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D81" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B82" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C82" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B83" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C83" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D83" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B84" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C84" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B85" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C85" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D85" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B86" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C86" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D86" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B87" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C87" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B88" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C88" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D88" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B89" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C89" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D89" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B90" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C90" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D90" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B91" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C91" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D91" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B92" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C92" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D92" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B93" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C93" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D93" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B94" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C94" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B95" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C95" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B96" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C96" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B97" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C97" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D97" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B98" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C98" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D98" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">