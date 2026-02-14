--- v1 (2026-01-07)
+++ v2 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum (as Musa)</t>
   </si>
   <si>
     <t>* Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
@@ -377,50 +377,53 @@
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PSECGA</t>
   </si>
   <si>
     <t>Pseudococcus calceolariae</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>RADOCI</t>
   </si>
   <si>
     <t>Radopholus similis citrus race</t>
   </si>
   <si>
     <t>* Brooks TL (1954) Host Range of the Burrowing Nematode Internationally and in Florida. Proceedings of the Florida State Horticultural Society 67, 81-82.
 ------- as Musa sapientum</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* da Cruz WP, Souza MC, Lacerda JDA, Fonseca e Souza AIA, Silva PA, Cruz dos Santos E (2022) Occurrence of Raoiella indica Hirst (Acari, Tenuipalpidae) in the Southeast region of the state of Pará, Brazil. Journal of Plant Diseases and Protection. https://doi.org/10.1007/s41348-022-00659-8
@@ -616,50 +619,54 @@
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Heppner JB, Pena JE, Glenn H (1987) The banana moth, Opogona sacchari (Bojer) (Lepidoptera: Tineidae), in Florida. Entomology Circular, Division of Plant Industry, Florida Department of Agriculture and Consumer Services No. 293, 4pp.
 * Oldham JN (1928) Hieroxestis subcervinella, Wlk., an enemy of the banana in the Canary Islands. Bulletin of Entomological Research, 19(2), 147-166. 
 ------- as Musa sapientum.</t>
   </si>
   <si>
     <t>BBRMV0</t>
   </si>
   <si>
     <t>Potyvirus musae</t>
   </si>
   <si>
     <t>Pseudocercospora fijiensis</t>
   </si>
   <si>
     <t>MYCOMU</t>
   </si>
   <si>
     <t>Pseudocercospora musae</t>
   </si>
   <si>
     <t>Radopholus similis</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25
+* Torres-Asuaje PE, Cotes-Prado AM, Echeverría-Beirute F, Blanco-Rojas FA, Sandoval-Fernández JA, Segura-Mena RA, Palomares-Rius JE (2023) Ensilaged biostimulants promoting root health and control of Radopholus similis in banana (Musa AAA) cv. Grande Naine. European Journal of Plant Pathology 165(3), 465-474.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Wicker E, Grassart L, Coranson-Beaudu R, Mian D, Guilbaud C, Fegan M, Prior P (2007) Ralstonia solanacearum strains from Martinique (French West Indies) exhibiting a new pathogenic potential. Applied and Environmental Microbiology 73(21), 6790-801. doi: 10.1128/AEM.00841-07
 * Pardo JM, López-Alvarez D, Ceballos G et al. (2019) Detection of Ralstonia solanacearum phylotype II, race 2 causing Moko disease and validation of genetic resistance observed in the hybrid plantain FHIA-21. Tropical Plant Pathology 44, 371–379  https://doi.org/10.1007/s40858-019-00282-3</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use)</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>* Blomme G, Dita M, Jacobsen KS, Pérez VL, Molina A, Ocimati W, Poussier S, Prior P (2017) Bacterial diseases of Bananas and Enset: current state of knowledge and integrated approaches toward sustainable management. Frontiers in Plant Science  8, 1290
 ------- confirmed host for R. syzygii subsp. celebesensis. 
 * N'Guessan CA, Brisse S, Le Roux-Nio A-C, Poussier S, Koné D, Wicker E (2013) Development of variable number of tandem repeats typing schemes for Ralstonia solanacearum, the agent of bacterial wilt, banana Moko disease and potato brown rot. Journal of Microbiological Methods 92, 366-374.
 * Pardo JM, López-Alvarez D, Ceballos G et al. (2019) Detection of Ralstonia solanacearum phylotype II, race 2 causing Moko disease and validation of genetic resistance observed in the hybrid plantain FHIA-21. Tropical Plant Pathology 44, 371–379  https://doi.org/10.1007/s40858-019-00282-3
@@ -1731,676 +1738,678 @@
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
         <v>115</v>
       </c>
       <c r="C49" t="s">
         <v>116</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>117</v>
       </c>
       <c r="C50" t="s">
         <v>118</v>
       </c>
-      <c r="D50"/>
+      <c r="D50" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D51" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C52" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D53" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C54" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D54" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C55" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C56" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D56" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C57" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D57" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C58" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D58" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C59" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D59" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C60" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C61" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D61" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C62" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D62" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C63" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C64" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C65" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D65" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C66" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B67" t="s">
         <v>26</v>
       </c>
       <c r="C67" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B68" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C68" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C69" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B70" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C70" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B71" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C71" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D71" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B72" t="s">
         <v>50</v>
       </c>
       <c r="C72" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B73" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C73" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B74" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C74" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B75" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C75" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B76" t="s">
         <v>68</v>
       </c>
       <c r="C76" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D76" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B77" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C77" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>71</v>
       </c>
       <c r="C78" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>90</v>
       </c>
       <c r="C79" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B80" t="s">
         <v>92</v>
       </c>
       <c r="C80" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D80" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B81" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C81" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D81" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B82" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C82" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B83" t="s">
         <v>108</v>
       </c>
       <c r="C83" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D83" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B84" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C84" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B85" t="s">
         <v>117</v>
       </c>
       <c r="C85" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D85" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B86" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C86" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D86" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B87" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C87" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B88" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C88" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D88" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B89" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C89" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D89" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B90" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C90" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D90" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B91" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C91" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D91" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B92" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C92" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D92" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B93" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C93" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D93" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B94" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C94" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B95" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C95" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B96" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C96" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B97" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C97" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D97" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B98" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C98" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D98" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">