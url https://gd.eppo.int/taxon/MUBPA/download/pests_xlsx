--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum (as Musa)</t>
   </si>
   <si>
     <t>* Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
@@ -527,50 +527,53 @@
     <t>UNASCI</t>
   </si>
   <si>
     <t>Unaspis citri</t>
   </si>
   <si>
     <t>* Williams DJ, Watson GW (1988) The Scale Insects of the Tropical South Pacific Region. Pt. 1. The Armoured Scales (Diaspididae). CABI Wallingford, UK, 290 pp.</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus (as Musa)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Babuvirus musae</t>
   </si>
   <si>
     <t>DACUMU</t>
   </si>
   <si>
     <t>Bactrocera musae</t>
+  </si>
+  <si>
+    <t>* Junaidi J, Gassa A, Ramli R, Patandjengi B (2026) Distribution areas of quarantine plant pest organisms of the fruit fly Bactrocera musae (Diptera: Tephritidae) in South Sulawesi, Indonesia. Jurnal Hama dan Penyakit Tumbuhan Tropika 26(1), 68-77. https://doi.org/10.23960/jhptt.12668-77</t>
   </si>
   <si>
     <t>BAMO00</t>
   </si>
   <si>
     <t>Banana mottling agent</t>
   </si>
   <si>
     <t>BSV000</t>
   </si>
   <si>
     <t>Banana streak disease</t>
   </si>
   <si>
     <t>PHYPNO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma noviguineense' (as Musa)</t>
   </si>
   <si>
     <t>* Miyazaki A, Shigaki T, Koinuma H, Iwabuchi N, Rauka GB, Kembu A, Saul J, Watanabe K, Nijo T, Maejima K, Yamaji Y (2018) ‘Candidatus Phytoplasma noviguineense’, a novel taxon associated with Bogia coconut syndrome and banana wilt disease on the island of New Guinea. International Journal of Systematic and Evolutionary Microbiology 68(1), 170-175.</t>
   </si>
   <si>
     <t>Chaetanaphothrips signipennis</t>
   </si>
@@ -1976,440 +1979,442 @@
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>161</v>
       </c>
       <c r="B67" t="s">
         <v>26</v>
       </c>
       <c r="C67" t="s">
         <v>162</v>
       </c>
       <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>161</v>
       </c>
       <c r="B68" t="s">
         <v>163</v>
       </c>
       <c r="C68" t="s">
         <v>164</v>
       </c>
-      <c r="D68"/>
+      <c r="D68" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>161</v>
       </c>
       <c r="B69" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C69" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>161</v>
       </c>
       <c r="B70" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C70" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>161</v>
       </c>
       <c r="B71" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C71" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D71" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>161</v>
       </c>
       <c r="B72" t="s">
         <v>50</v>
       </c>
       <c r="C72" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>161</v>
       </c>
       <c r="B73" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C73" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>161</v>
       </c>
       <c r="B74" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C74" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>161</v>
       </c>
       <c r="B75" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C75" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>161</v>
       </c>
       <c r="B76" t="s">
         <v>68</v>
       </c>
       <c r="C76" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D76" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>161</v>
       </c>
       <c r="B77" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C77" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>161</v>
       </c>
       <c r="B78" t="s">
         <v>71</v>
       </c>
       <c r="C78" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>90</v>
       </c>
       <c r="C79" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>161</v>
       </c>
       <c r="B80" t="s">
         <v>92</v>
       </c>
       <c r="C80" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D80" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>161</v>
       </c>
       <c r="B81" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C81" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D81" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>161</v>
       </c>
       <c r="B82" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C82" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>161</v>
       </c>
       <c r="B83" t="s">
         <v>108</v>
       </c>
       <c r="C83" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D83" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>161</v>
       </c>
       <c r="B84" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C84" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>161</v>
       </c>
       <c r="B85" t="s">
         <v>117</v>
       </c>
       <c r="C85" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D85" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>161</v>
       </c>
       <c r="B86" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C86" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D86" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>161</v>
       </c>
       <c r="B87" t="s">
         <v>123</v>
       </c>
       <c r="C87" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>161</v>
       </c>
       <c r="B88" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C88" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D88" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>161</v>
       </c>
       <c r="B89" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C89" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D89" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>161</v>
       </c>
       <c r="B90" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C90" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D90" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>161</v>
       </c>
       <c r="B91" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C91" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D91" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>161</v>
       </c>
       <c r="B92" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C92" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D92" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>161</v>
       </c>
       <c r="B93" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C93" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D93" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>161</v>
       </c>
       <c r="B94" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C94" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>161</v>
       </c>
       <c r="B95" t="s">
         <v>154</v>
       </c>
       <c r="C95" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>161</v>
       </c>
       <c r="B96" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C96" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>161</v>
       </c>
       <c r="B97" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C97" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D97" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B98" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C98" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D98" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">