--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBPA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum (as Musa)</t>
   </si>
   <si>
     <t>* Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
@@ -216,50 +216,59 @@
   </si>
   <si>
     <t>COTMAY</t>
   </si>
   <si>
     <t>Corythauma ayyari (as Musa)</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
     <t>Eutetranychus orientalis</t>
   </si>
   <si>
     <t>* Lo PKC (1968) Tetranychoid mites infesting fruit plants in Taiwan. Bulletin Sun Yat-sen Cultural Foundation 2, 97-137.
 ------- as Musa sapientum
 * Nassar OA, Ghai S (1981) Taxonomic studies on tetranychoid mites infesting vegetable and fruit crops in Delhi and surrounding areas. Oriental Insects 15(4), 333-396.</t>
   </si>
   <si>
+    <t>FRANOC</t>
+  </si>
+  <si>
+    <t>Frankliniella occidentalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.12575</t>
+  </si>
+  <si>
     <t>GIBBFU</t>
   </si>
   <si>
     <t>Fusarium fujikuroi (as Musa)</t>
   </si>
   <si>
     <t>FUSACB</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense (as Musa)</t>
   </si>
   <si>
     <t>* Magdama F, Monserrate-Maggi L, Serrano L, García Onofre J, Jiménez-Gasco MdM.(2020) Genetic diversity of Fusarium oxysporum f. sp. cubense, the Fusarium wilt pathogen of banana, in Ecuador. Plants. 9(9), 1133. https://doi.org/10.3390/plants9091133</t>
   </si>
   <si>
     <t>HERCBI</t>
   </si>
   <si>
     <t>Hercinothrips bicinctus (as Musa)</t>
   </si>
   <si>
     <t>LACPCA</t>
   </si>
   <si>
     <t>Lachnopus campechianus (as Musa)</t>
@@ -288,50 +297,59 @@
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t xml:space="preserve">* Arias de López M, Kondo T, Molina-Moreira N (2025) A new threat to Ecuadorian flora: first report of the pink hibiscus mealybug, Maconellicoccus hirsutus (Green, 1908)(Hemiptera: Pseudococcidae) and its potential biological control agent. Revista Brasileira de Entomologia 69, e20250007. https://doi.org/10.1590/1806-9665-RBENT-2025-0007 </t>
   </si>
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua (as Musa)</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus</t>
   </si>
   <si>
     <t>Metamasius hemipterus (as Musa)</t>
   </si>
   <si>
     <t>* Fancelli M, Borges AL, Ritzinger CHSP, Silva D dos S, Ringenberg R (2012) [Metamasius hemipterus L. as a pest of bananas cv. Terra]. Revista Brasileira de Fruticultura 34(3), 944-946
 *Roman Posligua VA, Rojas Rojas JA, Mendoza KJ (2017) Evaluation of four types of traps for monitoring Metamasius hemipterus L.(Coleoptera: Curculionidae) in barraganete plantain. Ctro. Agr.,  Santa Clar 44(3), 91-93.</t>
+  </si>
+  <si>
+    <t>MCCTAB</t>
+  </si>
+  <si>
+    <t>Microcephalothrips abdominalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.1257</t>
   </si>
   <si>
     <t>HEDYOC</t>
   </si>
   <si>
     <t>Nacoleia octasema (as Musa)</t>
   </si>
   <si>
     <t>ODOILO</t>
   </si>
   <si>
     <t>Odoiporus longicollis (as Musa)</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Bolland HR, Gutierrez J, Flechtmann CH (1988) World catalogue of the spider mite family (Acari: Tetranychidae). Brill, 392 pp.
 ------- As Musa sapientum.
 * Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb</t>
   </si>
   <si>
@@ -1087,51 +1105,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D98"/>
+  <dimension ref="A1:D100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="610.994" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1459,962 +1477,990 @@
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>63</v>
       </c>
       <c r="C27" t="s">
         <v>64</v>
       </c>
       <c r="D27" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>66</v>
       </c>
       <c r="C28" t="s">
         <v>67</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>70</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="s">
         <v>72</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C32" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>77</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>78</v>
       </c>
       <c r="C33" t="s">
         <v>79</v>
       </c>
       <c r="D33" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>81</v>
       </c>
       <c r="C34" t="s">
         <v>82</v>
       </c>
       <c r="D34" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>84</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>94</v>
+      </c>
+      <c r="D39" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C40" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D42"/>
+        <v>101</v>
+      </c>
+      <c r="D42" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C43" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C44" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D44" t="s">
         <v>106</v>
       </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C45" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>108</v>
+      </c>
+      <c r="D45" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C46" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D46" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C47" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C48" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>115</v>
+      </c>
+      <c r="D48" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C49" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C50" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C51" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>122</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>123</v>
       </c>
       <c r="C52" t="s">
         <v>124</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C53" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D53" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C54" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C55" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>132</v>
+      </c>
+      <c r="D55" t="s">
+        <v>133</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>8</v>
       </c>
       <c r="B56" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C56" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D56" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>8</v>
       </c>
       <c r="B57" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C57" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>137</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>138</v>
       </c>
       <c r="C58" t="s">
         <v>139</v>
       </c>
       <c r="D58" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>141</v>
       </c>
       <c r="C59" t="s">
         <v>142</v>
       </c>
       <c r="D59" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>144</v>
       </c>
       <c r="C60" t="s">
         <v>145</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>8</v>
       </c>
       <c r="B61" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C61" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D61" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>8</v>
       </c>
       <c r="B62" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C62" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="D62" t="s">
         <v>151</v>
       </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>152</v>
       </c>
       <c r="C63" t="s">
         <v>153</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>154</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>8</v>
       </c>
       <c r="B64" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C64" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D64"/>
+        <v>156</v>
+      </c>
+      <c r="D64" t="s">
+        <v>157</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C65" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C66" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>161</v>
+        <v>8</v>
       </c>
       <c r="B67" t="s">
-        <v>26</v>
+        <v>162</v>
       </c>
       <c r="C67" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>163</v>
+      </c>
+      <c r="D67" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>161</v>
+        <v>8</v>
       </c>
       <c r="B68" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C68" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B69" t="s">
-        <v>166</v>
+        <v>26</v>
       </c>
       <c r="C69" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B70" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C70" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>170</v>
+      </c>
+      <c r="D70" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C71" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B72" t="s">
-        <v>50</v>
+        <v>174</v>
       </c>
       <c r="C72" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C73" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D73"/>
+        <v>177</v>
+      </c>
+      <c r="D73" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B74" t="s">
-        <v>176</v>
+        <v>50</v>
       </c>
       <c r="C74" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B75" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C75" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D75"/>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B76" t="s">
-        <v>68</v>
+        <v>182</v>
       </c>
       <c r="C76" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B77" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C77" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B78" t="s">
         <v>71</v>
       </c>
       <c r="C78" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D78"/>
+        <v>186</v>
+      </c>
+      <c r="D78" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B79" t="s">
-        <v>90</v>
+        <v>187</v>
       </c>
       <c r="C79" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B80" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
       <c r="C80" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>187</v>
+        <v>96</v>
       </c>
       <c r="C81" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>190</v>
+        <v>98</v>
       </c>
       <c r="C82" t="s">
         <v>191</v>
       </c>
-      <c r="D82"/>
+      <c r="D82" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B83" t="s">
-        <v>108</v>
+        <v>193</v>
       </c>
       <c r="C83" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D83" t="s">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B84" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C84" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B85" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C85" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D85" t="s">
-        <v>196</v>
+        <v>116</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B86" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C86" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B87" t="s">
         <v>123</v>
       </c>
       <c r="C87" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="D87"/>
+        <v>201</v>
+      </c>
+      <c r="D87" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B88" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C88" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D88" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B89" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="C89" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="D89"/>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B90" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C90" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D90" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B91" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C91" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D91" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B92" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C92" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D92" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B93" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C93" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D93" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B94" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C94" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D94"/>
+        <v>218</v>
+      </c>
+      <c r="D94" t="s">
+        <v>219</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B95" t="s">
-        <v>154</v>
+        <v>217</v>
       </c>
       <c r="C95" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="D95"/>
+        <v>220</v>
+      </c>
+      <c r="D95" t="s">
+        <v>221</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B96" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C96" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B97" t="s">
-        <v>221</v>
+        <v>160</v>
       </c>
       <c r="C97" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>224</v>
+        <v>167</v>
       </c>
       <c r="B98" t="s">
         <v>225</v>
       </c>
       <c r="C98" t="s">
         <v>226</v>
       </c>
-      <c r="D98" t="s">
+      <c r="D98"/>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>167</v>
+      </c>
+      <c r="B99" t="s">
         <v>227</v>
+      </c>
+      <c r="C99" t="s">
+        <v>228</v>
+      </c>
+      <c r="D99" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>230</v>
+      </c>
+      <c r="B100" t="s">
+        <v>231</v>
+      </c>
+      <c r="C100" t="s">
+        <v>232</v>
+      </c>
+      <c r="D100" t="s">
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">