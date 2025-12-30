--- v0 (2025-10-10)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BBTV00</t>
   </si>
   <si>
     <t>Babuvirus musae</t>
   </si>
   <si>
     <t>* Mendoza NA, Mendoza JV, Thomas JE, Dela Cueva FM (2024) Alternative hosts of banana bunchy top virus in the Philippines and the first evidence of seed transmission of BBTV. Frontiers in Plant Science 15,1467331.  https://doi.org/10.3389/fpls.2024.1467331</t>
   </si>
   <si>
@@ -244,50 +244,53 @@
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
+  </si>
+  <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Musa)</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2019). Spider Mites Web. A comprehensive database for the Tetranychidae.
 http://www.montpellier.inra.fr/CBGP/spmweb [accessed September 2019]
 * Moraes GJ de, Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira 16(2), 177–186.
 * Vasconcelos G (2011) Diversidade de ácaros em agroecossistemas e testes para o controle alternativo do ácaro branco, Polyphagotarsonemus latus (Acari, Tarsonemidae) na região de Manaus. Universidade de Sao Paulo.
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.
 * Moraes GJ de &amp; Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira, 16(2), 177–186.</t>
   </si>
   <si>
@@ -1116,198 +1119,200 @@
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>73</v>
       </c>
       <c r="C31" t="s">
         <v>74</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
         <v>75</v>
       </c>
       <c r="C32" t="s">
         <v>76</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B40" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B41" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">