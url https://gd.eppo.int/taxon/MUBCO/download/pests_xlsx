--- v1 (2025-12-30)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BBTV00</t>
   </si>
   <si>
     <t>Babuvirus musae</t>
   </si>
   <si>
     <t>* Mendoza NA, Mendoza JV, Thomas JE, Dela Cueva FM (2024) Alternative hosts of banana bunchy top virus in the Philippines and the first evidence of seed transmission of BBTV. Frontiers in Plant Science 15,1467331.  https://doi.org/10.3389/fpls.2024.1467331</t>
   </si>
   <si>
@@ -232,50 +232,53 @@
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Musa)</t>
   </si>
   <si>
     <t>MYCOFI</t>
   </si>
   <si>
     <t>Pseudocercospora fijiensis (as Musa)</t>
   </si>
   <si>
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
   </si>
   <si>
     <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
@@ -1095,224 +1098,226 @@
         <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>69</v>
       </c>
       <c r="C29" t="s">
         <v>70</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>71</v>
       </c>
       <c r="C30" t="s">
         <v>72</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">