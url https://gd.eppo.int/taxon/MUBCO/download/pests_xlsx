--- v2 (2026-02-09)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BBTV00</t>
   </si>
   <si>
     <t>Babuvirus musae</t>
   </si>
   <si>
     <t>* Mendoza NA, Mendoza JV, Thomas JE, Dela Cueva FM (2024) Alternative hosts of banana bunchy top virus in the Philippines and the first evidence of seed transmission of BBTV. Frontiers in Plant Science 15,1467331.  https://doi.org/10.3389/fpls.2024.1467331</t>
   </si>
   <si>
@@ -120,50 +120,59 @@
     <t>SCITSI</t>
   </si>
   <si>
     <t>Chaetanaphothrips signipennis (as Musa)</t>
   </si>
   <si>
     <t>* Mille CG, Cazères S , Jourdan H, Mound LA (2025) Biosecurity in a biodiversity hotspot: an updated checklist of the Thysanoptera fauna of New Caledonia. Advances in Entomology 13(1), 1-47. https://doi.org/10.4236/ae.2025.131001</t>
   </si>
   <si>
     <t>CHRYFI</t>
   </si>
   <si>
     <t>Chrysomphalus aonidum (as Musa)</t>
   </si>
   <si>
     <t>COLAHY</t>
   </si>
   <si>
     <t>Colaspis hypochlora (as Musa)</t>
   </si>
   <si>
     <t>COTMAY</t>
   </si>
   <si>
     <t>Corythauma ayyari (as Musa)</t>
+  </si>
+  <si>
+    <t>FRANOC</t>
+  </si>
+  <si>
+    <t>Frankliniella occidentalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.12575</t>
   </si>
   <si>
     <t>GIBBFU</t>
   </si>
   <si>
     <t>Fusarium fujikuroi (as Musa)</t>
   </si>
   <si>
     <t>FUSACB</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense (as Musa)</t>
   </si>
   <si>
     <t>* Magdama F, Monserrate-Maggi L, Serrano L, García Onofre J, Jiménez-Gasco MdM.(2020) Genetic diversity of Fusarium oxysporum f. sp. cubense, the Fusarium wilt pathogen of banana, in Ecuador. Plants. 9(9), 1133. https://doi.org/10.3390/plants9091133</t>
   </si>
   <si>
     <t>HERCBI</t>
   </si>
   <si>
     <t>Hercinothrips bicinctus (as Musa)</t>
   </si>
   <si>
     <t>LACPCA</t>
   </si>
@@ -172,50 +181,59 @@
   </si>
   <si>
     <t>ACHAFU</t>
   </si>
   <si>
     <t>Lissachatina fulica (as Musa)</t>
   </si>
   <si>
     <t>* Thiengo SC, Faraco FA, Salgado NC, Cowie RH, Fernandez MA (2007) Rapid spread of an invasive snail in South America: the giant African snail, Achatina fulica, in Brasil. Biological Invasions 9, 693-702.</t>
   </si>
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua (as Musa)</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus (as Musa)</t>
   </si>
   <si>
     <t>* Fancelli M, Borges AL, Ritzinger CHSP, Silva D dos S, Ringenberg R (2012) [Metamasius hemipterus L. as a pest of bananas cv. Terra]. Revista Brasileira de Fruticultura 34(3), 944-946
 *Roman Posligua VA, Rojas Rojas JA, Mendoza KJ (2017) Evaluation of four types of traps for monitoring Metamasius hemipterus L.(Coleoptera: Curculionidae) in barraganete plantain. Ctro. Agr.,  Santa Clar 44(3), 91-93.</t>
+  </si>
+  <si>
+    <t>MCCTAB</t>
+  </si>
+  <si>
+    <t>Microcephalothrips abdominalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.1257</t>
   </si>
   <si>
     <t>HEDYOC</t>
   </si>
   <si>
     <t>Nacoleia octasema (as Musa)</t>
   </si>
   <si>
     <t>ODOILO</t>
   </si>
   <si>
     <t>Odoiporus longicollis (as Musa)</t>
   </si>
   <si>
     <t>PAPUIN</t>
   </si>
   <si>
     <t>Papuana inermis (as Musa)</t>
   </si>
   <si>
     <t>PAPUSE</t>
   </si>
   <si>
     <t>Papuana woodlarckiana (as Musa)</t>
   </si>
@@ -704,51 +722,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="610.994" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -908,416 +926,444 @@
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>34</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>40</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>47</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>52</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>57</v>
+      </c>
+      <c r="D23" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C29" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>81</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
         <v>85</v>
       </c>
       <c r="C35" t="s">
         <v>86</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D36"/>
+        <v>89</v>
+      </c>
+      <c r="D36" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>94</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="B39" t="s">
         <v>95</v>
       </c>
       <c r="C39" t="s">
         <v>96</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B40" t="s">
         <v>98</v>
       </c>
       <c r="C40" t="s">
         <v>99</v>
       </c>
       <c r="D40" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B41" t="s">
         <v>101</v>
       </c>
       <c r="C41" t="s">
         <v>102</v>
       </c>
       <c r="D41" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>97</v>
+      </c>
+      <c r="B43" t="s">
         <v>107</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>108</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>109</v>
       </c>
-      <c r="D43" t="s">
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>97</v>
+      </c>
+      <c r="B44" t="s">
         <v>110</v>
+      </c>
+      <c r="C44" t="s">
+        <v>111</v>
+      </c>
+      <c r="D44" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>113</v>
+      </c>
+      <c r="B45" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">