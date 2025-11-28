--- v0 (2025-10-17)
+++ v1 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBBJ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum (as Musa)</t>
   </si>
   <si>
     <t>* Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
@@ -247,50 +247,53 @@
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
+  </si>
+  <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Musa)</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2019). Spider Mites Web. A comprehensive database for the Tetranychidae.
 http://www.montpellier.inra.fr/CBGP/spmweb [accessed September 2019]
 * Moraes GJ de, Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira 16(2), 177–186.
 * Vasconcelos G (2011) Diversidade de ácaros em agroecossistemas e testes para o controle alternativo do ácaro branco, Polyphagotarsonemus latus (Acari, Tarsonemidae) na região de Manaus. Universidade de Sao Paulo.
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.
 * Moraes GJ de &amp; Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira, 16(2), 177–186.</t>
   </si>
   <si>
@@ -1119,198 +1122,200 @@
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>74</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>76</v>
       </c>
       <c r="C32" t="s">
         <v>77</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">