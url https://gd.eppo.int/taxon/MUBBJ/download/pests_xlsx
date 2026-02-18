--- v1 (2025-11-28)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBBJ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>RHYCPA</t>
   </si>
   <si>
     <t>Rhynchophorus palmarum (as Musa)</t>
   </si>
   <si>
     <t>* Wattanapongsiri, A. (1966) A revision of the Genera Rhynchophorus and Dynamis. Department of Agricultural Science Bulletin, Bangkok, Thailand.</t>
   </si>
   <si>
@@ -235,50 +235,53 @@
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Musa)</t>
   </si>
   <si>
     <t>MYCOFI</t>
   </si>
   <si>
     <t>Pseudocercospora fijiensis (as Musa)</t>
   </si>
   <si>
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
   </si>
   <si>
     <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
@@ -1098,224 +1101,226 @@
         <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>72</v>
       </c>
       <c r="C30" t="s">
         <v>73</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C35" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C37" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B39" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C39" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B41" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">