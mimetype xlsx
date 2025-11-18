--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBAC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Levin R, Brito JA, Crow WT, Schoellhorn RK (2005) Host status of several perennial ornamental plants to four root-knot nematode species in growth room and greenhouse experiments (abstract). Journal of Nematology 37, 379. https://journals.flvc.org/jon/article/view/67587/65255
 ------- only litterature report for this host.</t>
   </si>
@@ -349,50 +349,53 @@
     <t>* Ray JD, Subandiyah S, Rincon-Florez VA, Prakoso AB, Mudita WI, Carvalhais LC, Markus JE, O'Dwyer CA, Drenth A (2021) Geographic expansion of banana blood disease in Southeast Asia. Plant Disease 105(10), 2792-2800. https://doi.org/10.1094/PDIS-01-21-0149-RE
 ------- confirmed host of Ralstonia syzygii subsp. celebesensis.</t>
   </si>
   <si>
     <t>RALSSC</t>
   </si>
   <si>
     <t>Ralstonia syzygii subsp. celebesensis</t>
   </si>
   <si>
     <t>* Ray J D, Subandiyah S, Rincon-Florez V A, Prakoso A B, Mudita I W, Carvalhais L C, Markus J E R, O'Dwyer C A, Drenth A (2021) Geographic expansion of banana blood disease in Southeast Asia. Plant Disease 105(10), 2792-2800. https://doi.org/10.1094/PDIS-01-21-0149-RE
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>RAOIIN</t>
   </si>
   <si>
     <t>Raoiella indica</t>
   </si>
   <si>
     <t>* Carrillo D, Navia D, Ferragut F, Peña JE (2011) First report of Raoiella indica (Acari: Tenuipalpidae) in Colombia. Florida Entomologist, 94(2):370-371. https://doi.org/10.1653/024.094.0241
 ------- confirmed host</t>
   </si>
   <si>
     <t>Raoiella indica (as Musa)</t>
+  </si>
+  <si>
+    <t>* Murillo P, Alpízar-Aguilar G (2025) First report of Raoiella indica Hirst (Acari: Tenuipalpidae) in Costa Rica. International Journal of Acarology 7, 1-3.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Musa)</t>
   </si>
   <si>
     <t>* Elekcioğlu İH, Uludamar EB, Dişkaya SV, Avcıoğlu S, Çağlar BK (2024) Characterization of Rotylenchulus reniformis Linford &amp; Oliveira, 1940 (Tylenchida: Hoplolaimidae) in a banana greenhouse in Turkey. Crop Protection 184, 106821.</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus (as Musa)</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2019). Spider Mites Web. A comprehensive database for the Tetranychidae.
 http://www.montpellier.inra.fr/CBGP/spmweb [accessed September 2019]
 * Moraes GJ de, Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira 16(2), 177–186.
 * Vasconcelos G (2011) Diversidade de ácaros em agroecossistemas e testes para o controle alternativo do ácaro branco, Polyphagotarsonemus latus (Acari, Tarsonemidae) na região de Manaus. Universidade de Sao Paulo.
 * Flechtmann C &amp; Abreu J (1973) Ácaros Fitófagos do Estado da Bahia, Brasil (Notas preliminares). Ciência e Cultura, 25(3), 244–251.
 * Moraes GJ de &amp; Flechtmann CHW (1981) Ácaros fitófagos do Nordeste do Brasil. Pesquisa Agropecuária Brasileira, 16(2), 177–186.</t>
   </si>
   <si>
@@ -1389,226 +1392,228 @@
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
         <v>105</v>
       </c>
       <c r="C42" t="s">
         <v>106</v>
       </c>
       <c r="D42" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
         <v>105</v>
       </c>
       <c r="C43" t="s">
         <v>108</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B53" t="s">
         <v>99</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C56" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">