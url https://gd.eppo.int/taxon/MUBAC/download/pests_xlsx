--- v1 (2025-11-18)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBAC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Levin R, Brito JA, Crow WT, Schoellhorn RK (2005) Host status of several perennial ornamental plants to four root-knot nematode species in growth room and greenhouse experiments (abstract). Journal of Nematology 37, 379. https://journals.flvc.org/jon/article/view/67587/65255
 ------- only litterature report for this host.</t>
   </si>
@@ -310,50 +310,53 @@
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Musa)</t>
   </si>
   <si>
     <t>MYCOFI</t>
   </si>
   <si>
     <t>Pseudocercospora fijiensis (as Musa)</t>
   </si>
   <si>
     <t>* Marin DH, Romero RA, Guzman M, Sutton TB (2003) Black Sigatoka: an increasing threat to banana cultivation. Plant disease 87(3), 208-222.</t>
   </si>
   <si>
     <t>PYRIOR</t>
   </si>
   <si>
     <t>Pyricularia oryzae (as Musa)</t>
   </si>
   <si>
     <t>RADOSI</t>
   </si>
   <si>
     <t>Radopholus similis (as Musaceae)</t>
+  </si>
+  <si>
+    <t>* O'Bannon JH (1977) Worldwide dissemination of Radopholus similis and its importance in crop production. Journal of nematology.9(1), 16-25</t>
   </si>
   <si>
     <t>PSDMS2</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 2 (no longer in use) (as Musa)</t>
   </si>
   <si>
     <t>RALSSY</t>
   </si>
   <si>
     <t>Ralstonia syzygii</t>
   </si>
   <si>
     <t>* Ray JD, Subandiyah S, Rincon-Florez VA, Prakoso AB, Mudita WI, Carvalhais LC, Markus JE, O'Dwyer CA, Drenth A (2021) Geographic expansion of banana blood disease in Southeast Asia. Plant Disease 105(10), 2792-2800. https://doi.org/10.1094/PDIS-01-21-0149-RE
 ------- confirmed host of Ralstonia syzygii subsp. celebesensis.</t>
   </si>
   <si>
     <t>RALSSC</t>
   </si>
   <si>
     <t>Ralstonia syzygii subsp. celebesensis</t>
   </si>
   <si>
     <t>* Ray J D, Subandiyah S, Rincon-Florez V A, Prakoso A B, Mudita I W, Carvalhais L C, Markus J E R, O'Dwyer C A, Drenth A (2021) Geographic expansion of banana blood disease in Southeast Asia. Plant Disease 105(10), 2792-2800. https://doi.org/10.1094/PDIS-01-21-0149-RE
@@ -1326,294 +1329,296 @@
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D44" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D45" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D50" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D52" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B53" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D53" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B54" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C55" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D55" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B56" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C56" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D56" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">