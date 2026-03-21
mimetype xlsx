--- v2 (2026-02-09)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MUBAC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Levin R, Brito JA, Crow WT, Schoellhorn RK (2005) Host status of several perennial ornamental plants to four root-knot nematode species in growth room and greenhouse experiments (abstract). Journal of Nematology 37, 379. https://journals.flvc.org/jon/article/view/67587/65255
 ------- only litterature report for this host.</t>
   </si>
@@ -180,50 +180,59 @@
   <si>
     <t>Chrysomphalus aonidum (as Musa)</t>
   </si>
   <si>
     <t>COLAHY</t>
   </si>
   <si>
     <t>Colaspis hypochlora (as Musa)</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
   </si>
   <si>
     <t>COTMAY</t>
   </si>
   <si>
     <t>Corythauma ayyari (as Musa)</t>
   </si>
   <si>
+    <t>FRANOC</t>
+  </si>
+  <si>
+    <t>Frankliniella occidentalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.12575</t>
+  </si>
+  <si>
     <t>GIBBCI</t>
   </si>
   <si>
     <t>Fusarium circinatum</t>
   </si>
   <si>
     <t>* Drenkhan R, Ganley B, Martín-García J, Vahalík P, Adamson K, Adamčíková K, Ahumada R, Blank L et al. (2020) Global geographic distribution and host range of Fusarium circinatum, the causal agent of pine pitch canker. Forests 11(7), 724.
 ------- Natural non-Pinus host.</t>
   </si>
   <si>
     <t>GIBBFU</t>
   </si>
   <si>
     <t>Fusarium fujikuroi (as Musa)</t>
   </si>
   <si>
     <t>FUSACB</t>
   </si>
   <si>
     <t>Fusarium oxysporum f. sp. cubense (as Musa)</t>
   </si>
   <si>
     <t>* Magdama F, Monserrate-Maggi L, Serrano L, García Onofre J, Jiménez-Gasco MdM.(2020) Genetic diversity of Fusarium oxysporum f. sp. cubense, the Fusarium wilt pathogen of banana, in Ecuador. Plants. 9(9), 1133. https://doi.org/10.3390/plants9091133</t>
   </si>
   <si>
@@ -250,50 +259,59 @@
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua (as Musa)</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
     <t>* Zhou X, Liu GK, Xiao S, Zhang SS (2015) First report of Meloidogyne graminicola infecting banana in China. Plant Disease 99(3), 420-421.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus (as Musa)</t>
   </si>
   <si>
     <t>* Fancelli M, Borges AL, Ritzinger CHSP, Silva D dos S, Ringenberg R (2012) [Metamasius hemipterus L. as a pest of bananas cv. Terra]. Revista Brasileira de Fruticultura 34(3), 944-946
 *Roman Posligua VA, Rojas Rojas JA, Mendoza KJ (2017) Evaluation of four types of traps for monitoring Metamasius hemipterus L.(Coleoptera: Curculionidae) in barraganete plantain. Ctro. Agr.,  Santa Clar 44(3), 91-93.</t>
+  </si>
+  <si>
+    <t>MCCTAB</t>
+  </si>
+  <si>
+    <t>Microcephalothrips abdominalis (as Musa)</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.1257</t>
   </si>
   <si>
     <t>HEDYOC</t>
   </si>
   <si>
     <t>Nacoleia octasema (as Musa)</t>
   </si>
   <si>
     <t>ODOILO</t>
   </si>
   <si>
     <t>Odoiporus longicollis (as Musa)</t>
   </si>
   <si>
     <t>PAPUIN</t>
   </si>
   <si>
     <t>Papuana inermis (as Musa)</t>
   </si>
   <si>
     <t>PAPUSE</t>
   </si>
   <si>
     <t>Papuana woodlarckiana (as Musa)</t>
   </si>
@@ -823,51 +841,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D56"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="610.994" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1125,500 +1143,528 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>54</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>57</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>61</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>68</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
         <v>69</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>73</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>74</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>77</v>
       </c>
       <c r="C30" t="s">
         <v>78</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C31" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>81</v>
+      </c>
+      <c r="D31" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>105</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
         <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>107</v>
       </c>
       <c r="D42" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D44" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C45" t="s">
         <v>115</v>
       </c>
       <c r="D45" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
         <v>117</v>
       </c>
       <c r="C46" t="s">
         <v>118</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C47" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>121</v>
+      </c>
+      <c r="D47" t="s">
+        <v>122</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>126</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
       <c r="B50" t="s">
         <v>127</v>
       </c>
       <c r="C50" t="s">
         <v>128</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B51" t="s">
         <v>130</v>
       </c>
       <c r="C51" t="s">
         <v>131</v>
       </c>
       <c r="D51" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B52" t="s">
         <v>133</v>
       </c>
       <c r="C52" t="s">
         <v>134</v>
       </c>
       <c r="D52" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B53" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B54" t="s">
-        <v>103</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D54" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B55" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="C55" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D55" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="B56" t="s">
+        <v>109</v>
+      </c>
+      <c r="C56" t="s">
         <v>144</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>145</v>
       </c>
-      <c r="D56" t="s">
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>129</v>
+      </c>
+      <c r="B57" t="s">
         <v>146</v>
+      </c>
+      <c r="C57" t="s">
+        <v>147</v>
+      </c>
+      <c r="D57" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>149</v>
+      </c>
+      <c r="B58" t="s">
+        <v>150</v>
+      </c>
+      <c r="C58" t="s">
+        <v>151</v>
+      </c>
+      <c r="D58" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">