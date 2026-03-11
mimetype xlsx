--- v0 (2025-10-28)
+++ v1 (2026-03-11)
@@ -12,82 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MTDVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Metrosideros brevistylis, Metrosideros elegans, Metrosideros laurifolia, Metrosideros nitida, Metrosideros operculata, Metrosideros operculata var. francii, Metrosideros operculata var. operculata, Metrosideros punctata
-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -391,104 +383,90 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D3"/>
+  <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="360.912" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
-      </c>
-[...12 lines deleted...]
-        <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">