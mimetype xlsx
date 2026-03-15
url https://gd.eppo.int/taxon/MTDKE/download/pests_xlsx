--- v0 (2025-10-03)
+++ v1 (2026-03-15)
@@ -12,82 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MTDKE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Ho WH, Baskarathevan J, Griffin RL, Quinn BD, Alexander BJR, Havell D, Ward NA, Pathan AK (2019) First report of myrtle rust caused by Austropuccinia psidii on Metrosideros kermadecensis on Raoul Island and on M. excelsa in Kerikeri, New Zealand. Plant Disease 103(8), p 2128.</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Metrosideros brevistylis, Metrosideros elegans, Metrosideros laurifolia, Metrosideros nitida, Metrosideros operculata, Metrosideros operculata var. francii, Metrosideros operculata var. operculata, Metrosideros punctata
-</t>
+    <t>* Ho WH, Baskarathevan J, Griffin RL, Quinn BD, Alexander BJR, Havell D, Ward NA, Pathan AK (2019) First report of myrtle rust caused by Austropuccinia psidii on Metrosideros kermadecensis on Raoul Island and on M. excelsa in Kerikeri, New Zealand. Plant Disease 103(8), p 2128.
+* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -401,118 +394,104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="329.063" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">