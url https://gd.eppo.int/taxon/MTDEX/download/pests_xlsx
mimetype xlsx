--- v0 (2025-10-01)
+++ v1 (2026-03-09)
@@ -12,83 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MTDEX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Ho WH, Baskarathevan J, Griffin RL, Quinn BD, Alexander BJR, Havell D, Ward NA, Pathan AK (2019) First report of myrtle rust caused by Austropuccinia psidii on Metrosideros kermadecensis on Raoul Island and on M. excelsa in Kerikeri, New Zealand. Plant Disease 103(8), p 2128.
-* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Metrosideros brevistylis, Metrosideros elegans, Metrosideros laurifolia, Metrosideros nitida, Metrosideros operculata, Metrosideros operculata var. francii, Metrosideros operculata var. operculata, Metrosideros punctata
-</t>
+* Zambino PJ, Nolan PA (2011) First report of rust caused by Puccinia psidii on paperbark Melaleuca quinquenervia in California. Plant Disease 95(10), p 1314.
+* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29.</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci</t>
   </si>
   <si>
     <t>* Suffert M, Chérasse S, Ouvrard D (2024) New host plant records for Ripersiella hibisci (Hemiptera: Rhizoecidae) following recent outbreaks in Europe. EPPO Bulletin 54(2), 147-150.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
@@ -433,160 +426,146 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="329.063" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="B7" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">