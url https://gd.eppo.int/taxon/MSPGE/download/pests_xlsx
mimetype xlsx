--- v0 (2025-10-09)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MSPGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* NPPO of France (2024-07). https://gd.eppo.int/reporting/article-7967</t>
   </si>
   <si>
@@ -66,50 +66,56 @@
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Liquido NJ, McQuate GT, Hanlin MA, Suiter KA (2020) Host plants of the Mediterranean fruit fly, Ceratitis capitata (Wiedemann), Version 4.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), https://coffhi.cphst.org/</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf</t>
   </si>
   <si>
     <t>ERWIAM</t>
   </si>
   <si>
     <t>Erwinia amylovora</t>
   </si>
   <si>
     <t>* Bobev SG, Maes M, van Vaerenbergh J, Tahzima R (2010) Fire blight spread in Bulgaria and characteristics of the pathogen Erwinia amylovora. Acta Horticulturae no. 896, 133-140.
 * Giorgi S, Scortichini M (2005) Molecular characterization of Erwinia amylovora strains from different host plants through RFLP analysis and sequencing of hrpN and dspA/E genes. Plant Pathology 54, 789-798.
 * Taylor RK, Guilford PJ, Clark RG, Hale CN, Forster RLS (2001) Detection of Erwinia amylovora in plant material using novel polymerase chain reaction (PCR) primers. New Zealand Journal of Crop and Horticultural Science 29, 35-43.
 * Van der Zwet, Keil HL (1979) Fire blight: a bacterial disease of rosaceous Plants. USDA Handbook no. 510. USDA, Washington (US), 200 p.</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Rosaceae)</t>
   </si>
   <si>
     <t>GYMNCL</t>
   </si>
   <si>
     <t>Gymnosporangium clavipes</t>
   </si>
   <si>
     <t>* Torres-Cruz TJ, Abbasi M, Simmons DR, Aime MC (2025) Checklist of Rust Fungi (Basidiomycota, Pucciniales) and their hosts in Indiana, United States of America. MycoKeys 121, 167–235. https://doi.org/10.3897/mycokeys.121.148853</t>
   </si>
   <si>
     <t>Gymnosporangium clavipes (as Mespilus)</t>
   </si>
   <si>
     <t>HSVD00</t>
   </si>
   <si>
     <t>Hostuviroid impedihumuli</t>
   </si>
   <si>
     <t>* Oksal HD (2024) Medlar (Mespilus germanica), a novel natural host for Hop stunt viroid (HSVd). Plant Protection Science. https://doi.org/10.17221/93/2023-PPS
 ------- Detected in symptomless samples collected in 2021 from a fruit-tree collection orchard in Malatya province, Turkey.</t>
   </si>
   <si>
     <t>LOPLJA</t>
@@ -474,51 +480,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="300.784" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -568,134 +574,146 @@
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" t="s">
         <v>30</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D12" t="s">
         <v>34</v>
       </c>
-      <c r="C12" t="s">
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
         <v>35</v>
       </c>
-      <c r="D12" t="s">
+      <c r="B13" t="s">
         <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">