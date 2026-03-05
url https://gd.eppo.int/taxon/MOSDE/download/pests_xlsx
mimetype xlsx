--- v0 (2025-10-10)
+++ v1 (2026-03-05)
@@ -12,92 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MOSDE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.</t>
   </si>
   <si>
     <t>CERPJA</t>
   </si>
   <si>
     <t>Ceroplastes japonicus</t>
   </si>
   <si>
     <t>* Pencheva A, Yovkova M (2016) Review of Ceroplastes Gray 1828 in Bulgaria with first report of C. cirripediformis Comstock 1881. Silva Balcanica 17(2), 37-44.</t>
   </si>
   <si>
     <t>CHRYFI</t>
   </si>
   <si>
     <t>Chrysomphalus aonidum</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
+  </si>
+  <si>
+    <t>COLLFC</t>
+  </si>
+  <si>
+    <t>Colletotrichum fructicola</t>
+  </si>
+  <si>
+    <t>* Khuna S, Hongsanan S, Xie N (2025) First report of Anthracnose on Swiss Cheese Plant (Monstera deliciosa) caused by Colletotrichum fructicola in China. Plant Disease 109(12), 2594. https://doi.org/10.1094/PDIS-05-25-1111-PDN</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>Non-host</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
@@ -429,61 +438,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -509,78 +518,92 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>18</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
         <v>19</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
         <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">