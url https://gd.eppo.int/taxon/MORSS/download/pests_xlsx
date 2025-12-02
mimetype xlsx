--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MORSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t xml:space="preserve">* Nicoli Aldini R, Mazoni E, Ciampitti M (2006) [First finding of the nearctic hopper Acanalonia conica (Say) (Fulgoromorpha Acanaloniidae) in Lombardy (Northern Italy).] Bolletino di Zoologia Agraria e di Bachicoltura Serie II 38(3), 261-264 (in Italian). </t>
   </si>
   <si>
@@ -133,56 +133,50 @@
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 -------- Adult host.</t>
   </si>
   <si>
     <t>DPHNPY</t>
   </si>
   <si>
     <t>Diaphania pyloalis (as Morus)</t>
   </si>
   <si>
     <t>DROSSU</t>
   </si>
   <si>
     <t>Drosophila suzukii</t>
   </si>
   <si>
     <t>ERWIRH</t>
   </si>
   <si>
     <t>Erwinia rhapontici</t>
   </si>
   <si>
     <t>* Huang HC, Hsieh TF, Erickson RS (2003) Biology and epidemiology of Erwinia rhapontici, causal agent of pink seed and crown rot of plants. Plant Pathology Bulletin 12, 69-76.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Morus)</t>
   </si>
   <si>
     <t>EUZOSE</t>
   </si>
   <si>
     <t>Euzophera semifuneralis</t>
   </si>
   <si>
     <t>* Biddinger DJ, Howitt AJ (1992) The food plants and distribution of the American plum borer (Lepidoptera: Pyralidae). The Great Lakes Entomologist 25(3), 149-158. https://scholar.valpo.edu/tgle/vol25/iss3/2</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Morus)</t>
   </si>
   <si>
     <t>* Ismailova G (2022) Фитофаги шелковицы в условиях Азербайджана [Mulberry Pests in Azerbaijan Conditions]. Bulletin of Science and Practice 8(10), 54-67.</t>
   </si>
   <si>
     <t>LYMADI</t>
   </si>
   <si>
     <t>Lymantria dispar (as Morus)</t>
   </si>
@@ -641,51 +635,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -843,286 +837,274 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>60</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>4</v>
+        <v>76</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
-[...13 lines deleted...]
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">