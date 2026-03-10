--- v1 (2025-12-02)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MORSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t xml:space="preserve">* Nicoli Aldini R, Mazoni E, Ciampitti M (2006) [First finding of the nearctic hopper Acanalonia conica (Say) (Fulgoromorpha Acanaloniidae) in Lombardy (Northern Italy).] Bolletino di Zoologia Agraria e di Bachicoltura Serie II 38(3), 261-264 (in Italian). </t>
   </si>
   <si>
@@ -201,50 +201,60 @@
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Morus)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae (as Morus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Morus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
     <t>AELSSA</t>
   </si>
   <si>
     <t>Trirachys sartus</t>
   </si>
   <si>
     <t xml:space="preserve">* Duffy EAJ (1968) A monograph of the immature stages of Oriental timber beetles (Cerambycidae). Trustees of the British Museum (Natural History), London.
 * Farashiani ME, Sadeghi SE, Abaii M (2001) Geographic distribution and hosts of sart longhorn beetle, Aeolesthes sarta Solsky (Col.: Cerambycidae) in Iran. Journal of Entomological Society of Iran 20, 81-96. </t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
@@ -635,51 +645,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1009,101 +1019,115 @@
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>4</v>
+      </c>
+      <c r="B27" t="s">
         <v>76</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
       <c r="D29" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>79</v>
+      </c>
+      <c r="B30" t="s">
         <v>85</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>86</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>87</v>
       </c>
-      <c r="D30" t="s">
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>88</v>
+      </c>
+      <c r="B31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C31" t="s">
+        <v>90</v>
+      </c>
+      <c r="D31" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>