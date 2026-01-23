--- v0 (2025-10-14)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MORRU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Morus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -89,56 +89,50 @@
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Liquido NJ, McQuate GT, Hanlin MA, Suiter KA (2020) Host plants of the Mediterranean fruit fly, Ceratitis capitata (Wiedemann), Version 4.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), https://coffhi.cphst.org/</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Morus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Ismailova G (2022) Фитофаги шелковицы в условиях Азербайджана [Mulberry Pests in Azerbaijan Conditions]. Bulletin of Science and Practice 8(10), 54-67..
 ------- new pest on mulberry. </t>
   </si>
   <si>
     <t>DPHNPY</t>
   </si>
   <si>
     <t>Diaphania pyloalis (as Morus)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Morus)</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 -------Non-reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Morus)</t>
   </si>
   <si>
     <t>* Ismailova G (2022) Фитофаги шелковицы в условиях Азербайджана [Mulberry Pests in Azerbaijan Conditions]. Bulletin of Science and Practice 8(10), 54-67.</t>
@@ -571,51 +565,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -705,258 +699,246 @@
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
         <v>47</v>
       </c>
       <c r="D17" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>50</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B21" t="s">
         <v>57</v>
       </c>
       <c r="C21" t="s">
         <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
-[...13 lines deleted...]
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">