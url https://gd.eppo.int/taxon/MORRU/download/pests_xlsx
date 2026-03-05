--- v1 (2026-01-23)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MORRU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Morus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -170,50 +170,60 @@
   </si>
   <si>
     <t>* Sun YF, Long HB, Lu FP (2019) First Report of the Root-Knot Nematode Meloidogyne enterolobii Infecting Mulberry in China Plant Disease 103(9), 2481</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Morus)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae (as Morus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Morus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (morus) and undetermined.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PSACHI</t>
   </si>
   <si>
     <t>Psacothea hilaris (as Morus)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Morus)</t>
@@ -565,61 +575,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -843,101 +853,115 @@
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B20" t="s">
         <v>54</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>55</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" t="s">
         <v>63</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>64</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>65</v>
       </c>
-      <c r="D23" t="s">
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>