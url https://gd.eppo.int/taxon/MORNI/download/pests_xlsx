--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MORNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann CHW (1967) Contribution to knowledge of the mites of plants of some regions of the State of Sao Paulo (as a systematic survey including new species). Piracicaba, Brasil: 47.
@@ -127,51 +127,55 @@
     <t>Ceroplastes ceriferus (as Morus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Ismailova G (2022) Фитофаги шелковицы в условиях Азербайджана [Mulberry Pests in Azerbaijan Conditions]. Bulletin of Science and Practice 8(10), 54-67..
 ------- new pest on mulberry. </t>
   </si>
   <si>
     <t>DPHNPY</t>
   </si>
   <si>
     <t>Diaphania pyloalis (as Morus)</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
-    <t>Eutetranychus orientalis (as Morus)</t>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host and a preferred host in Western Australia.
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host and a preferred host in Western Australia.
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- Non-reproductive host.</t>
   </si>
@@ -853,380 +857,382 @@
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">