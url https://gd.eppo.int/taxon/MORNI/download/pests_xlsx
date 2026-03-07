--- v1 (2025-12-17)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MORNI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* EPPO (2023) Pest risk analysis for Tetranychus mexicanus. EPPO, Paris
 ------- uncertain host (see PRA for details)
 * Flechtmann CHW (1967) Contribution to knowledge of the mites of plants of some regions of the State of Sao Paulo (as a systematic survey including new species). Piracicaba, Brasil: 47.
@@ -245,50 +245,60 @@
     <t>* Hidayat P, Anisa RP (2024) Diversity and host ranges of whiteflies in Mekarsari fruit park, Bogor: a comprehensive study of 20 whitefly species across 56 fruitplant species. Andalasian International Journal of Entomology 2(1), 8-14. https://doi.org/10.25077/aijent.2.1.8-14.2024</t>
   </si>
   <si>
     <t>INESLE</t>
   </si>
   <si>
     <t>Phryneta leprosa</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
   </si>
   <si>
     <t>PSACHI</t>
   </si>
   <si>
     <t>Psacothea hilaris</t>
   </si>
   <si>
     <t>* Lupi D, Malabusini S, de Milato S, Heinzl AL, Ruzzier E, Bani L, Savoldelli S, Jucker C (2023) Exploring the range expansion of the yellow-spotted longhorn beetle Psacothea hilaris hilaris in northern Italy. Agricultural and Forest Entomology, 1-11. https://doi.org/10.1111/afe.12570</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Morus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>* Pellizzari G, Duso C, Rainato A, Pozzebon A, Zanini G (2012) Phenology, ethology and distribution of Pseudococcus comstocki, an invasive pest in northeastern Italy. Bulletin of Insectology.65(2), 209-215.</t>
   </si>
   <si>
     <t>TAPARU</t>
   </si>
   <si>
     <t>Tapajosa rubromarginata</t>
   </si>
   <si>
     <t>* Paradell SL, Virla EG, Logarzo GA, Dellapé G (2012) Proconiini Sharpshooters of Argentina, with notes on its distribution, host plants, and natural enemies. Journal of Insect Science 12, 116. http://www.insectscience.org/12.116</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
@@ -681,61 +691,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -1092,146 +1102,160 @@
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
       <c r="D28" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="C31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="C32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
       <c r="D33" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C35" t="s">
         <v>98</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="B36" t="s">
         <v>100</v>
       </c>
       <c r="C36" t="s">
         <v>101</v>
       </c>
-      <c r="D36" t="s">
+      <c r="D36"/>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>102</v>
+      </c>
+      <c r="B37" t="s">
+        <v>103</v>
+      </c>
+      <c r="C37" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>