--- v0 (2025-10-08)
+++ v1 (2026-02-12)
@@ -446,51 +446,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>