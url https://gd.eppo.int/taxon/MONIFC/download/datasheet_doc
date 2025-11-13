--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (G. Winter) Rehm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American brown rot of stone fruits, brown rot of apple, brown rot of stone fruits, twig canker of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421668e5d2ff87264" w:history="1">
+            <w:hyperlink r:id="rId76056915bad7ef652" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312468e5d2ff872a8" w:history="1">
+            <w:hyperlink r:id="rId62806915bad7ef77e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONIFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76478176" name="name478668e5d2ff87457" descr="13087.jpg"/>
+                  <wp:docPr id="70143587" name="name10416915bad7efd5f" descr="13087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId955368e5d2ff8744d" cstate="print"/>
+                          <a:blip r:embed="rId29436915bad7efd5d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId997868e5d2ff876a7" w:history="1">
+            <w:hyperlink r:id="rId27196915bad7efed8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1462,63 +1462,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22973381" name="name372168e5d2ff88e40" descr="MONIFC_distribution_map.jpg"/>
+            <wp:docPr id="99314094" name="name27886915bad8003a4" descr="MONIFC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONIFC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId905368e5d2ff88e3c" cstate="print"/>
+                    <a:blip r:embed="rId69286915bad8003a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4903,51 +4903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) Reporting Service 2002/003 First reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in France No. 1. Paris, 2002-01-01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207368e5d2ff8aa6c" w:history="1">
+      <w:hyperlink r:id="rId60076915bad804198" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU Pesticides database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961968e5d2ff8ac30" w:history="1">
+      <w:hyperlink r:id="rId38176915bad8043ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hu M, Cox KD, Schnabel G, Luo CX (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species causing brown rot of peach in China. PLoS One 6:e24990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703968e5d2ff8aeac" w:history="1">
+      <w:hyperlink r:id="rId83766915bad804c60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0024990</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6067,51 +6067,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-462.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michailides TJ, Luo Y, Ma Z, Morgan DP (2007) Brown rot of dried plum in California: new insight on an old disease. APSnet Feature </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906568e5d2ff8b1f6" w:history="1">
+      <w:hyperlink r:id="rId23236915bad8056b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 20/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7131,51 +7131,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238-241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virginia Pest Management Guide for Home Grounds and Animals (VCE Publication 450-721), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461368e5d2ff8b87a" w:history="1">
+      <w:hyperlink r:id="rId19996915bad806cf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pubs.ext.vt.edu/450/450-721/450-721.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113968e5d2ff8baad" w:history="1">
+      <w:hyperlink r:id="rId75396915bad806f87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7690,90 +7690,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-512.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId682968e5d2ff8bc16" w:history="1">
+      <w:hyperlink r:id="rId62026915bad8070f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00406.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12839882" name="name866468e5d2ff8bca6" descr="eu_funding_250.png"/>
+            <wp:docPr id="79720517" name="name47636915bad807758" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId670968e5d2ff8bca5" cstate="print"/>
+                    <a:blip r:embed="rId48646915bad807757" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7871,137 +7871,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27940989">
+  <w:abstractNum w:abstractNumId="28895734">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99479986">
+    <w:lvl w:ilvl="0" w:tplc="77966622">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99479986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77966622" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27940988">
+  <w:abstractNum w:abstractNumId="28895733">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98905184">
+    <w:lvl w:ilvl="0" w:tplc="66429183">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8753,55 +8753,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27940988">
-    <w:abstractNumId w:val="27940988"/>
+  <w:num w:numId="28895733">
+    <w:abstractNumId w:val="28895733"/>
   </w:num>
-  <w:num w:numId="27940989">
-    <w:abstractNumId w:val="27940989"/>
+  <w:num w:numId="28895734">
+    <w:abstractNumId w:val="28895734"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20351,51 +20351,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId377336027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId424556313" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId421668e5d2ff87264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId312468e5d2ff872a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId997868e5d2ff876a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId207368e5d2ff8aa6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId961968e5d2ff8ac30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId703968e5d2ff8aeac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId906568e5d2ff8b1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId461368e5d2ff8b87a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId113968e5d2ff8baad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId682968e5d2ff8bc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId955368e5d2ff8744d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId955368e5d2ff8744d.jpg"/><Relationship Id="rId905368e5d2ff88e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId905368e5d2ff88e3c.jpg"/><Relationship Id="rId670968e5d2ff8bca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId670968e5d2ff8bca5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId855671267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId913042469" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76056915bad7ef652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId62806915bad7ef77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId27196915bad7efed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId60076915bad804198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId38176915bad8043ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId83766915bad804c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId23236915bad8056b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId19996915bad806cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId75396915bad806f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62026915bad8070f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId29436915bad7efd5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29436915bad7efd5d.jpg"/><Relationship Id="rId69286915bad8003a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69286915bad8003a1.jpg"/><Relationship Id="rId48646915bad807757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48646915bad807757.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>