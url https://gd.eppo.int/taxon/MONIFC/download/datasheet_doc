--- v1 (2025-11-13)
+++ v2 (2025-12-05)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (G. Winter) Rehm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American brown rot of stone fruits, brown rot of apple, brown rot of stone fruits, twig canker of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76056915bad7ef652" w:history="1">
+            <w:hyperlink r:id="rId53846932f7a9c8fb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62806915bad7ef77e" w:history="1">
+            <w:hyperlink r:id="rId36126932f7a9c8ffa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONIFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70143587" name="name10416915bad7efd5f" descr="13087.jpg"/>
+                  <wp:docPr id="68009043" name="name48056932f7a9c90af" descr="13087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29436915bad7efd5d" cstate="print"/>
+                          <a:blip r:embed="rId64886932f7a9c90ae" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27196915bad7efed8" w:history="1">
+            <w:hyperlink r:id="rId30056932f7a9c9164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1462,63 +1462,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99314094" name="name27886915bad8003a4" descr="MONIFC_distribution_map.jpg"/>
+            <wp:docPr id="39612916" name="name44776932f7a9cad0d" descr="MONIFC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONIFC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId69286915bad8003a1" cstate="print"/>
+                    <a:blip r:embed="rId74316932f7a9cad0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4903,51 +4903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) Reporting Service 2002/003 First reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in France No. 1. Paris, 2002-01-01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60076915bad804198" w:history="1">
+      <w:hyperlink r:id="rId66956932f7a9ccb30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU Pesticides database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38176915bad8043ff" w:history="1">
+      <w:hyperlink r:id="rId48156932f7a9cccb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hu M, Cox KD, Schnabel G, Luo CX (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species causing brown rot of peach in China. PLoS One 6:e24990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83766915bad804c60" w:history="1">
+      <w:hyperlink r:id="rId48206932f7a9cd008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0024990</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6067,51 +6067,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-462.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michailides TJ, Luo Y, Ma Z, Morgan DP (2007) Brown rot of dried plum in California: new insight on an old disease. APSnet Feature </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23236915bad8056b0" w:history="1">
+      <w:hyperlink r:id="rId96096932f7a9cd564" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 20/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7131,51 +7131,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238-241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virginia Pest Management Guide for Home Grounds and Animals (VCE Publication 450-721), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19996915bad806cf3" w:history="1">
+      <w:hyperlink r:id="rId28696932f7a9cddee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pubs.ext.vt.edu/450/450-721/450-721.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75396915bad806f87" w:history="1">
+      <w:hyperlink r:id="rId83706932f7a9ce020" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7690,90 +7690,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-512.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62026915bad8070f6" w:history="1">
+      <w:hyperlink r:id="rId99386932f7a9ce1a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00406.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79720517" name="name47636915bad807758" descr="eu_funding_250.png"/>
+            <wp:docPr id="18337286" name="name39286932f7a9ce20a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48646915bad807757" cstate="print"/>
+                    <a:blip r:embed="rId73466932f7a9ce209" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7871,137 +7871,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28895734">
+  <w:abstractNum w:abstractNumId="20895589">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77966622">
+    <w:lvl w:ilvl="0" w:tplc="17622828">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77966622" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17622828" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28895733">
+  <w:abstractNum w:abstractNumId="20895588">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66429183">
+    <w:lvl w:ilvl="0" w:tplc="60499003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8753,55 +8753,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28895733">
-    <w:abstractNumId w:val="28895733"/>
+  <w:num w:numId="20895588">
+    <w:abstractNumId w:val="20895588"/>
   </w:num>
-  <w:num w:numId="28895734">
-    <w:abstractNumId w:val="28895734"/>
+  <w:num w:numId="20895589">
+    <w:abstractNumId w:val="20895589"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20351,51 +20351,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId855671267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId913042469" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId76056915bad7ef652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId62806915bad7ef77e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId27196915bad7efed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId60076915bad804198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId38176915bad8043ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId83766915bad804c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId23236915bad8056b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId19996915bad806cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId75396915bad806f87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62026915bad8070f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId29436915bad7efd5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29436915bad7efd5d.jpg"/><Relationship Id="rId69286915bad8003a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId69286915bad8003a1.jpg"/><Relationship Id="rId48646915bad807757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48646915bad807757.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149575946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId993481488" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53846932f7a9c8fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId36126932f7a9c8ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId30056932f7a9c9164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId66956932f7a9ccb30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId48156932f7a9cccb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId48206932f7a9cd008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId96096932f7a9cd564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId28696932f7a9cddee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId83706932f7a9ce020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99386932f7a9ce1a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId64886932f7a9c90ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64886932f7a9c90ae.jpg"/><Relationship Id="rId74316932f7a9cad0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74316932f7a9cad0b.jpg"/><Relationship Id="rId73466932f7a9ce209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73466932f7a9ce209.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>