--- v2 (2025-12-05)
+++ v3 (2026-01-10)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (G. Winter) Rehm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American brown rot of stone fruits, brown rot of apple, brown rot of stone fruits, twig canker of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53846932f7a9c8fb8" w:history="1">
+            <w:hyperlink r:id="rId4299696207f5e96d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36126932f7a9c8ffa" w:history="1">
+            <w:hyperlink r:id="rId7063696207f5e9717" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONIFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68009043" name="name48056932f7a9c90af" descr="13087.jpg"/>
+                  <wp:docPr id="16975472" name="name2176696207f5e9c85" descr="13087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId64886932f7a9c90ae" cstate="print"/>
+                          <a:blip r:embed="rId3380696207f5e9c84" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId30056932f7a9c9164" w:history="1">
+            <w:hyperlink r:id="rId8702696207f5e9d91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1462,63 +1462,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39612916" name="name44776932f7a9cad0d" descr="MONIFC_distribution_map.jpg"/>
+            <wp:docPr id="97913141" name="name1234696207f5eb29d" descr="MONIFC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONIFC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74316932f7a9cad0b" cstate="print"/>
+                    <a:blip r:embed="rId4697696207f5eb29a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4903,51 +4903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) Reporting Service 2002/003 First reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in France No. 1. Paris, 2002-01-01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66956932f7a9ccb30" w:history="1">
+      <w:hyperlink r:id="rId7390696207f5ecc40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU Pesticides database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48156932f7a9cccb5" w:history="1">
+      <w:hyperlink r:id="rId4882696207f5ecde7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hu M, Cox KD, Schnabel G, Luo CX (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species causing brown rot of peach in China. PLoS One 6:e24990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48206932f7a9cd008" w:history="1">
+      <w:hyperlink r:id="rId2440696207f5ed0ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0024990</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6067,51 +6067,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-462.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michailides TJ, Luo Y, Ma Z, Morgan DP (2007) Brown rot of dried plum in California: new insight on an old disease. APSnet Feature </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96096932f7a9cd564" w:history="1">
+      <w:hyperlink r:id="rId9600696207f5ed4f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 20/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7131,51 +7131,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238-241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virginia Pest Management Guide for Home Grounds and Animals (VCE Publication 450-721), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28696932f7a9cddee" w:history="1">
+      <w:hyperlink r:id="rId1283696207f5edbb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pubs.ext.vt.edu/450/450-721/450-721.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7442,73 +7442,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83706932f7a9ce020" w:history="1">
+      <w:hyperlink r:id="rId6349696207f5eddd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7690,90 +7690,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-512.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99386932f7a9ce1a3" w:history="1">
+      <w:hyperlink r:id="rId9004696207f5edf3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00406.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18337286" name="name39286932f7a9ce20a" descr="eu_funding_250.png"/>
+            <wp:docPr id="17698281" name="name8559696207f5edfdb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73466932f7a9ce209" cstate="print"/>
+                    <a:blip r:embed="rId6621696207f5edfda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7871,137 +7871,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20895589">
+  <w:abstractNum w:abstractNumId="94066892">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17622828">
+    <w:lvl w:ilvl="0" w:tplc="15748192">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17622828" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15748192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20895588">
+  <w:abstractNum w:abstractNumId="94066891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60499003">
+    <w:lvl w:ilvl="0" w:tplc="13003031">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8753,55 +8753,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20895588">
-    <w:abstractNumId w:val="20895588"/>
+  <w:num w:numId="94066891">
+    <w:abstractNumId w:val="94066891"/>
   </w:num>
-  <w:num w:numId="20895589">
-    <w:abstractNumId w:val="20895589"/>
+  <w:num w:numId="94066892">
+    <w:abstractNumId w:val="94066892"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20351,51 +20351,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId149575946" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId993481488" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId53846932f7a9c8fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId36126932f7a9c8ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId30056932f7a9c9164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId66956932f7a9ccb30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId48156932f7a9cccb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId48206932f7a9cd008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId96096932f7a9cd564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId28696932f7a9cddee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId83706932f7a9ce020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId99386932f7a9ce1a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId64886932f7a9c90ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64886932f7a9c90ae.jpg"/><Relationship Id="rId74316932f7a9cad0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74316932f7a9cad0b.jpg"/><Relationship Id="rId73466932f7a9ce209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73466932f7a9ce209.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId558098898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId980102718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4299696207f5e96d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId7063696207f5e9717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId8702696207f5e9d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId7390696207f5ecc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId4882696207f5ecde7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId2440696207f5ed0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId9600696207f5ed4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId1283696207f5edbb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId6349696207f5eddd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9004696207f5edf3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId3380696207f5e9c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3380696207f5e9c84.jpg"/><Relationship Id="rId4697696207f5eb29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4697696207f5eb29a.jpg"/><Relationship Id="rId6621696207f5edfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6621696207f5edfda.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>