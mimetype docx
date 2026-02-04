--- v3 (2026-01-10)
+++ v4 (2026-02-04)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (G. Winter) Rehm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American brown rot of stone fruits, brown rot of apple, brown rot of stone fruits, twig canker of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4299696207f5e96d2" w:history="1">
+            <w:hyperlink r:id="rId670469833942c1df1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7063696207f5e9717" w:history="1">
+            <w:hyperlink r:id="rId662769833942c1e3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONIFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16975472" name="name2176696207f5e9c85" descr="13087.jpg"/>
+                  <wp:docPr id="50635316" name="name728369833942c1f13" descr="13087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3380696207f5e9c84" cstate="print"/>
+                          <a:blip r:embed="rId786469833942c1f12" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8702696207f5e9d91" w:history="1">
+            <w:hyperlink r:id="rId349969833942c2025" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1462,105 +1462,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97913141" name="name1234696207f5eb29d" descr="MONIFC_distribution_map.jpg"/>
+            <wp:docPr id="21051165" name="name751669833942c3734" descr="MONIFC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONIFC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4697696207f5eb29a" cstate="print"/>
+                    <a:blip r:embed="rId838169833942c3730" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Azerbaijan, Bulgaria, Croatia, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland), Montenegro, Poland, Romania, Russian Federation (the) (Southern Russia), Serbia, Slovenia, Spain (mainland), Switzerland, Türkiye</w:t>
+        <w:t xml:space="preserve"> Azerbaijan, Bulgaria, Croatia, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland), Montenegro, Poland, Romania, Russian Federation (Southern Russia), Serbia, Slovenia, Spain (mainland), Switzerland, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Chongqing, Fujian, Gansu, Hebei, Hubei, Jiangxi, Liaoning, Shandong, Shanghai, Yunnan, Zhejiang), India (Himachal Pradesh, Uttar Pradesh), Japan (Honshu), Korea, Republic of, Taiwan, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4903,51 +4903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) Reporting Service 2002/003 First reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in France No. 1. Paris, 2002-01-01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7390696207f5ecc40" w:history="1">
+      <w:hyperlink r:id="rId619769833942c4f49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU Pesticides database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4882696207f5ecde7" w:history="1">
+      <w:hyperlink r:id="rId749069833942c50c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hu M, Cox KD, Schnabel G, Luo CX (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species causing brown rot of peach in China. PLoS One 6:e24990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2440696207f5ed0ab" w:history="1">
+      <w:hyperlink r:id="rId929469833942c5347" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0024990</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6067,51 +6067,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-462.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michailides TJ, Luo Y, Ma Z, Morgan DP (2007) Brown rot of dried plum in California: new insight on an old disease. APSnet Feature </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9600696207f5ed4f8" w:history="1">
+      <w:hyperlink r:id="rId179769833942c569b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 20/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7131,51 +7131,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238-241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virginia Pest Management Guide for Home Grounds and Animals (VCE Publication 450-721), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1283696207f5edbb1" w:history="1">
+      <w:hyperlink r:id="rId785969833942c5d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pubs.ext.vt.edu/450/450-721/450-721.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6349696207f5eddd3" w:history="1">
+      <w:hyperlink r:id="rId296769833942c5f4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7690,90 +7690,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-512.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9004696207f5edf3d" w:history="1">
+      <w:hyperlink r:id="rId187769833942c60a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00406.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17698281" name="name8559696207f5edfdb" descr="eu_funding_250.png"/>
+            <wp:docPr id="68058893" name="name174469833942c6145" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6621696207f5edfda" cstate="print"/>
+                    <a:blip r:embed="rId438669833942c6144" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7871,137 +7871,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94066892">
+  <w:abstractNum w:abstractNumId="45896067">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15748192">
+    <w:lvl w:ilvl="0" w:tplc="69074475">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15748192" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69074475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94066891">
+  <w:abstractNum w:abstractNumId="45896066">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13003031">
+    <w:lvl w:ilvl="0" w:tplc="77747796">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8753,55 +8753,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94066891">
-    <w:abstractNumId w:val="94066891"/>
+  <w:num w:numId="45896066">
+    <w:abstractNumId w:val="45896066"/>
   </w:num>
-  <w:num w:numId="94066892">
-    <w:abstractNumId w:val="94066892"/>
+  <w:num w:numId="45896067">
+    <w:abstractNumId w:val="45896067"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20351,51 +20351,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId558098898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId980102718" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4299696207f5e96d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId7063696207f5e9717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId8702696207f5e9d91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId7390696207f5ecc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId4882696207f5ecde7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId2440696207f5ed0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId9600696207f5ed4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId1283696207f5edbb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId6349696207f5eddd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9004696207f5edf3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId3380696207f5e9c84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3380696207f5e9c84.jpg"/><Relationship Id="rId4697696207f5eb29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4697696207f5eb29a.jpg"/><Relationship Id="rId6621696207f5edfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6621696207f5edfda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId453387371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId309018055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId670469833942c1df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId662769833942c1e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId349969833942c2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId619769833942c4f49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId749069833942c50c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId929469833942c5347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId179769833942c569b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId785969833942c5d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId296769833942c5f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId187769833942c60a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId786469833942c1f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId786469833942c1f12.jpg"/><Relationship Id="rId838169833942c3730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838169833942c3730.jpg"/><Relationship Id="rId438669833942c6144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438669833942c6144.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>