--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (G. Winter) Rehm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American brown rot of stone fruits, brown rot of apple, brown rot of stone fruits, twig canker of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId670469833942c1df1" w:history="1">
+            <w:hyperlink r:id="rId1953699db76ccdcc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId662769833942c1e3e" w:history="1">
+            <w:hyperlink r:id="rId5010699db76ccdd08" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONIFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50635316" name="name728369833942c1f13" descr="13087.jpg"/>
+                  <wp:docPr id="49837869" name="name8266699db76cce4ac" descr="13087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId786469833942c1f12" cstate="print"/>
+                          <a:blip r:embed="rId1221699db76cce4aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId349969833942c2025" w:history="1">
+            <w:hyperlink r:id="rId5064699db76cce5d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1462,63 +1462,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21051165" name="name751669833942c3734" descr="MONIFC_distribution_map.jpg"/>
+            <wp:docPr id="52633673" name="name1446699db76ccfcd7" descr="MONIFC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONIFC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId838169833942c3730" cstate="print"/>
+                    <a:blip r:embed="rId2803699db76ccfcd3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4903,51 +4903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) Reporting Service 2002/003 First reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in France No. 1. Paris, 2002-01-01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619769833942c4f49" w:history="1">
+      <w:hyperlink r:id="rId4745699db76cd154d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU Pesticides database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749069833942c50c9" w:history="1">
+      <w:hyperlink r:id="rId7489699db76cd16d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hu M, Cox KD, Schnabel G, Luo CX (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species causing brown rot of peach in China. PLoS One 6:e24990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929469833942c5347" w:history="1">
+      <w:hyperlink r:id="rId8647699db76cd19b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0024990</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6067,51 +6067,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-462.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michailides TJ, Luo Y, Ma Z, Morgan DP (2007) Brown rot of dried plum in California: new insight on an old disease. APSnet Feature </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179769833942c569b" w:history="1">
+      <w:hyperlink r:id="rId2516699db76cd1d20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 20/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7131,51 +7131,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238-241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virginia Pest Management Guide for Home Grounds and Animals (VCE Publication 450-721), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785969833942c5d36" w:history="1">
+      <w:hyperlink r:id="rId4058699db76cd23f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pubs.ext.vt.edu/450/450-721/450-721.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296769833942c5f4a" w:history="1">
+      <w:hyperlink r:id="rId7238699db76cd2618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7690,90 +7690,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-512.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187769833942c60a7" w:history="1">
+      <w:hyperlink r:id="rId9731699db76cd2780" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00406.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68058893" name="name174469833942c6145" descr="eu_funding_250.png"/>
+            <wp:docPr id="22875908" name="name4568699db76cd2860" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId438669833942c6144" cstate="print"/>
+                    <a:blip r:embed="rId4029699db76cd285f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7871,137 +7871,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45896067">
+  <w:abstractNum w:abstractNumId="83430852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69074475">
+    <w:lvl w:ilvl="0" w:tplc="90161138">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69074475" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90161138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45896066">
+  <w:abstractNum w:abstractNumId="83430851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77747796">
+    <w:lvl w:ilvl="0" w:tplc="97676709">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8753,55 +8753,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45896066">
-    <w:abstractNumId w:val="45896066"/>
+  <w:num w:numId="83430851">
+    <w:abstractNumId w:val="83430851"/>
   </w:num>
-  <w:num w:numId="45896067">
-    <w:abstractNumId w:val="45896067"/>
+  <w:num w:numId="83430852">
+    <w:abstractNumId w:val="83430852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20351,51 +20351,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId453387371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId309018055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId670469833942c1df1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId662769833942c1e3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId349969833942c2025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId619769833942c4f49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId749069833942c50c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId929469833942c5347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId179769833942c569b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId785969833942c5d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId296769833942c5f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId187769833942c60a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId786469833942c1f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId786469833942c1f12.jpg"/><Relationship Id="rId838169833942c3730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838169833942c3730.jpg"/><Relationship Id="rId438669833942c6144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438669833942c6144.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654874703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185724591" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1953699db76ccdcc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId5010699db76ccdd08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId5064699db76cce5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId4745699db76cd154d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId7489699db76cd16d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId8647699db76cd19b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId2516699db76cd1d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId4058699db76cd23f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId7238699db76cd2618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9731699db76cd2780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId1221699db76cce4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1221699db76cce4aa.jpg"/><Relationship Id="rId2803699db76ccfcd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2803699db76ccfcd3.jpg"/><Relationship Id="rId4029699db76cd285f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4029699db76cd285f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>