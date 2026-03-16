--- v5 (2026-02-24)
+++ v6 (2026-03-16)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> (G. Winter) Rehm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American brown rot of stone fruits, brown rot of apple, brown rot of stone fruits, twig canker of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1953699db76ccdcc4" w:history="1">
+            <w:hyperlink r:id="rId870369b86253aa2cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5010699db76ccdd08" w:history="1">
+            <w:hyperlink r:id="rId447069b86253aa313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONIFC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49837869" name="name8266699db76cce4ac" descr="13087.jpg"/>
+                  <wp:docPr id="83120094" name="name520169b86253aa8a6" descr="13087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1221699db76cce4aa" cstate="print"/>
+                          <a:blip r:embed="rId593169b86253aa8a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5064699db76cce5d4" w:history="1">
+            <w:hyperlink r:id="rId920569b86253aa9bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1462,63 +1462,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52633673" name="name1446699db76ccfcd7" descr="MONIFC_distribution_map.jpg"/>
+            <wp:docPr id="39306363" name="name684869b86253abbc0" descr="MONIFC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONIFC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2803699db76ccfcd3" cstate="print"/>
+                    <a:blip r:embed="rId599169b86253abbbc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4903,51 +4903,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2002) Reporting Service 2002/003 First reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in France No. 1. Paris, 2002-01-01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4745699db76cd154d" w:history="1">
+      <w:hyperlink r:id="rId151169b86253ad39f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5140,51 +5140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU Pesticides database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7489699db76cd16d2" w:history="1">
+      <w:hyperlink r:id="rId961869b86253ad51d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5540,51 +5540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hu M, Cox KD, Schnabel G, Luo CX (2011) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species causing brown rot of peach in China. PLoS One 6:e24990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8647699db76cd19b0" w:history="1">
+      <w:hyperlink r:id="rId748969b86253ad79f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0024990</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6067,51 +6067,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 453-462.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Michailides TJ, Luo Y, Ma Z, Morgan DP (2007) Brown rot of dried plum in California: new insight on an old disease. APSnet Feature </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2516699db76cd1d20" w:history="1">
+      <w:hyperlink r:id="rId720869b86253adadb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 20/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7131,51 +7131,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 238-241.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virginia Pest Management Guide for Home Grounds and Animals (VCE Publication 450-721), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4058699db76cd23f9" w:history="1">
+      <w:hyperlink r:id="rId936569b86253ae215" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pubs.ext.vt.edu/450/450-721/450-721.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 10/Jun/2020)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monilinia fructicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7238699db76cd2618" w:history="1">
+      <w:hyperlink r:id="rId101769b86253ae42e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7690,90 +7690,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 509-512.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9731699db76cd2780" w:history="1">
+      <w:hyperlink r:id="rId407469b86253ae590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1988.tb00406.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22875908" name="name4568699db76cd2860" descr="eu_funding_250.png"/>
+            <wp:docPr id="64799359" name="name396069b86253ae5fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4029699db76cd285f" cstate="print"/>
+                    <a:blip r:embed="rId256069b86253ae5fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7871,137 +7871,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83430852">
+  <w:abstractNum w:abstractNumId="91801084">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90161138">
+    <w:lvl w:ilvl="0" w:tplc="63446897">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90161138" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63446897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83430851">
+  <w:abstractNum w:abstractNumId="91801083">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97676709">
+    <w:lvl w:ilvl="0" w:tplc="13433495">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8753,55 +8753,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83430851">
-    <w:abstractNumId w:val="83430851"/>
+  <w:num w:numId="91801083">
+    <w:abstractNumId w:val="91801083"/>
   </w:num>
-  <w:num w:numId="83430852">
-    <w:abstractNumId w:val="83430852"/>
+  <w:num w:numId="91801084">
+    <w:abstractNumId w:val="91801084"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20351,51 +20351,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654874703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId185724591" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1953699db76ccdcc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId5010699db76ccdd08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId5064699db76cce5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId4745699db76cd154d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId7489699db76cd16d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId8647699db76cd19b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId2516699db76cd1d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId4058699db76cd23f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId7238699db76cd2618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9731699db76cd2780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId1221699db76cce4aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1221699db76cce4aa.jpg"/><Relationship Id="rId2803699db76ccfcd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2803699db76ccfcd3.jpg"/><Relationship Id="rId4029699db76cd285f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4029699db76cd285f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId923119285" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215589547" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId870369b86253aa2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/" TargetMode="External"/><Relationship Id="rId447069b86253aa313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/categorization" TargetMode="External"/><Relationship Id="rId920569b86253aa9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONIFC/photos" TargetMode="External"/><Relationship Id="rId151169b86253ad39f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/media/data/reporting/rs-2002-01-en.pdf" TargetMode="External"/><Relationship Id="rId961869b86253ad51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/food/plant/pesticides/eu-pesticides-database/public/?event=activesubstance.selection&amp;language=EN" TargetMode="External"/><Relationship Id="rId748969b86253ad79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0024990" TargetMode="External"/><Relationship Id="rId720869b86253adadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/BrownRot.aspx" TargetMode="External"/><Relationship Id="rId936569b86253ae215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.ext.vt.edu/450/450-721/450-721.html" TargetMode="External"/><Relationship Id="rId101769b86253ae42e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId407469b86253ae590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1988.tb00406.x" TargetMode="External"/><Relationship Id="rId593169b86253aa8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId593169b86253aa8a5.jpg"/><Relationship Id="rId599169b86253abbbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId599169b86253abbbc.jpg"/><Relationship Id="rId256069b86253ae5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId256069b86253ae5fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>