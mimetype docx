--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId899668e4a1152b2ee" w:history="1">
+            <w:hyperlink r:id="rId2681690d4c7630682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160368e4a1152b334" w:history="1">
+            <w:hyperlink r:id="rId2682690d4c76306c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24547935" name="name592168e4a1152b3f8" descr="14645.jpg"/>
+                  <wp:docPr id="99028854" name="name2572690d4c76307c3" descr="14645.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14645.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId445068e4a1152b3f7" cstate="print"/>
+                          <a:blip r:embed="rId3676690d4c76307c1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId667468e4a1152b510" w:history="1">
+            <w:hyperlink r:id="rId7696690d4c76308fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. carolinensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are common. In most areas, the population is maintained in felled and dead standing trees, in windthrown timber, and in large slash (the term used in the USA to describe waste left from forestry operations) (Alya &amp; Hain, 1985).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88812701" name="name905968e4a1152c7f1" descr="MONCTI_distribution_map.jpg"/>
+            <wp:docPr id="44703907" name="name9018690d4c76319d0" descr="MONCTI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCTI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId634668e4a1152c7ec" cstate="print"/>
+                    <a:blip r:embed="rId1122690d4c76319cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1888,151 +1888,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="943584986"/>
+          <w:numId w:val="73355330"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="943584986"/>
+          <w:numId w:val="73355330"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="943584986"/>
+          <w:numId w:val="73355330"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="943584986"/>
+          <w:numId w:val="73355330"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="943584986"/>
+          <w:numId w:val="73355330"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -6631,51 +6631,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746168e4a1152ef1a" w:history="1">
+      <w:hyperlink r:id="rId7599690d4c76341aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus titillator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781768e4a1152f78b" w:history="1">
+      <w:hyperlink r:id="rId2444690d4c7634a5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8029,63 +8029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54706289" name="name480768e4a1152f868" descr="eu_funding_250.png"/>
+            <wp:docPr id="15837738" name="name3989690d4c7634b26" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId836168e4a1152f867" cstate="print"/>
+                    <a:blip r:embed="rId3318690d4c7634b25" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8183,221 +8183,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="943584986">
+  <w:abstractNum w:abstractNumId="73355330">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98000549">
+    <w:lvl w:ilvl="0" w:tplc="28327663">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98000549" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28327663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31969597">
+  <w:abstractNum w:abstractNumId="81265867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35265066">
+    <w:lvl w:ilvl="0" w:tplc="33657558">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35265066" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33657558" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31969596">
+  <w:abstractNum w:abstractNumId="81265866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70147084">
+    <w:lvl w:ilvl="0" w:tplc="67073337">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,58 +9149,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31969596">
-    <w:abstractNumId w:val="31969596"/>
+  <w:num w:numId="81265866">
+    <w:abstractNumId w:val="81265866"/>
   </w:num>
-  <w:num w:numId="31969597">
-    <w:abstractNumId w:val="31969597"/>
+  <w:num w:numId="81265867">
+    <w:abstractNumId w:val="81265867"/>
   </w:num>
-  <w:num w:numId="943584986">
-    <w:abstractNumId w:val="943584986"/>
+  <w:num w:numId="73355330">
+    <w:abstractNumId w:val="73355330"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20750,51 +20750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId532002722" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId564985126" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId899668e4a1152b2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId160368e4a1152b334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId667468e4a1152b510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId746168e4a1152ef1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId781768e4a1152f78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId445068e4a1152b3f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId445068e4a1152b3f7.jpg"/><Relationship Id="rId634668e4a1152c7ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634668e4a1152c7ec.jpg"/><Relationship Id="rId836168e4a1152f867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId836168e4a1152f867.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId827539987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701546615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2681690d4c7630682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId2682690d4c76306c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId7696690d4c76308fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId7599690d4c76341aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2444690d4c7634a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3676690d4c76307c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3676690d4c76307c1.jpg"/><Relationship Id="rId1122690d4c76319cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1122690d4c76319cd.jpg"/><Relationship Id="rId3318690d4c7634b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3318690d4c7634b25.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>