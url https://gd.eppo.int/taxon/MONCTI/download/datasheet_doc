--- v1 (2025-11-07)
+++ v2 (2025-12-01)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2681690d4c7630682" w:history="1">
+            <w:hyperlink r:id="rId9745692ce0d2505e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2682690d4c76306c9" w:history="1">
+            <w:hyperlink r:id="rId8936692ce0d250630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99028854" name="name2572690d4c76307c3" descr="14645.jpg"/>
+                  <wp:docPr id="18653722" name="name1231692ce0d250717" descr="14645.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14645.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3676690d4c76307c1" cstate="print"/>
+                          <a:blip r:embed="rId2794692ce0d250716" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7696690d4c76308fb" w:history="1">
+            <w:hyperlink r:id="rId1558692ce0d25085c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. carolinensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are common. In most areas, the population is maintained in felled and dead standing trees, in windthrown timber, and in large slash (the term used in the USA to describe waste left from forestry operations) (Alya &amp; Hain, 1985).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44703907" name="name9018690d4c76319d0" descr="MONCTI_distribution_map.jpg"/>
+            <wp:docPr id="97538254" name="name6093692ce0d251998" descr="MONCTI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCTI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1122690d4c76319cd" cstate="print"/>
+                    <a:blip r:embed="rId2314692ce0d251995" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1888,151 +1888,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="73355330"/>
+          <w:numId w:val="682541516"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="73355330"/>
+          <w:numId w:val="682541516"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="73355330"/>
+          <w:numId w:val="682541516"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="73355330"/>
+          <w:numId w:val="682541516"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="73355330"/>
+          <w:numId w:val="682541516"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -6631,51 +6631,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7599690d4c76341aa" w:history="1">
+      <w:hyperlink r:id="rId6367692ce0d2540f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus titillator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2444690d4c7634a5f" w:history="1">
+      <w:hyperlink r:id="rId2456692ce0d254978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8029,63 +8029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15837738" name="name3989690d4c7634b26" descr="eu_funding_250.png"/>
+            <wp:docPr id="33182668" name="name3171692ce0d254a1c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3318690d4c7634b25" cstate="print"/>
+                    <a:blip r:embed="rId7241692ce0d254a1b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8183,221 +8183,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73355330">
+  <w:abstractNum w:abstractNumId="682541516">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28327663">
+    <w:lvl w:ilvl="0" w:tplc="98973025">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28327663" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98973025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81265867">
+  <w:abstractNum w:abstractNumId="69376206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33657558">
+    <w:lvl w:ilvl="0" w:tplc="41632659">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33657558" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41632659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81265866">
+  <w:abstractNum w:abstractNumId="69376205">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67073337">
+    <w:lvl w:ilvl="0" w:tplc="78041375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,58 +9149,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81265866">
-    <w:abstractNumId w:val="81265866"/>
+  <w:num w:numId="69376205">
+    <w:abstractNumId w:val="69376205"/>
   </w:num>
-  <w:num w:numId="81265867">
-    <w:abstractNumId w:val="81265867"/>
+  <w:num w:numId="69376206">
+    <w:abstractNumId w:val="69376206"/>
   </w:num>
-  <w:num w:numId="73355330">
-    <w:abstractNumId w:val="73355330"/>
+  <w:num w:numId="682541516">
+    <w:abstractNumId w:val="682541516"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20750,51 +20750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId827539987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701546615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2681690d4c7630682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId2682690d4c76306c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId7696690d4c76308fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId7599690d4c76341aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2444690d4c7634a5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3676690d4c76307c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3676690d4c76307c1.jpg"/><Relationship Id="rId1122690d4c76319cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1122690d4c76319cd.jpg"/><Relationship Id="rId3318690d4c7634b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3318690d4c7634b25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545330549" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId927084913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9745692ce0d2505e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId8936692ce0d250630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId1558692ce0d25085c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId6367692ce0d2540f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2456692ce0d254978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2794692ce0d250716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2794692ce0d250716.jpg"/><Relationship Id="rId2314692ce0d251995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2314692ce0d251995.jpg"/><Relationship Id="rId7241692ce0d254a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7241692ce0d254a1b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>