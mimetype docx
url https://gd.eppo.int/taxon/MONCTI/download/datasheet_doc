--- v2 (2025-12-01)
+++ v3 (2025-12-14)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9745692ce0d2505e9" w:history="1">
+            <w:hyperlink r:id="rId1599693ed6352a465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8936692ce0d250630" w:history="1">
+            <w:hyperlink r:id="rId2565693ed6352a4a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18653722" name="name1231692ce0d250717" descr="14645.jpg"/>
+                  <wp:docPr id="1684863" name="name1433693ed6352aa87" descr="14645.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14645.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2794692ce0d250716" cstate="print"/>
+                          <a:blip r:embed="rId5815693ed6352aa85" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1558692ce0d25085c" w:history="1">
+            <w:hyperlink r:id="rId6955693ed6352ab9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. carolinensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are common. In most areas, the population is maintained in felled and dead standing trees, in windthrown timber, and in large slash (the term used in the USA to describe waste left from forestry operations) (Alya &amp; Hain, 1985).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97538254" name="name6093692ce0d251998" descr="MONCTI_distribution_map.jpg"/>
+            <wp:docPr id="5459721" name="name5003693ed6352b9f6" descr="MONCTI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCTI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2314692ce0d251995" cstate="print"/>
+                    <a:blip r:embed="rId9843693ed6352b9f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1888,151 +1888,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="682541516"/>
+          <w:numId w:val="734252365"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="682541516"/>
+          <w:numId w:val="734252365"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="682541516"/>
+          <w:numId w:val="734252365"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="682541516"/>
+          <w:numId w:val="734252365"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="682541516"/>
+          <w:numId w:val="734252365"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -6631,51 +6631,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6367692ce0d2540f1" w:history="1">
+      <w:hyperlink r:id="rId8226693ed6352e109" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus titillator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2456692ce0d254978" w:history="1">
+      <w:hyperlink r:id="rId7901693ed6352eb0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8029,63 +8029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33182668" name="name3171692ce0d254a1c" descr="eu_funding_250.png"/>
+            <wp:docPr id="30738020" name="name2729693ed6352ebce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7241692ce0d254a1b" cstate="print"/>
+                    <a:blip r:embed="rId3856693ed6352ebcd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8183,221 +8183,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="682541516">
+  <w:abstractNum w:abstractNumId="734252365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98973025">
+    <w:lvl w:ilvl="0" w:tplc="23089210">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98973025" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23089210" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69376206">
+  <w:abstractNum w:abstractNumId="59448980">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41632659">
+    <w:lvl w:ilvl="0" w:tplc="22453618">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41632659" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22453618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69376205">
+  <w:abstractNum w:abstractNumId="59448979">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78041375">
+    <w:lvl w:ilvl="0" w:tplc="39679894">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,58 +9149,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69376205">
-    <w:abstractNumId w:val="69376205"/>
+  <w:num w:numId="59448979">
+    <w:abstractNumId w:val="59448979"/>
   </w:num>
-  <w:num w:numId="69376206">
-    <w:abstractNumId w:val="69376206"/>
+  <w:num w:numId="59448980">
+    <w:abstractNumId w:val="59448980"/>
   </w:num>
-  <w:num w:numId="682541516">
-    <w:abstractNumId w:val="682541516"/>
+  <w:num w:numId="734252365">
+    <w:abstractNumId w:val="734252365"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20750,51 +20750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545330549" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId927084913" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9745692ce0d2505e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId8936692ce0d250630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId1558692ce0d25085c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId6367692ce0d2540f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2456692ce0d254978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2794692ce0d250716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2794692ce0d250716.jpg"/><Relationship Id="rId2314692ce0d251995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2314692ce0d251995.jpg"/><Relationship Id="rId7241692ce0d254a1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7241692ce0d254a1b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId339518949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854720532" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1599693ed6352a465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId2565693ed6352a4a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId6955693ed6352ab9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId8226693ed6352e109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId7901693ed6352eb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5815693ed6352aa85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5815693ed6352aa85.jpg"/><Relationship Id="rId9843693ed6352b9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9843693ed6352b9f4.jpg"/><Relationship Id="rId3856693ed6352ebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3856693ed6352ebcd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>