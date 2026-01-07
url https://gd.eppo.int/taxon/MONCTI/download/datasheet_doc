--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1599693ed6352a465" w:history="1">
+            <w:hyperlink r:id="rId1456695ea703de88b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2565693ed6352a4a9" w:history="1">
+            <w:hyperlink r:id="rId9253695ea703de8e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1684863" name="name1433693ed6352aa87" descr="14645.jpg"/>
+                  <wp:docPr id="30532219" name="name5734695ea703df1be" descr="14645.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14645.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5815693ed6352aa85" cstate="print"/>
+                          <a:blip r:embed="rId9964695ea703df1bc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6955693ed6352ab9f" w:history="1">
+            <w:hyperlink r:id="rId4383695ea703df300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. carolinensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are common. In most areas, the population is maintained in felled and dead standing trees, in windthrown timber, and in large slash (the term used in the USA to describe waste left from forestry operations) (Alya &amp; Hain, 1985).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5459721" name="name5003693ed6352b9f6" descr="MONCTI_distribution_map.jpg"/>
+            <wp:docPr id="14482888" name="name3158695ea703e0329" descr="MONCTI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCTI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9843693ed6352b9f4" cstate="print"/>
+                    <a:blip r:embed="rId7473695ea703e0326" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1888,151 +1888,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="734252365"/>
+          <w:numId w:val="557016254"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="734252365"/>
+          <w:numId w:val="557016254"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="734252365"/>
+          <w:numId w:val="557016254"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="734252365"/>
+          <w:numId w:val="557016254"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="734252365"/>
+          <w:numId w:val="557016254"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -6631,51 +6631,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8226693ed6352e109" w:history="1">
+      <w:hyperlink r:id="rId4528695ea703e2bb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7950,73 +7950,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus titillator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7901693ed6352eb0b" w:history="1">
+      <w:hyperlink r:id="rId7299695ea703e3454" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8029,63 +8029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30738020" name="name2729693ed6352ebce" descr="eu_funding_250.png"/>
+            <wp:docPr id="58997205" name="name9228695ea703e3532" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3856693ed6352ebcd" cstate="print"/>
+                    <a:blip r:embed="rId6396695ea703e3530" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8183,221 +8183,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="734252365">
+  <w:abstractNum w:abstractNumId="557016254">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23089210">
+    <w:lvl w:ilvl="0" w:tplc="79042836">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23089210" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79042836" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59448980">
+  <w:abstractNum w:abstractNumId="34213429">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22453618">
+    <w:lvl w:ilvl="0" w:tplc="77774499">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22453618" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77774499" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59448979">
+  <w:abstractNum w:abstractNumId="34213428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39679894">
+    <w:lvl w:ilvl="0" w:tplc="20285477">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,58 +9149,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59448979">
-    <w:abstractNumId w:val="59448979"/>
+  <w:num w:numId="34213428">
+    <w:abstractNumId w:val="34213428"/>
   </w:num>
-  <w:num w:numId="59448980">
-    <w:abstractNumId w:val="59448980"/>
+  <w:num w:numId="34213429">
+    <w:abstractNumId w:val="34213429"/>
   </w:num>
-  <w:num w:numId="734252365">
-    <w:abstractNumId w:val="734252365"/>
+  <w:num w:numId="557016254">
+    <w:abstractNumId w:val="557016254"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20750,51 +20750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId339518949" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854720532" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1599693ed6352a465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId2565693ed6352a4a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId6955693ed6352ab9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId8226693ed6352e109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId7901693ed6352eb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5815693ed6352aa85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5815693ed6352aa85.jpg"/><Relationship Id="rId9843693ed6352b9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9843693ed6352b9f4.jpg"/><Relationship Id="rId3856693ed6352ebcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3856693ed6352ebcd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId618412725" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159734695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1456695ea703de88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId9253695ea703de8e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId4383695ea703df300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId4528695ea703e2bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId7299695ea703e3454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9964695ea703df1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9964695ea703df1bc.jpg"/><Relationship Id="rId7473695ea703e0326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7473695ea703e0326.jpg"/><Relationship Id="rId6396695ea703e3530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6396695ea703e3530.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>