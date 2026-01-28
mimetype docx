--- v4 (2026-01-07)
+++ v5 (2026-01-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1456695ea703de88b" w:history="1">
+            <w:hyperlink r:id="rId6909697a3ceec8b62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9253695ea703de8e4" w:history="1">
+            <w:hyperlink r:id="rId9811697a3ceec8ba7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="30532219" name="name5734695ea703df1be" descr="14645.jpg"/>
+                  <wp:docPr id="78003000" name="name2943697a3ceec92b1" descr="14645.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14645.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9964695ea703df1bc" cstate="print"/>
+                          <a:blip r:embed="rId9359697a3ceec92b0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4383695ea703df300" w:history="1">
+            <w:hyperlink r:id="rId7816697a3ceec93d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. carolinensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are common. In most areas, the population is maintained in felled and dead standing trees, in windthrown timber, and in large slash (the term used in the USA to describe waste left from forestry operations) (Alya &amp; Hain, 1985).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14482888" name="name3158695ea703e0329" descr="MONCTI_distribution_map.jpg"/>
+            <wp:docPr id="12332392" name="name4888697a3ceeca55e" descr="MONCTI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCTI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7473695ea703e0326" cstate="print"/>
+                    <a:blip r:embed="rId9942697a3ceeca55a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1888,151 +1888,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557016254"/>
+          <w:numId w:val="483639319"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557016254"/>
+          <w:numId w:val="483639319"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557016254"/>
+          <w:numId w:val="483639319"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557016254"/>
+          <w:numId w:val="483639319"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="557016254"/>
+          <w:numId w:val="483639319"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -6631,51 +6631,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4528695ea703e2bb6" w:history="1">
+      <w:hyperlink r:id="rId2878697a3ceecd63c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus titillator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7299695ea703e3454" w:history="1">
+      <w:hyperlink r:id="rId2720697a3ceece040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8029,63 +8029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58997205" name="name9228695ea703e3532" descr="eu_funding_250.png"/>
+            <wp:docPr id="71161512" name="name3253697a3ceece13c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6396695ea703e3530" cstate="print"/>
+                    <a:blip r:embed="rId6441697a3ceece13a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8183,221 +8183,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="557016254">
+  <w:abstractNum w:abstractNumId="483639319">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79042836">
+    <w:lvl w:ilvl="0" w:tplc="10838200">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79042836" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10838200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34213429">
+  <w:abstractNum w:abstractNumId="40440381">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77774499">
+    <w:lvl w:ilvl="0" w:tplc="51048697">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77774499" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51048697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34213428">
+  <w:abstractNum w:abstractNumId="40440380">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20285477">
+    <w:lvl w:ilvl="0" w:tplc="42639548">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,58 +9149,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34213428">
-    <w:abstractNumId w:val="34213428"/>
+  <w:num w:numId="40440380">
+    <w:abstractNumId w:val="40440380"/>
   </w:num>
-  <w:num w:numId="34213429">
-    <w:abstractNumId w:val="34213429"/>
+  <w:num w:numId="40440381">
+    <w:abstractNumId w:val="40440381"/>
   </w:num>
-  <w:num w:numId="557016254">
-    <w:abstractNumId w:val="557016254"/>
+  <w:num w:numId="483639319">
+    <w:abstractNumId w:val="483639319"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20750,51 +20750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId618412725" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159734695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1456695ea703de88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId9253695ea703de8e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId4383695ea703df300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId4528695ea703e2bb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId7299695ea703e3454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9964695ea703df1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9964695ea703df1bc.jpg"/><Relationship Id="rId7473695ea703e0326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7473695ea703e0326.jpg"/><Relationship Id="rId6396695ea703e3530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6396695ea703e3530.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId440658418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId537108501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6909697a3ceec8b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId9811697a3ceec8ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId7816697a3ceec93d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId2878697a3ceecd63c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2720697a3ceece040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9359697a3ceec92b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9359697a3ceec92b0.jpg"/><Relationship Id="rId9942697a3ceeca55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9942697a3ceeca55a.jpg"/><Relationship Id="rId6441697a3ceece13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6441697a3ceece13a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>