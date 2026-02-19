--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> southern pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6909697a3ceec8b62" w:history="1">
+            <w:hyperlink r:id="rId92876996993d8e4ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9811697a3ceec8ba7" w:history="1">
+            <w:hyperlink r:id="rId88596996993d8e50f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78003000" name="name2943697a3ceec92b1" descr="14645.jpg"/>
+                  <wp:docPr id="83898331" name="name91516996993d8f00c" descr="14645.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14645.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9359697a3ceec92b0" cstate="print"/>
+                          <a:blip r:embed="rId30366996993d8f00a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7816697a3ceec93d2" w:history="1">
+            <w:hyperlink r:id="rId54786996993d8f134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. carolinensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are common. In most areas, the population is maintained in felled and dead standing trees, in windthrown timber, and in large slash (the term used in the USA to describe waste left from forestry operations) (Alya &amp; Hain, 1985).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12332392" name="name4888697a3ceeca55e" descr="MONCTI_distribution_map.jpg"/>
+            <wp:docPr id="31147746" name="name11366996993d904e9" descr="MONCTI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCTI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9942697a3ceeca55a" cstate="print"/>
+                    <a:blip r:embed="rId86476996993d904e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1888,151 +1888,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="483639319"/>
+          <w:numId w:val="853834455"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="483639319"/>
+          <w:numId w:val="853834455"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="483639319"/>
+          <w:numId w:val="853834455"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="483639319"/>
+          <w:numId w:val="853834455"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="483639319"/>
+          <w:numId w:val="853834455"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -6631,51 +6631,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2878697a3ceecd63c" w:history="1">
+      <w:hyperlink r:id="rId61456996993d92f4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7972,51 +7972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus titillator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2720697a3ceece040" w:history="1">
+      <w:hyperlink r:id="rId98466996993d93911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8029,63 +8029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71161512" name="name3253697a3ceece13c" descr="eu_funding_250.png"/>
+            <wp:docPr id="40302768" name="name57906996993d939ef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6441697a3ceece13a" cstate="print"/>
+                    <a:blip r:embed="rId20196996993d939ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8183,221 +8183,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="483639319">
+  <w:abstractNum w:abstractNumId="853834455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10838200">
+    <w:lvl w:ilvl="0" w:tplc="95675279">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10838200" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95675279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40440381">
+  <w:abstractNum w:abstractNumId="29504113">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51048697">
+    <w:lvl w:ilvl="0" w:tplc="79323000">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51048697" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79323000" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40440380">
+  <w:abstractNum w:abstractNumId="29504112">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42639548">
+    <w:lvl w:ilvl="0" w:tplc="79868927">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9149,58 +9149,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40440380">
-    <w:abstractNumId w:val="40440380"/>
+  <w:num w:numId="29504112">
+    <w:abstractNumId w:val="29504112"/>
   </w:num>
-  <w:num w:numId="40440381">
-    <w:abstractNumId w:val="40440381"/>
+  <w:num w:numId="29504113">
+    <w:abstractNumId w:val="29504113"/>
   </w:num>
-  <w:num w:numId="483639319">
-    <w:abstractNumId w:val="483639319"/>
+  <w:num w:numId="853834455">
+    <w:abstractNumId w:val="853834455"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20750,51 +20750,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId440658418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId537108501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6909697a3ceec8b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId9811697a3ceec8ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId7816697a3ceec93d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId2878697a3ceecd63c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2720697a3ceece040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9359697a3ceec92b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9359697a3ceec92b0.jpg"/><Relationship Id="rId9942697a3ceeca55a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9942697a3ceeca55a.jpg"/><Relationship Id="rId6441697a3ceece13a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6441697a3ceece13a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId300734082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId678101074" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92876996993d8e4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/" TargetMode="External"/><Relationship Id="rId88596996993d8e50f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/categorization" TargetMode="External"/><Relationship Id="rId54786996993d8f134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCTI/photos" TargetMode="External"/><Relationship Id="rId61456996993d92f4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId98466996993d93911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30366996993d8f00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30366996993d8f00a.jpg"/><Relationship Id="rId86476996993d904e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86476996993d904e5.jpg"/><Relationship Id="rId20196996993d939ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20196996993d939ee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>