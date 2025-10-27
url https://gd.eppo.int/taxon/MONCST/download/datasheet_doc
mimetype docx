--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId987068e41f2140cd5" w:history="1">
+            <w:hyperlink r:id="rId404868feb71e125a1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586168e41f2140d1b" w:history="1">
+            <w:hyperlink r:id="rId699268feb71e125e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85417022" name="name622568e41f2140ded" descr="18592.jpg"/>
+                  <wp:docPr id="72558788" name="name377968feb71e126b5" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId149468e41f2140dec" cstate="print"/>
+                          <a:blip r:embed="rId416568feb71e126b3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId339068e41f2140f13" w:history="1">
+            <w:hyperlink r:id="rId426268feb71e127d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80417720" name="name246568e41f214225e" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="94322326" name="name271068feb71e12df4" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId838668e41f214225a" cstate="print"/>
+                    <a:blip r:embed="rId170368feb71e12df2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10140554"/>
+          <w:numId w:val="177214323"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10140554"/>
+          <w:numId w:val="177214323"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10140554"/>
+          <w:numId w:val="177214323"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10140554"/>
+          <w:numId w:val="177214323"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10140554"/>
+          <w:numId w:val="177214323"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8105,51 +8105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927968e41f21451bd" w:history="1">
+      <w:hyperlink r:id="rId608468feb71e15d7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22373670" name="name971368e41f2145281" descr="eu_funding_250.png"/>
+            <wp:docPr id="71709458" name="name361268feb71e15e2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId295168e41f214527f" cstate="print"/>
+                    <a:blip r:embed="rId145568feb71e15e2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10140554">
+  <w:abstractNum w:abstractNumId="177214323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49484915">
+    <w:lvl w:ilvl="0" w:tplc="65154470">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49484915" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65154470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52304715">
+  <w:abstractNum w:abstractNumId="14117066">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17336494">
+    <w:lvl w:ilvl="0" w:tplc="23723291">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17336494" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23723291" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52304714">
+  <w:abstractNum w:abstractNumId="14117065">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26894283">
+    <w:lvl w:ilvl="0" w:tplc="68633706">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52304714">
-    <w:abstractNumId w:val="52304714"/>
+  <w:num w:numId="14117065">
+    <w:abstractNumId w:val="14117065"/>
   </w:num>
-  <w:num w:numId="52304715">
-    <w:abstractNumId w:val="52304715"/>
+  <w:num w:numId="14117066">
+    <w:abstractNumId w:val="14117066"/>
   </w:num>
-  <w:num w:numId="10140554">
-    <w:abstractNumId w:val="10140554"/>
+  <w:num w:numId="177214323">
+    <w:abstractNumId w:val="177214323"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId408356706" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId749029366" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId987068e41f2140cd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId586168e41f2140d1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId339068e41f2140f13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId927968e41f21451bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId149468e41f2140dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId149468e41f2140dec.jpg"/><Relationship Id="rId838668e41f214225a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838668e41f214225a.jpg"/><Relationship Id="rId295168e41f214527f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId295168e41f214527f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId953765898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId384334293" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId404868feb71e125a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId699268feb71e125e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId426268feb71e127d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId608468feb71e15d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId416568feb71e126b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId416568feb71e126b3.jpg"/><Relationship Id="rId170368feb71e12df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170368feb71e12df2.jpg"/><Relationship Id="rId145568feb71e15e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145568feb71e15e2a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>