--- v1 (2025-10-27)
+++ v2 (2025-11-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404868feb71e125a1" w:history="1">
+            <w:hyperlink r:id="rId8914691d0991e31ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId699268feb71e125e7" w:history="1">
+            <w:hyperlink r:id="rId1513691d0991e3200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72558788" name="name377968feb71e126b5" descr="18592.jpg"/>
+                  <wp:docPr id="29358096" name="name5989691d0991e32b9" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId416568feb71e126b3" cstate="print"/>
+                          <a:blip r:embed="rId4668691d0991e32b7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId426268feb71e127d7" w:history="1">
+            <w:hyperlink r:id="rId5508691d0991e339a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94322326" name="name271068feb71e12df4" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="56649689" name="name9976691d0991e4618" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId170368feb71e12df2" cstate="print"/>
+                    <a:blip r:embed="rId7906691d0991e4616" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="177214323"/>
+          <w:numId w:val="657676483"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="177214323"/>
+          <w:numId w:val="657676483"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="177214323"/>
+          <w:numId w:val="657676483"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="177214323"/>
+          <w:numId w:val="657676483"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="177214323"/>
+          <w:numId w:val="657676483"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8105,51 +8105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608468feb71e15d7f" w:history="1">
+      <w:hyperlink r:id="rId5682691d0991e78e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71709458" name="name361268feb71e15e2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="24023603" name="name9377691d0991e798e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId145568feb71e15e2a" cstate="print"/>
+                    <a:blip r:embed="rId999691d0991e798d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="177214323">
+  <w:abstractNum w:abstractNumId="657676483">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65154470">
+    <w:lvl w:ilvl="0" w:tplc="11656572">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65154470" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11656572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14117066">
+  <w:abstractNum w:abstractNumId="57596527">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23723291">
+    <w:lvl w:ilvl="0" w:tplc="22409937">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23723291" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22409937" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14117065">
+  <w:abstractNum w:abstractNumId="57596526">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68633706">
+    <w:lvl w:ilvl="0" w:tplc="13985298">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14117065">
-    <w:abstractNumId w:val="14117065"/>
+  <w:num w:numId="57596526">
+    <w:abstractNumId w:val="57596526"/>
   </w:num>
-  <w:num w:numId="14117066">
-    <w:abstractNumId w:val="14117066"/>
+  <w:num w:numId="57596527">
+    <w:abstractNumId w:val="57596527"/>
   </w:num>
-  <w:num w:numId="177214323">
-    <w:abstractNumId w:val="177214323"/>
+  <w:num w:numId="657676483">
+    <w:abstractNumId w:val="657676483"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId953765898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId384334293" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId404868feb71e125a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId699268feb71e125e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId426268feb71e127d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId608468feb71e15d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId416568feb71e126b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId416568feb71e126b3.jpg"/><Relationship Id="rId170368feb71e12df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170368feb71e12df2.jpg"/><Relationship Id="rId145568feb71e15e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId145568feb71e15e2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311220365" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId575796956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8914691d0991e31ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId1513691d0991e3200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId5508691d0991e339a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId5682691d0991e78e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4668691d0991e32b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4668691d0991e32b7.jpg"/><Relationship Id="rId7906691d0991e4616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7906691d0991e4616.jpg"/><Relationship Id="rId999691d0991e798d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId999691d0991e798d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>