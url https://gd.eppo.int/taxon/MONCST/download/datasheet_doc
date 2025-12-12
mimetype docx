--- v2 (2025-11-19)
+++ v3 (2025-12-12)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8914691d0991e31ba" w:history="1">
+            <w:hyperlink r:id="rId9043693c948dde224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1513691d0991e3200" w:history="1">
+            <w:hyperlink r:id="rId2343693c948dde267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29358096" name="name5989691d0991e32b9" descr="18592.jpg"/>
+                  <wp:docPr id="97649618" name="name8612693c948ddecdc" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4668691d0991e32b7" cstate="print"/>
+                          <a:blip r:embed="rId5790693c948ddecd9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5508691d0991e339a" w:history="1">
+            <w:hyperlink r:id="rId8907693c948ddedfc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56649689" name="name9976691d0991e4618" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="87000037" name="name7998693c948de0297" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7906691d0991e4616" cstate="print"/>
+                    <a:blip r:embed="rId2159693c948de0294" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="657676483"/>
+          <w:numId w:val="101362397"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="657676483"/>
+          <w:numId w:val="101362397"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="657676483"/>
+          <w:numId w:val="101362397"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="657676483"/>
+          <w:numId w:val="101362397"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="657676483"/>
+          <w:numId w:val="101362397"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8105,51 +8105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5682691d0991e78e0" w:history="1">
+      <w:hyperlink r:id="rId7465693c948de31cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24023603" name="name9377691d0991e798e" descr="eu_funding_250.png"/>
+            <wp:docPr id="12868767" name="name5698693c948de327e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId999691d0991e798d" cstate="print"/>
+                    <a:blip r:embed="rId2331693c948de327d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="657676483">
+  <w:abstractNum w:abstractNumId="101362397">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11656572">
+    <w:lvl w:ilvl="0" w:tplc="71916390">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11656572" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71916390" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57596527">
+  <w:abstractNum w:abstractNumId="49059963">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22409937">
+    <w:lvl w:ilvl="0" w:tplc="51310313">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22409937" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51310313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57596526">
+  <w:abstractNum w:abstractNumId="49059962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13985298">
+    <w:lvl w:ilvl="0" w:tplc="33502781">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57596526">
-    <w:abstractNumId w:val="57596526"/>
+  <w:num w:numId="49059962">
+    <w:abstractNumId w:val="49059962"/>
   </w:num>
-  <w:num w:numId="57596527">
-    <w:abstractNumId w:val="57596527"/>
+  <w:num w:numId="49059963">
+    <w:abstractNumId w:val="49059963"/>
   </w:num>
-  <w:num w:numId="657676483">
-    <w:abstractNumId w:val="657676483"/>
+  <w:num w:numId="101362397">
+    <w:abstractNumId w:val="101362397"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311220365" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId575796956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8914691d0991e31ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId1513691d0991e3200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId5508691d0991e339a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId5682691d0991e78e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4668691d0991e32b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4668691d0991e32b7.jpg"/><Relationship Id="rId7906691d0991e4616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7906691d0991e4616.jpg"/><Relationship Id="rId999691d0991e798d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId999691d0991e798d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId902744477" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214632555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9043693c948dde224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId2343693c948dde267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId8907693c948ddedfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId7465693c948de31cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5790693c948ddecd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5790693c948ddecd9.jpg"/><Relationship Id="rId2159693c948de0294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2159693c948de0294.jpg"/><Relationship Id="rId2331693c948de327d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2331693c948de327d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>