--- v3 (2025-12-12)
+++ v4 (2026-01-21)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9043693c948dde224" w:history="1">
+            <w:hyperlink r:id="rId9528697108d9cd9c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2343693c948dde267" w:history="1">
+            <w:hyperlink r:id="rId5108697108d9cda0a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97649618" name="name8612693c948ddecdc" descr="18592.jpg"/>
+                  <wp:docPr id="96333652" name="name6838697108d9ce117" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5790693c948ddecd9" cstate="print"/>
+                          <a:blip r:embed="rId8694697108d9ce115" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8907693c948ddedfc" w:history="1">
+            <w:hyperlink r:id="rId7523697108d9ce2a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87000037" name="name7998693c948de0297" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="40635552" name="name7526697108d9cf5a0" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2159693c948de0294" cstate="print"/>
+                    <a:blip r:embed="rId6551697108d9cf59d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="101362397"/>
+          <w:numId w:val="577900779"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="101362397"/>
+          <w:numId w:val="577900779"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="101362397"/>
+          <w:numId w:val="577900779"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="101362397"/>
+          <w:numId w:val="577900779"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="101362397"/>
+          <w:numId w:val="577900779"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8083,73 +8083,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7465693c948de31cf" w:history="1">
+      <w:hyperlink r:id="rId4800697108d9d2634" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12868767" name="name5698693c948de327e" descr="eu_funding_250.png"/>
+            <wp:docPr id="66793329" name="name5976697108d9d2700" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2331693c948de327d" cstate="print"/>
+                    <a:blip r:embed="rId2101697108d9d26ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="101362397">
+  <w:abstractNum w:abstractNumId="577900779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71916390">
+    <w:lvl w:ilvl="0" w:tplc="35488325">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71916390" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35488325" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49059963">
+  <w:abstractNum w:abstractNumId="57494858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51310313">
+    <w:lvl w:ilvl="0" w:tplc="66410736">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51310313" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66410736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49059962">
+  <w:abstractNum w:abstractNumId="57494857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33502781">
+    <w:lvl w:ilvl="0" w:tplc="27185445">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49059962">
-    <w:abstractNumId w:val="49059962"/>
+  <w:num w:numId="57494857">
+    <w:abstractNumId w:val="57494857"/>
   </w:num>
-  <w:num w:numId="49059963">
-    <w:abstractNumId w:val="49059963"/>
+  <w:num w:numId="57494858">
+    <w:abstractNumId w:val="57494858"/>
   </w:num>
-  <w:num w:numId="101362397">
-    <w:abstractNumId w:val="101362397"/>
+  <w:num w:numId="577900779">
+    <w:abstractNumId w:val="577900779"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId902744477" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214632555" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9043693c948dde224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId2343693c948dde267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId8907693c948ddedfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId7465693c948de31cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5790693c948ddecd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5790693c948ddecd9.jpg"/><Relationship Id="rId2159693c948de0294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2159693c948de0294.jpg"/><Relationship Id="rId2331693c948de327d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2331693c948de327d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252952173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId507715444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9528697108d9cd9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId5108697108d9cda0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId7523697108d9ce2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId4800697108d9d2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8694697108d9ce115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8694697108d9ce115.jpg"/><Relationship Id="rId6551697108d9cf59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6551697108d9cf59d.jpg"/><Relationship Id="rId2101697108d9d26ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2101697108d9d26ff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>