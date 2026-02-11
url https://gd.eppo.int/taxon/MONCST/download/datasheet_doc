--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9528697108d9cd9c4" w:history="1">
+            <w:hyperlink r:id="rId4182698c50583cf70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5108697108d9cda0a" w:history="1">
+            <w:hyperlink r:id="rId4367698c50583cfb3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96333652" name="name6838697108d9ce117" descr="18592.jpg"/>
+                  <wp:docPr id="80518935" name="name1902698c50583d6c3" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8694697108d9ce115" cstate="print"/>
+                          <a:blip r:embed="rId7452698c50583d6c1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7523697108d9ce2a9" w:history="1">
+            <w:hyperlink r:id="rId9630698c50583d7c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40635552" name="name7526697108d9cf5a0" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="61082703" name="name7146698c50583ef33" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6551697108d9cf59d" cstate="print"/>
+                    <a:blip r:embed="rId3967698c50583ef30" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="577900779"/>
+          <w:numId w:val="716917265"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="577900779"/>
+          <w:numId w:val="716917265"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="577900779"/>
+          <w:numId w:val="716917265"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="577900779"/>
+          <w:numId w:val="716917265"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="577900779"/>
+          <w:numId w:val="716917265"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8105,51 +8105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4800697108d9d2634" w:history="1">
+      <w:hyperlink r:id="rId5122698c505841cca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66793329" name="name5976697108d9d2700" descr="eu_funding_250.png"/>
+            <wp:docPr id="67883392" name="name5024698c505841da8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2101697108d9d26ff" cstate="print"/>
+                    <a:blip r:embed="rId5660698c505841da7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="577900779">
+  <w:abstractNum w:abstractNumId="716917265">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35488325">
+    <w:lvl w:ilvl="0" w:tplc="16925171">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35488325" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16925171" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57494858">
+  <w:abstractNum w:abstractNumId="19610552">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66410736">
+    <w:lvl w:ilvl="0" w:tplc="60911225">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66410736" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60911225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57494857">
+  <w:abstractNum w:abstractNumId="19610551">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27185445">
+    <w:lvl w:ilvl="0" w:tplc="50685523">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57494857">
-    <w:abstractNumId w:val="57494857"/>
+  <w:num w:numId="19610551">
+    <w:abstractNumId w:val="19610551"/>
   </w:num>
-  <w:num w:numId="57494858">
-    <w:abstractNumId w:val="57494858"/>
+  <w:num w:numId="19610552">
+    <w:abstractNumId w:val="19610552"/>
   </w:num>
-  <w:num w:numId="577900779">
-    <w:abstractNumId w:val="577900779"/>
+  <w:num w:numId="716917265">
+    <w:abstractNumId w:val="716917265"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252952173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId507715444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9528697108d9cd9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId5108697108d9cda0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId7523697108d9ce2a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId4800697108d9d2634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8694697108d9ce115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8694697108d9ce115.jpg"/><Relationship Id="rId6551697108d9cf59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6551697108d9cf59d.jpg"/><Relationship Id="rId2101697108d9d26ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2101697108d9d26ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189287480" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706447957" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4182698c50583cf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId4367698c50583cfb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId9630698c50583d7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId5122698c505841cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7452698c50583d6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7452698c50583d6c1.jpg"/><Relationship Id="rId3967698c50583ef30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3967698c50583ef30.jpg"/><Relationship Id="rId5660698c505841da7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5660698c505841da7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>