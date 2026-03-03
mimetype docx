--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4182698c50583cf70" w:history="1">
+            <w:hyperlink r:id="rId351669a6d389841ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4367698c50583cfb3" w:history="1">
+            <w:hyperlink r:id="rId351569a6d3898420f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80518935" name="name1902698c50583d6c3" descr="18592.jpg"/>
+                  <wp:docPr id="67884997" name="name940869a6d389849e0" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7452698c50583d6c1" cstate="print"/>
+                          <a:blip r:embed="rId604769a6d389849de" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9630698c50583d7c8" w:history="1">
+            <w:hyperlink r:id="rId902269a6d38984b2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61082703" name="name7146698c50583ef33" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="63710592" name="name146869a6d38985fd8" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3967698c50583ef30" cstate="print"/>
+                    <a:blip r:embed="rId450869a6d38985fd4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716917265"/>
+          <w:numId w:val="202593213"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716917265"/>
+          <w:numId w:val="202593213"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716917265"/>
+          <w:numId w:val="202593213"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716917265"/>
+          <w:numId w:val="202593213"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716917265"/>
+          <w:numId w:val="202593213"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8105,51 +8105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5122698c505841cca" w:history="1">
+      <w:hyperlink r:id="rId169369a6d3898966b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67883392" name="name5024698c505841da8" descr="eu_funding_250.png"/>
+            <wp:docPr id="72086142" name="name855969a6d38989979" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5660698c505841da7" cstate="print"/>
+                    <a:blip r:embed="rId939769a6d38989978" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="716917265">
+  <w:abstractNum w:abstractNumId="202593213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16925171">
+    <w:lvl w:ilvl="0" w:tplc="47462924">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16925171" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47462924" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19610552">
+  <w:abstractNum w:abstractNumId="93653738">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60911225">
+    <w:lvl w:ilvl="0" w:tplc="79322256">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60911225" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79322256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19610551">
+  <w:abstractNum w:abstractNumId="93653737">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50685523">
+    <w:lvl w:ilvl="0" w:tplc="69058075">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19610551">
-    <w:abstractNumId w:val="19610551"/>
+  <w:num w:numId="93653737">
+    <w:abstractNumId w:val="93653737"/>
   </w:num>
-  <w:num w:numId="19610552">
-    <w:abstractNumId w:val="19610552"/>
+  <w:num w:numId="93653738">
+    <w:abstractNumId w:val="93653738"/>
   </w:num>
-  <w:num w:numId="716917265">
-    <w:abstractNumId w:val="716917265"/>
+  <w:num w:numId="202593213">
+    <w:abstractNumId w:val="202593213"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189287480" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706447957" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4182698c50583cf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId4367698c50583cfb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId9630698c50583d7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId5122698c505841cca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7452698c50583d6c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7452698c50583d6c1.jpg"/><Relationship Id="rId3967698c50583ef30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3967698c50583ef30.jpg"/><Relationship Id="rId5660698c505841da7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5660698c505841da7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId941408307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId740803715" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId351669a6d389841ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId351569a6d3898420f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId902269a6d38984b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId169369a6d3898966b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId604769a6d389849de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604769a6d389849de.jpg"/><Relationship Id="rId450869a6d38985fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450869a6d38985fd4.jpg"/><Relationship Id="rId939769a6d38989978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939769a6d38989978.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>