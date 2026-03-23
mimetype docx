--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> white spotted sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351669a6d389841ca" w:history="1">
+            <w:hyperlink r:id="rId349569c15d8c0e0fd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351569a6d3898420f" w:history="1">
+            <w:hyperlink r:id="rId454869c15d8c0e143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67884997" name="name940869a6d389849e0" descr="18592.jpg"/>
+                  <wp:docPr id="28960568" name="name526869c15d8c0e78e" descr="18592.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="18592.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId604769a6d389849de" cstate="print"/>
+                          <a:blip r:embed="rId718769c15d8c0e78c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId902269a6d38984b2c" w:history="1">
+            <w:hyperlink r:id="rId931969c15d8c0e892" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1107,63 +1107,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> species in Eastern Canada (Rose, 1957).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63710592" name="name146869a6d38985fd8" descr="MONCST_distribution_map.jpg"/>
+            <wp:docPr id="68052404" name="name810669c15d8c0f731" descr="MONCST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId450869a6d38985fd4" cstate="print"/>
+                    <a:blip r:embed="rId709869c15d8c0f72e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2120,151 +2120,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202593213"/>
+          <w:numId w:val="639421279"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202593213"/>
+          <w:numId w:val="639421279"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202593213"/>
+          <w:numId w:val="639421279"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202593213"/>
+          <w:numId w:val="639421279"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="202593213"/>
+          <w:numId w:val="639421279"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -8105,51 +8105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus scutellatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169369a6d3898966b" w:history="1">
+      <w:hyperlink r:id="rId215569c15d8c12584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8162,63 +8162,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72086142" name="name855969a6d38989979" descr="eu_funding_250.png"/>
+            <wp:docPr id="1235384" name="name162069c15d8c1262d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId939769a6d38989978" cstate="print"/>
+                    <a:blip r:embed="rId285769c15d8c1262c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8316,221 +8316,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="202593213">
+  <w:abstractNum w:abstractNumId="639421279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47462924">
+    <w:lvl w:ilvl="0" w:tplc="78524672">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47462924" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78524672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93653738">
+  <w:abstractNum w:abstractNumId="32293212">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79322256">
+    <w:lvl w:ilvl="0" w:tplc="31736034">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79322256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31736034" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93653737">
+  <w:abstractNum w:abstractNumId="32293211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69058075">
+    <w:lvl w:ilvl="0" w:tplc="94430988">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9282,58 +9282,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93653737">
-    <w:abstractNumId w:val="93653737"/>
+  <w:num w:numId="32293211">
+    <w:abstractNumId w:val="32293211"/>
   </w:num>
-  <w:num w:numId="93653738">
-    <w:abstractNumId w:val="93653738"/>
+  <w:num w:numId="32293212">
+    <w:abstractNumId w:val="32293212"/>
   </w:num>
-  <w:num w:numId="202593213">
-    <w:abstractNumId w:val="202593213"/>
+  <w:num w:numId="639421279">
+    <w:abstractNumId w:val="639421279"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20883,51 +20883,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId941408307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId740803715" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId351669a6d389841ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId351569a6d3898420f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId902269a6d38984b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId169369a6d3898966b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId604769a6d389849de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604769a6d389849de.jpg"/><Relationship Id="rId450869a6d38985fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId450869a6d38985fd4.jpg"/><Relationship Id="rId939769a6d38989978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939769a6d38989978.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740805124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId851577271" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId349569c15d8c0e0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/" TargetMode="External"/><Relationship Id="rId454869c15d8c0e143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/categorization" TargetMode="External"/><Relationship Id="rId931969c15d8c0e892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCST/photos" TargetMode="External"/><Relationship Id="rId215569c15d8c12584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId718769c15d8c0e78c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718769c15d8c0e78c.jpg"/><Relationship Id="rId709869c15d8c0f72e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId709869c15d8c0f72e.jpg"/><Relationship Id="rId285769c15d8c1262c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId285769c15d8c1262c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>