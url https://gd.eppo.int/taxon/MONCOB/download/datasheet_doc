--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> obtuse sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481168e77c38cc487" w:history="1">
+            <w:hyperlink r:id="rId30426904c1659950e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240868e77c38cc4cb" w:history="1">
+            <w:hyperlink r:id="rId80216904c16599553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -880,63 +880,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. obtusus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is found in Pacific Coast States, British Columbia and Idaho (Keen, 1952),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61244056" name="name718768e77c38cd5f4" descr="MONCOB_distribution_map.jpg"/>
+            <wp:docPr id="56394101" name="name23426904c1659a7c5" descr="MONCOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId386468e77c38cd5f2" cstate="print"/>
+                    <a:blip r:embed="rId22236904c1659a7c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1446,151 +1446,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="381326371"/>
+          <w:numId w:val="391605577"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="381326371"/>
+          <w:numId w:val="391605577"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="381326371"/>
+          <w:numId w:val="391605577"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="381326371"/>
+          <w:numId w:val="391605577"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="381326371"/>
+          <w:numId w:val="391605577"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5136,51 +5136,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192468e77c38cf2fb" w:history="1">
+      <w:hyperlink r:id="rId42256904c1659c640" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus obtusus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351568e77c38cf99d" w:history="1">
+      <w:hyperlink r:id="rId72536904c1659cd43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6238,63 +6238,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63705779" name="name676268e77c38cfa6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="97068769" name="name81626904c1659cdf4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId307668e77c38cfa6c" cstate="print"/>
+                    <a:blip r:embed="rId67046904c1659cdf3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6392,221 +6392,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="381326371">
+  <w:abstractNum w:abstractNumId="391605577">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85906053">
+    <w:lvl w:ilvl="0" w:tplc="52942491">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85906053" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52942491" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96996759">
+  <w:abstractNum w:abstractNumId="17520598">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48434260">
+    <w:lvl w:ilvl="0" w:tplc="62845029">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48434260" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62845029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96996758">
+  <w:abstractNum w:abstractNumId="17520597">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51183334">
+    <w:lvl w:ilvl="0" w:tplc="77164627">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7358,58 +7358,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96996758">
-    <w:abstractNumId w:val="96996758"/>
+  <w:num w:numId="17520597">
+    <w:abstractNumId w:val="17520597"/>
   </w:num>
-  <w:num w:numId="96996759">
-    <w:abstractNumId w:val="96996759"/>
+  <w:num w:numId="17520598">
+    <w:abstractNumId w:val="17520598"/>
   </w:num>
-  <w:num w:numId="381326371">
-    <w:abstractNumId w:val="381326371"/>
+  <w:num w:numId="391605577">
+    <w:abstractNumId w:val="391605577"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18959,51 +18959,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId712316181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713408377" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId481168e77c38cc487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId240868e77c38cc4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId192468e77c38cf2fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId351568e77c38cf99d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId386468e77c38cd5f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId386468e77c38cd5f2.jpg"/><Relationship Id="rId307668e77c38cfa6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId307668e77c38cfa6c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId700773901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215512413" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30426904c1659950e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId80216904c16599553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId42256904c1659c640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId72536904c1659cd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22236904c1659a7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22236904c1659a7c2.jpg"/><Relationship Id="rId67046904c1659cdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67046904c1659cdf3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>