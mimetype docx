--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> obtuse sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30426904c1659950e" w:history="1">
+            <w:hyperlink r:id="rId2846692aa03130e08" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80216904c16599553" w:history="1">
+            <w:hyperlink r:id="rId9318692aa03130e59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -880,63 +880,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. obtusus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is found in Pacific Coast States, British Columbia and Idaho (Keen, 1952),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56394101" name="name23426904c1659a7c5" descr="MONCOB_distribution_map.jpg"/>
+            <wp:docPr id="44873498" name="name9508692aa03132181" descr="MONCOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22236904c1659a7c2" cstate="print"/>
+                    <a:blip r:embed="rId3065692aa0313217e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1446,151 +1446,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="391605577"/>
+          <w:numId w:val="716584613"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="391605577"/>
+          <w:numId w:val="716584613"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="391605577"/>
+          <w:numId w:val="716584613"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="391605577"/>
+          <w:numId w:val="716584613"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="391605577"/>
+          <w:numId w:val="716584613"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5136,51 +5136,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42256904c1659c640" w:history="1">
+      <w:hyperlink r:id="rId8142692aa03133efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus obtusus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72536904c1659cd43" w:history="1">
+      <w:hyperlink r:id="rId2332692aa0313459b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6238,63 +6238,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97068769" name="name81626904c1659cdf4" descr="eu_funding_250.png"/>
+            <wp:docPr id="22942375" name="name1230692aa03134641" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67046904c1659cdf3" cstate="print"/>
+                    <a:blip r:embed="rId1770692aa03134640" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6392,221 +6392,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="391605577">
+  <w:abstractNum w:abstractNumId="716584613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52942491">
+    <w:lvl w:ilvl="0" w:tplc="69349064">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52942491" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69349064" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17520598">
+  <w:abstractNum w:abstractNumId="55240924">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62845029">
+    <w:lvl w:ilvl="0" w:tplc="80533334">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62845029" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80533334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17520597">
+  <w:abstractNum w:abstractNumId="55240923">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77164627">
+    <w:lvl w:ilvl="0" w:tplc="82115376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7358,58 +7358,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17520597">
-    <w:abstractNumId w:val="17520597"/>
+  <w:num w:numId="55240923">
+    <w:abstractNumId w:val="55240923"/>
   </w:num>
-  <w:num w:numId="17520598">
-    <w:abstractNumId w:val="17520598"/>
+  <w:num w:numId="55240924">
+    <w:abstractNumId w:val="55240924"/>
   </w:num>
-  <w:num w:numId="391605577">
-    <w:abstractNumId w:val="391605577"/>
+  <w:num w:numId="716584613">
+    <w:abstractNumId w:val="716584613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18959,51 +18959,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId700773901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215512413" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30426904c1659950e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId80216904c16599553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId42256904c1659c640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId72536904c1659cd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22236904c1659a7c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22236904c1659a7c2.jpg"/><Relationship Id="rId67046904c1659cdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67046904c1659cdf3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671322116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId675516038" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2846692aa03130e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId9318692aa03130e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId8142692aa03133efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2332692aa0313459b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3065692aa0313217e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3065692aa0313217e.jpg"/><Relationship Id="rId1770692aa03134640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1770692aa03134640.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>