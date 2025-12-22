--- v2 (2025-11-29)
+++ v3 (2025-12-22)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> obtuse sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2846692aa03130e08" w:history="1">
+            <w:hyperlink r:id="rId34636948f74859d7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9318692aa03130e59" w:history="1">
+            <w:hyperlink r:id="rId30626948f74859dc5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -880,63 +880,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. obtusus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is found in Pacific Coast States, British Columbia and Idaho (Keen, 1952),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44873498" name="name9508692aa03132181" descr="MONCOB_distribution_map.jpg"/>
+            <wp:docPr id="59127703" name="name19566948f7485b24b" descr="MONCOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3065692aa0313217e" cstate="print"/>
+                    <a:blip r:embed="rId28026948f7485b248" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1446,151 +1446,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716584613"/>
+          <w:numId w:val="896261921"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716584613"/>
+          <w:numId w:val="896261921"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716584613"/>
+          <w:numId w:val="896261921"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716584613"/>
+          <w:numId w:val="896261921"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="716584613"/>
+          <w:numId w:val="896261921"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5136,51 +5136,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8142692aa03133efb" w:history="1">
+      <w:hyperlink r:id="rId37956948f7485d2ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus obtusus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2332692aa0313459b" w:history="1">
+      <w:hyperlink r:id="rId69496948f7485d9ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6238,63 +6238,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22942375" name="name1230692aa03134641" descr="eu_funding_250.png"/>
+            <wp:docPr id="44105210" name="name69696948f7485da83" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1770692aa03134640" cstate="print"/>
+                    <a:blip r:embed="rId57536948f7485da82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6392,221 +6392,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="716584613">
+  <w:abstractNum w:abstractNumId="896261921">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69349064">
+    <w:lvl w:ilvl="0" w:tplc="28287865">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69349064" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28287865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55240924">
+  <w:abstractNum w:abstractNumId="35024726">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80533334">
+    <w:lvl w:ilvl="0" w:tplc="76106474">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80533334" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76106474" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55240923">
+  <w:abstractNum w:abstractNumId="35024725">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82115376">
+    <w:lvl w:ilvl="0" w:tplc="29841509">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7358,58 +7358,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55240923">
-    <w:abstractNumId w:val="55240923"/>
+  <w:num w:numId="35024725">
+    <w:abstractNumId w:val="35024725"/>
   </w:num>
-  <w:num w:numId="55240924">
-    <w:abstractNumId w:val="55240924"/>
+  <w:num w:numId="35024726">
+    <w:abstractNumId w:val="35024726"/>
   </w:num>
-  <w:num w:numId="716584613">
-    <w:abstractNumId w:val="716584613"/>
+  <w:num w:numId="896261921">
+    <w:abstractNumId w:val="896261921"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18959,51 +18959,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671322116" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId675516038" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2846692aa03130e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId9318692aa03130e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId8142692aa03133efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2332692aa0313459b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3065692aa0313217e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3065692aa0313217e.jpg"/><Relationship Id="rId1770692aa03134640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1770692aa03134640.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362925988" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId961033229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34636948f74859d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId30626948f74859dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId37956948f7485d2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId69496948f7485d9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28026948f7485b248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28026948f7485b248.jpg"/><Relationship Id="rId57536948f7485da82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57536948f7485da82.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>