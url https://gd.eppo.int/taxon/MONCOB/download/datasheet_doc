--- v3 (2025-12-22)
+++ v4 (2026-01-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> obtuse sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34636948f74859d7e" w:history="1">
+            <w:hyperlink r:id="rId81076968c3d0103d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30626948f74859dc5" w:history="1">
+            <w:hyperlink r:id="rId24446968c3d01041b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -880,63 +880,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. obtusus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is found in Pacific Coast States, British Columbia and Idaho (Keen, 1952),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59127703" name="name19566948f7485b24b" descr="MONCOB_distribution_map.jpg"/>
+            <wp:docPr id="5884858" name="name78266968c3d011776" descr="MONCOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28026948f7485b248" cstate="print"/>
+                    <a:blip r:embed="rId89426968c3d011772" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1446,151 +1446,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="896261921"/>
+          <w:numId w:val="6570937"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="896261921"/>
+          <w:numId w:val="6570937"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="896261921"/>
+          <w:numId w:val="6570937"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="896261921"/>
+          <w:numId w:val="6570937"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="896261921"/>
+          <w:numId w:val="6570937"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5136,51 +5136,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37956948f7485d2ee" w:history="1">
+      <w:hyperlink r:id="rId72966968c3d013549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6159,73 +6159,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus obtusus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69496948f7485d9ce" w:history="1">
+      <w:hyperlink r:id="rId51656968c3d013c49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6238,63 +6238,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44105210" name="name69696948f7485da83" descr="eu_funding_250.png"/>
+            <wp:docPr id="31953693" name="name71606968c3d013cfa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57536948f7485da82" cstate="print"/>
+                    <a:blip r:embed="rId18756968c3d013cf9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6392,221 +6392,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="896261921">
+  <w:abstractNum w:abstractNumId="6570937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28287865">
+    <w:lvl w:ilvl="0" w:tplc="97995335">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28287865" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97995335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35024726">
+  <w:abstractNum w:abstractNumId="28617119">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76106474">
+    <w:lvl w:ilvl="0" w:tplc="19930173">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76106474" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19930173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35024725">
+  <w:abstractNum w:abstractNumId="28617118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29841509">
+    <w:lvl w:ilvl="0" w:tplc="55017482">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7358,58 +7358,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35024725">
-    <w:abstractNumId w:val="35024725"/>
+  <w:num w:numId="28617118">
+    <w:abstractNumId w:val="28617118"/>
   </w:num>
-  <w:num w:numId="35024726">
-    <w:abstractNumId w:val="35024726"/>
+  <w:num w:numId="28617119">
+    <w:abstractNumId w:val="28617119"/>
   </w:num>
-  <w:num w:numId="896261921">
-    <w:abstractNumId w:val="896261921"/>
+  <w:num w:numId="6570937">
+    <w:abstractNumId w:val="6570937"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18959,51 +18959,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362925988" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId961033229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34636948f74859d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId30626948f74859dc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId37956948f7485d2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId69496948f7485d9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28026948f7485b248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28026948f7485b248.jpg"/><Relationship Id="rId57536948f7485da82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57536948f7485da82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId843112843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699556800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81076968c3d0103d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId24446968c3d01041b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId72966968c3d013549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId51656968c3d013c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89426968c3d011772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89426968c3d011772.jpg"/><Relationship Id="rId18756968c3d013cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18756968c3d013cf9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>