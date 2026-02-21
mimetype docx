--- v4 (2026-01-15)
+++ v5 (2026-02-21)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> obtuse sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81076968c3d0103d7" w:history="1">
+            <w:hyperlink r:id="rId748569995ae238dcf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24446968c3d01041b" w:history="1">
+            <w:hyperlink r:id="rId534369995ae238dff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -880,63 +880,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. obtusus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is found in Pacific Coast States, British Columbia and Idaho (Keen, 1952),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5884858" name="name78266968c3d011776" descr="MONCOB_distribution_map.jpg"/>
+            <wp:docPr id="56273519" name="name481969995ae239a51" descr="MONCOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89426968c3d011772" cstate="print"/>
+                    <a:blip r:embed="rId654969995ae239a4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1446,151 +1446,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6570937"/>
+          <w:numId w:val="567896694"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6570937"/>
+          <w:numId w:val="567896694"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6570937"/>
+          <w:numId w:val="567896694"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6570937"/>
+          <w:numId w:val="567896694"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6570937"/>
+          <w:numId w:val="567896694"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5136,51 +5136,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72966968c3d013549" w:history="1">
+      <w:hyperlink r:id="rId178969995ae23affa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus obtusus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51656968c3d013c49" w:history="1">
+      <w:hyperlink r:id="rId290669995ae23b4e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6238,63 +6238,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31953693" name="name71606968c3d013cfa" descr="eu_funding_250.png"/>
+            <wp:docPr id="37319506" name="name580769995ae23b583" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18756968c3d013cf9" cstate="print"/>
+                    <a:blip r:embed="rId916569995ae23b582" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6392,221 +6392,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="6570937">
+  <w:abstractNum w:abstractNumId="567896694">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97995335">
+    <w:lvl w:ilvl="0" w:tplc="83758876">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97995335" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83758876" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28617119">
+  <w:abstractNum w:abstractNumId="55993893">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19930173">
+    <w:lvl w:ilvl="0" w:tplc="12158966">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19930173" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12158966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28617118">
+  <w:abstractNum w:abstractNumId="55993892">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55017482">
+    <w:lvl w:ilvl="0" w:tplc="33689933">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7358,58 +7358,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28617118">
-    <w:abstractNumId w:val="28617118"/>
+  <w:num w:numId="55993892">
+    <w:abstractNumId w:val="55993892"/>
   </w:num>
-  <w:num w:numId="28617119">
-    <w:abstractNumId w:val="28617119"/>
+  <w:num w:numId="55993893">
+    <w:abstractNumId w:val="55993893"/>
   </w:num>
-  <w:num w:numId="6570937">
-    <w:abstractNumId w:val="6570937"/>
+  <w:num w:numId="567896694">
+    <w:abstractNumId w:val="567896694"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18959,51 +18959,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId843112843" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699556800" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81076968c3d0103d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId24446968c3d01041b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId72966968c3d013549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId51656968c3d013c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89426968c3d011772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89426968c3d011772.jpg"/><Relationship Id="rId18756968c3d013cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18756968c3d013cf9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId902706439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId491797507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId748569995ae238dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId534369995ae238dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId178969995ae23affa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId290669995ae23b4e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId654969995ae239a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId654969995ae239a4f.jpg"/><Relationship Id="rId916569995ae23b582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId916569995ae23b582.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>