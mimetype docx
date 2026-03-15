--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> obtuse sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId748569995ae238dcf" w:history="1">
+            <w:hyperlink r:id="rId625869b6bf41efeeb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534369995ae238dff" w:history="1">
+            <w:hyperlink r:id="rId990669b6bf41eff31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -880,63 +880,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. obtusus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is found in Pacific Coast States, British Columbia and Idaho (Keen, 1952),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56273519" name="name481969995ae239a51" descr="MONCOB_distribution_map.jpg"/>
+            <wp:docPr id="71291737" name="name630569b6bf41f118c" descr="MONCOB_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCOB_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId654969995ae239a4f" cstate="print"/>
+                    <a:blip r:embed="rId775069b6bf41f1189" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1446,151 +1446,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="567896694"/>
+          <w:numId w:val="626389130"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="567896694"/>
+          <w:numId w:val="626389130"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="567896694"/>
+          <w:numId w:val="626389130"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="567896694"/>
+          <w:numId w:val="626389130"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="567896694"/>
+          <w:numId w:val="626389130"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5136,51 +5136,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178969995ae23affa" w:history="1">
+      <w:hyperlink r:id="rId789369b6bf41f2f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus obtusus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290669995ae23b4e2" w:history="1">
+      <w:hyperlink r:id="rId193769b6bf41f35b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6238,63 +6238,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37319506" name="name580769995ae23b583" descr="eu_funding_250.png"/>
+            <wp:docPr id="64095744" name="name685769b6bf41f39a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId916569995ae23b582" cstate="print"/>
+                    <a:blip r:embed="rId167969b6bf41f39a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6392,221 +6392,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="567896694">
+  <w:abstractNum w:abstractNumId="626389130">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83758876">
+    <w:lvl w:ilvl="0" w:tplc="62448205">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83758876" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62448205" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55993893">
+  <w:abstractNum w:abstractNumId="87836719">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12158966">
+    <w:lvl w:ilvl="0" w:tplc="77271069">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12158966" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77271069" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55993892">
+  <w:abstractNum w:abstractNumId="87836718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33689933">
+    <w:lvl w:ilvl="0" w:tplc="46932131">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7358,58 +7358,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55993892">
-    <w:abstractNumId w:val="55993892"/>
+  <w:num w:numId="87836718">
+    <w:abstractNumId w:val="87836718"/>
   </w:num>
-  <w:num w:numId="55993893">
-    <w:abstractNumId w:val="55993893"/>
+  <w:num w:numId="87836719">
+    <w:abstractNumId w:val="87836719"/>
   </w:num>
-  <w:num w:numId="567896694">
-    <w:abstractNumId w:val="567896694"/>
+  <w:num w:numId="626389130">
+    <w:abstractNumId w:val="626389130"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18959,51 +18959,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId902706439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId491797507" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId748569995ae238dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId534369995ae238dff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId178969995ae23affa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId290669995ae23b4e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId654969995ae239a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId654969995ae239a4f.jpg"/><Relationship Id="rId916569995ae23b582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId916569995ae23b582.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216492044" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId394579511" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId625869b6bf41efeeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/" TargetMode="External"/><Relationship Id="rId990669b6bf41eff31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCOB/categorization" TargetMode="External"/><Relationship Id="rId789369b6bf41f2f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId193769b6bf41f35b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId775069b6bf41f1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775069b6bf41f1189.jpg"/><Relationship Id="rId167969b6bf41f39a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167969b6bf41f39a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>