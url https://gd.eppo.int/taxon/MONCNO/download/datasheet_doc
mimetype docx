--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535268e242a69f5bc" w:history="1">
+            <w:hyperlink r:id="rId97406900083522780" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407968e242a69f5ff" w:history="1">
+            <w:hyperlink r:id="rId477369000835227c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84669529" name="name393568e242a69ffe9" descr="2415.jpg"/>
+                  <wp:docPr id="13460193" name="name76986900083522f06" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId624568e242a69ffe7" cstate="print"/>
+                          <a:blip r:embed="rId51766900083522f04" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId133768e242a6a00ea" w:history="1">
+            <w:hyperlink r:id="rId6472690008352304d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61417144" name="name738168e242a6a1415" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="54575987" name="name39146900083524339" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId480368e242a6a1413" cstate="print"/>
+                    <a:blip r:embed="rId81746900083524336" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="207853808"/>
+          <w:numId w:val="605233686"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="207853808"/>
+          <w:numId w:val="605233686"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="207853808"/>
+          <w:numId w:val="605233686"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="207853808"/>
+          <w:numId w:val="605233686"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="207853808"/>
+          <w:numId w:val="605233686"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356168e242a6a3558" w:history="1">
+      <w:hyperlink r:id="rId703669000835265f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6915,51 +6915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538068e242a6a3b95" w:history="1">
+      <w:hyperlink r:id="rId41526900083526c6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11201267" name="name785168e242a6a3f19" descr="eu_funding_250.png"/>
+            <wp:docPr id="76777186" name="name74146900083526d3c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId686268e242a6a3f18" cstate="print"/>
+                    <a:blip r:embed="rId79966900083526d3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="207853808">
+  <w:abstractNum w:abstractNumId="605233686">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22660262">
+    <w:lvl w:ilvl="0" w:tplc="16620009">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22660262" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16620009" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96722044">
+  <w:abstractNum w:abstractNumId="14354388">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73913324">
+    <w:lvl w:ilvl="0" w:tplc="54006888">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73913324" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54006888" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96722043">
+  <w:abstractNum w:abstractNumId="14354387">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33058168">
+    <w:lvl w:ilvl="0" w:tplc="51392492">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96722043">
-    <w:abstractNumId w:val="96722043"/>
+  <w:num w:numId="14354387">
+    <w:abstractNumId w:val="14354387"/>
   </w:num>
-  <w:num w:numId="96722044">
-    <w:abstractNumId w:val="96722044"/>
+  <w:num w:numId="14354388">
+    <w:abstractNumId w:val="14354388"/>
   </w:num>
-  <w:num w:numId="207853808">
-    <w:abstractNumId w:val="207853808"/>
+  <w:num w:numId="605233686">
+    <w:abstractNumId w:val="605233686"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId376545601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId583538827" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId535268e242a69f5bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId407968e242a69f5ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId133768e242a6a00ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId356168e242a6a3558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId538068e242a6a3b95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId624568e242a69ffe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId624568e242a69ffe7.jpg"/><Relationship Id="rId480368e242a6a1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId480368e242a6a1413.jpg"/><Relationship Id="rId686268e242a6a3f18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686268e242a6a3f18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId339385200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346904653" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97406900083522780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId477369000835227c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId6472690008352304d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId703669000835265f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId41526900083526c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51766900083522f04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51766900083522f04.jpg"/><Relationship Id="rId81746900083524336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81746900083524336.jpg"/><Relationship Id="rId79966900083526d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79966900083526d3b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>