--- v1 (2025-10-28)
+++ v2 (2025-12-05)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97406900083522780" w:history="1">
+            <w:hyperlink r:id="rId856869330a24972d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477369000835227c5" w:history="1">
+            <w:hyperlink r:id="rId534669330a249731e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13460193" name="name76986900083522f06" descr="2415.jpg"/>
+                  <wp:docPr id="43446602" name="name372369330a2497a81" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51766900083522f04" cstate="print"/>
+                          <a:blip r:embed="rId520769330a2497a7f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6472690008352304d" w:history="1">
+            <w:hyperlink r:id="rId137269330a2497bc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54575987" name="name39146900083524339" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="47156836" name="name698469330a2498b04" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81746900083524336" cstate="print"/>
+                    <a:blip r:embed="rId359369330a2498b02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="605233686"/>
+          <w:numId w:val="865014057"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="605233686"/>
+          <w:numId w:val="865014057"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="605233686"/>
+          <w:numId w:val="865014057"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="605233686"/>
+          <w:numId w:val="865014057"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="605233686"/>
+          <w:numId w:val="865014057"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703669000835265f8" w:history="1">
+      <w:hyperlink r:id="rId470469330a249ac79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6915,51 +6915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41526900083526c6d" w:history="1">
+      <w:hyperlink r:id="rId547769330a249b27b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76777186" name="name74146900083526d3c" descr="eu_funding_250.png"/>
+            <wp:docPr id="99750523" name="name996769330a249b324" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79966900083526d3b" cstate="print"/>
+                    <a:blip r:embed="rId352969330a249b323" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="605233686">
+  <w:abstractNum w:abstractNumId="865014057">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16620009">
+    <w:lvl w:ilvl="0" w:tplc="59026389">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16620009" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59026389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14354388">
+  <w:abstractNum w:abstractNumId="20432867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54006888">
+    <w:lvl w:ilvl="0" w:tplc="85803109">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54006888" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85803109" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14354387">
+  <w:abstractNum w:abstractNumId="20432866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51392492">
+    <w:lvl w:ilvl="0" w:tplc="92418491">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14354387">
-    <w:abstractNumId w:val="14354387"/>
+  <w:num w:numId="20432866">
+    <w:abstractNumId w:val="20432866"/>
   </w:num>
-  <w:num w:numId="14354388">
-    <w:abstractNumId w:val="14354388"/>
+  <w:num w:numId="20432867">
+    <w:abstractNumId w:val="20432867"/>
   </w:num>
-  <w:num w:numId="605233686">
-    <w:abstractNumId w:val="605233686"/>
+  <w:num w:numId="865014057">
+    <w:abstractNumId w:val="865014057"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId339385200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346904653" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97406900083522780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId477369000835227c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId6472690008352304d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId703669000835265f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId41526900083526c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51766900083522f04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51766900083522f04.jpg"/><Relationship Id="rId81746900083524336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81746900083524336.jpg"/><Relationship Id="rId79966900083526d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79966900083526d3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId621136345" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId800463848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId856869330a24972d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId534669330a249731e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId137269330a2497bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId470469330a249ac79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId547769330a249b27b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId520769330a2497a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520769330a2497a7f.jpg"/><Relationship Id="rId359369330a2498b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId359369330a2498b02.jpg"/><Relationship Id="rId352969330a249b323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352969330a249b323.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>