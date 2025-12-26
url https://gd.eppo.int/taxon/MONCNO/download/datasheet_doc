--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId856869330a24972d7" w:history="1">
+            <w:hyperlink r:id="rId6735694dec1cdb7e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId534669330a249731e" w:history="1">
+            <w:hyperlink r:id="rId5453694dec1cdb82e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43446602" name="name372369330a2497a81" descr="2415.jpg"/>
+                  <wp:docPr id="91450420" name="name5585694dec1cdc0fa" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId520769330a2497a7f" cstate="print"/>
+                          <a:blip r:embed="rId2670694dec1cdc0f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId137269330a2497bc4" w:history="1">
+            <w:hyperlink r:id="rId3851694dec1cdc242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47156836" name="name698469330a2498b04" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="76171451" name="name4372694dec1cdd251" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId359369330a2498b02" cstate="print"/>
+                    <a:blip r:embed="rId4630694dec1cdd24e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="865014057"/>
+          <w:numId w:val="985825860"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="865014057"/>
+          <w:numId w:val="985825860"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="865014057"/>
+          <w:numId w:val="985825860"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="865014057"/>
+          <w:numId w:val="985825860"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="865014057"/>
+          <w:numId w:val="985825860"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470469330a249ac79" w:history="1">
+      <w:hyperlink r:id="rId5208694dec1cdf3b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6915,51 +6915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547769330a249b27b" w:history="1">
+      <w:hyperlink r:id="rId3291694dec1cdf9b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99750523" name="name996769330a249b324" descr="eu_funding_250.png"/>
+            <wp:docPr id="88733104" name="name9018694dec1cdfe2a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId352969330a249b323" cstate="print"/>
+                    <a:blip r:embed="rId4799694dec1cdfe29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="865014057">
+  <w:abstractNum w:abstractNumId="985825860">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59026389">
+    <w:lvl w:ilvl="0" w:tplc="52851595">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59026389" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52851595" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20432867">
+  <w:abstractNum w:abstractNumId="79115137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85803109">
+    <w:lvl w:ilvl="0" w:tplc="23294996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85803109" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23294996" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20432866">
+  <w:abstractNum w:abstractNumId="79115136">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92418491">
+    <w:lvl w:ilvl="0" w:tplc="48066062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20432866">
-    <w:abstractNumId w:val="20432866"/>
+  <w:num w:numId="79115136">
+    <w:abstractNumId w:val="79115136"/>
   </w:num>
-  <w:num w:numId="20432867">
-    <w:abstractNumId w:val="20432867"/>
+  <w:num w:numId="79115137">
+    <w:abstractNumId w:val="79115137"/>
   </w:num>
-  <w:num w:numId="865014057">
-    <w:abstractNumId w:val="865014057"/>
+  <w:num w:numId="985825860">
+    <w:abstractNumId w:val="985825860"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId621136345" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId800463848" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId856869330a24972d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId534669330a249731e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId137269330a2497bc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId470469330a249ac79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId547769330a249b27b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId520769330a2497a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520769330a2497a7f.jpg"/><Relationship Id="rId359369330a2498b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId359369330a2498b02.jpg"/><Relationship Id="rId352969330a249b323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId352969330a249b323.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150520228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596582774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6735694dec1cdb7e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId5453694dec1cdb82e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId3851694dec1cdc242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId5208694dec1cdf3b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId3291694dec1cdf9b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2670694dec1cdc0f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2670694dec1cdc0f9.jpg"/><Relationship Id="rId4630694dec1cdd24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4630694dec1cdd24e.jpg"/><Relationship Id="rId4799694dec1cdfe29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4799694dec1cdfe29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>