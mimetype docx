--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6735694dec1cdb7e9" w:history="1">
+            <w:hyperlink r:id="rId42656968c38290e7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5453694dec1cdb82e" w:history="1">
+            <w:hyperlink r:id="rId61706968c38290ec3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91450420" name="name5585694dec1cdc0fa" descr="2415.jpg"/>
+                  <wp:docPr id="33214251" name="name59436968c38291535" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2670694dec1cdc0f9" cstate="print"/>
+                          <a:blip r:embed="rId32406968c38291533" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3851694dec1cdc242" w:history="1">
+            <w:hyperlink r:id="rId79036968c382916f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76171451" name="name4372694dec1cdd251" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="80141987" name="name99666968c382929e6" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4630694dec1cdd24e" cstate="print"/>
+                    <a:blip r:embed="rId99006968c382929e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="985825860"/>
+          <w:numId w:val="575983378"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="985825860"/>
+          <w:numId w:val="575983378"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="985825860"/>
+          <w:numId w:val="575983378"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="985825860"/>
+          <w:numId w:val="575983378"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="985825860"/>
+          <w:numId w:val="575983378"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5208694dec1cdf3b4" w:history="1">
+      <w:hyperlink r:id="rId81026968c38294cf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6893,73 +6893,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3291694dec1cdf9b5" w:history="1">
+      <w:hyperlink r:id="rId76206968c3829532c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="88733104" name="name9018694dec1cdfe2a" descr="eu_funding_250.png"/>
+            <wp:docPr id="63824887" name="name50586968c382953dc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4799694dec1cdfe29" cstate="print"/>
+                    <a:blip r:embed="rId21786968c382953db" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="985825860">
+  <w:abstractNum w:abstractNumId="575983378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52851595">
+    <w:lvl w:ilvl="0" w:tplc="98228733">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52851595" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98228733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79115137">
+  <w:abstractNum w:abstractNumId="61450010">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23294996">
+    <w:lvl w:ilvl="0" w:tplc="37724263">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23294996" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37724263" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79115136">
+  <w:abstractNum w:abstractNumId="61450009">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48066062">
+    <w:lvl w:ilvl="0" w:tplc="10664101">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79115136">
-    <w:abstractNumId w:val="79115136"/>
+  <w:num w:numId="61450009">
+    <w:abstractNumId w:val="61450009"/>
   </w:num>
-  <w:num w:numId="79115137">
-    <w:abstractNumId w:val="79115137"/>
+  <w:num w:numId="61450010">
+    <w:abstractNumId w:val="61450010"/>
   </w:num>
-  <w:num w:numId="985825860">
-    <w:abstractNumId w:val="985825860"/>
+  <w:num w:numId="575983378">
+    <w:abstractNumId w:val="575983378"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150520228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId596582774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6735694dec1cdb7e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId5453694dec1cdb82e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId3851694dec1cdc242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId5208694dec1cdf3b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId3291694dec1cdf9b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2670694dec1cdc0f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2670694dec1cdc0f9.jpg"/><Relationship Id="rId4630694dec1cdd24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4630694dec1cdd24e.jpg"/><Relationship Id="rId4799694dec1cdfe29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4799694dec1cdfe29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292860447" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId504704847" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42656968c38290e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId61706968c38290ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId79036968c382916f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId81026968c38294cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId76206968c3829532c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32406968c38291533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32406968c38291533.jpg"/><Relationship Id="rId99006968c382929e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99006968c382929e2.jpg"/><Relationship Id="rId21786968c382953db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21786968c382953db.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>