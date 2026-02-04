--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42656968c38290e7e" w:history="1">
+            <w:hyperlink r:id="rId17996983590be2f78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61706968c38290ec3" w:history="1">
+            <w:hyperlink r:id="rId71416983590be2fbd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33214251" name="name59436968c38291535" descr="2415.jpg"/>
+                  <wp:docPr id="88481815" name="name43506983590be34ec" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32406968c38291533" cstate="print"/>
+                          <a:blip r:embed="rId65706983590be34ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId79036968c382916f6" w:history="1">
+            <w:hyperlink r:id="rId69836983590be362d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80141987" name="name99666968c382929e6" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="51767111" name="name11486983590be479b" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99006968c382929e2" cstate="print"/>
+                    <a:blip r:embed="rId87086983590be4798" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="575983378"/>
+          <w:numId w:val="592303999"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="575983378"/>
+          <w:numId w:val="592303999"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="575983378"/>
+          <w:numId w:val="592303999"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="575983378"/>
+          <w:numId w:val="592303999"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="575983378"/>
+          <w:numId w:val="592303999"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81026968c38294cf4" w:history="1">
+      <w:hyperlink r:id="rId70346983590be6958" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6915,51 +6915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76206968c3829532c" w:history="1">
+      <w:hyperlink r:id="rId64816983590be7076" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63824887" name="name50586968c382953dc" descr="eu_funding_250.png"/>
+            <wp:docPr id="41805434" name="name29266983590be71b1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21786968c382953db" cstate="print"/>
+                    <a:blip r:embed="rId43396983590be71af" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="575983378">
+  <w:abstractNum w:abstractNumId="592303999">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98228733">
+    <w:lvl w:ilvl="0" w:tplc="52117416">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98228733" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52117416" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61450010">
+  <w:abstractNum w:abstractNumId="79304680">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37724263">
+    <w:lvl w:ilvl="0" w:tplc="35687252">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37724263" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35687252" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61450009">
+  <w:abstractNum w:abstractNumId="79304679">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10664101">
+    <w:lvl w:ilvl="0" w:tplc="93199237">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61450009">
-    <w:abstractNumId w:val="61450009"/>
+  <w:num w:numId="79304679">
+    <w:abstractNumId w:val="79304679"/>
   </w:num>
-  <w:num w:numId="61450010">
-    <w:abstractNumId w:val="61450010"/>
+  <w:num w:numId="79304680">
+    <w:abstractNumId w:val="79304680"/>
   </w:num>
-  <w:num w:numId="575983378">
-    <w:abstractNumId w:val="575983378"/>
+  <w:num w:numId="592303999">
+    <w:abstractNumId w:val="592303999"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292860447" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId504704847" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42656968c38290e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId61706968c38290ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId79036968c382916f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId81026968c38294cf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId76206968c3829532c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId32406968c38291533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32406968c38291533.jpg"/><Relationship Id="rId99006968c382929e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99006968c382929e2.jpg"/><Relationship Id="rId21786968c382953db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21786968c382953db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393751598" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407386554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17996983590be2f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId71416983590be2fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId69836983590be362d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId70346983590be6958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId64816983590be7076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65706983590be34ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65706983590be34ea.jpg"/><Relationship Id="rId87086983590be4798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87086983590be4798.jpg"/><Relationship Id="rId43396983590be71af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43396983590be71af.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>