--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17996983590be2f78" w:history="1">
+            <w:hyperlink r:id="rId4333699f7077d6704" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71416983590be2fbd" w:history="1">
+            <w:hyperlink r:id="rId2416699f7077d6748" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88481815" name="name43506983590be34ec" descr="2415.jpg"/>
+                  <wp:docPr id="82067734" name="name2666699f7077d6d9c" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65706983590be34ea" cstate="print"/>
+                          <a:blip r:embed="rId6148699f7077d6d9b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69836983590be362d" w:history="1">
+            <w:hyperlink r:id="rId7813699f7077d6eb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51767111" name="name11486983590be479b" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="78950182" name="name3936699f7077d7eca" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87086983590be4798" cstate="print"/>
+                    <a:blip r:embed="rId2834699f7077d7ec7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="592303999"/>
+          <w:numId w:val="564819853"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="592303999"/>
+          <w:numId w:val="564819853"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="592303999"/>
+          <w:numId w:val="564819853"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="592303999"/>
+          <w:numId w:val="564819853"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="592303999"/>
+          <w:numId w:val="564819853"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70346983590be6958" w:history="1">
+      <w:hyperlink r:id="rId4806699f7077d9fd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6915,51 +6915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64816983590be7076" w:history="1">
+      <w:hyperlink r:id="rId5694699f7077da5e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41805434" name="name29266983590be71b1" descr="eu_funding_250.png"/>
+            <wp:docPr id="8256304" name="name9930699f7077da9d6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43396983590be71af" cstate="print"/>
+                    <a:blip r:embed="rId5041699f7077da9d5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="592303999">
+  <w:abstractNum w:abstractNumId="564819853">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52117416">
+    <w:lvl w:ilvl="0" w:tplc="81588814">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52117416" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81588814" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79304680">
+  <w:abstractNum w:abstractNumId="56996229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35687252">
+    <w:lvl w:ilvl="0" w:tplc="55059962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35687252" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55059962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79304679">
+  <w:abstractNum w:abstractNumId="56996228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93199237">
+    <w:lvl w:ilvl="0" w:tplc="15193300">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79304679">
-    <w:abstractNumId w:val="79304679"/>
+  <w:num w:numId="56996228">
+    <w:abstractNumId w:val="56996228"/>
   </w:num>
-  <w:num w:numId="79304680">
-    <w:abstractNumId w:val="79304680"/>
+  <w:num w:numId="56996229">
+    <w:abstractNumId w:val="56996229"/>
   </w:num>
-  <w:num w:numId="592303999">
-    <w:abstractNumId w:val="592303999"/>
+  <w:num w:numId="564819853">
+    <w:abstractNumId w:val="564819853"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393751598" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407386554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17996983590be2f78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId71416983590be2fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId69836983590be362d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId70346983590be6958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId64816983590be7076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65706983590be34ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65706983590be34ea.jpg"/><Relationship Id="rId87086983590be4798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87086983590be4798.jpg"/><Relationship Id="rId43396983590be71af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43396983590be71af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId223192126" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523478340" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4333699f7077d6704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId2416699f7077d6748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId7813699f7077d6eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId4806699f7077d9fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId5694699f7077da5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6148699f7077d6d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6148699f7077d6d9b.jpg"/><Relationship Id="rId2834699f7077d7ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2834699f7077d7ec7.jpg"/><Relationship Id="rId5041699f7077da9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5041699f7077da9d5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>