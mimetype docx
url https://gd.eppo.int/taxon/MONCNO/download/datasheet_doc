--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kirby</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> northeastern sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4333699f7077d6704" w:history="1">
+            <w:hyperlink r:id="rId756869ba8051c5e80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2416699f7077d6748" w:history="1">
+            <w:hyperlink r:id="rId870769ba8051c5ec5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82067734" name="name2666699f7077d6d9c" descr="2415.jpg"/>
+                  <wp:docPr id="97736134" name="name455869ba8051c6508" descr="2415.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2415.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6148699f7077d6d9b" cstate="print"/>
+                          <a:blip r:embed="rId911969ba8051c6506" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7813699f7077d6eb8" w:history="1">
+            <w:hyperlink r:id="rId500969ba8051c6646" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -956,63 +956,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. it has a relatively broad distribution being recorded from 22 US states and 11 Canadian provinces.  It is not known to have spread outside its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78950182" name="name3936699f7077d7eca" descr="MONCNO_distribution_map.jpg"/>
+            <wp:docPr id="96160042" name="name350369ba8051c767a" descr="MONCNO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2834699f7077d7ec7" cstate="print"/>
+                    <a:blip r:embed="rId882769ba8051c7678" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1824,151 +1824,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="564819853"/>
+          <w:numId w:val="694122246"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="564819853"/>
+          <w:numId w:val="694122246"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="564819853"/>
+          <w:numId w:val="694122246"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="564819853"/>
+          <w:numId w:val="694122246"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="564819853"/>
+          <w:numId w:val="694122246"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5957,51 +5957,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4806699f7077d9fd1" w:history="1">
+      <w:hyperlink r:id="rId735769ba8051c9c6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6915,51 +6915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus notatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5694699f7077da5e6" w:history="1">
+      <w:hyperlink r:id="rId728169ba8051ca2a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6972,63 +6972,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8256304" name="name9930699f7077da9d6" descr="eu_funding_250.png"/>
+            <wp:docPr id="58193655" name="name904969ba8051ca35b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5041699f7077da9d5" cstate="print"/>
+                    <a:blip r:embed="rId292569ba8051ca359" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7126,221 +7126,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="564819853">
+  <w:abstractNum w:abstractNumId="694122246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81588814">
+    <w:lvl w:ilvl="0" w:tplc="63243793">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81588814" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63243793" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56996229">
+  <w:abstractNum w:abstractNumId="60790718">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55059962">
+    <w:lvl w:ilvl="0" w:tplc="51138923">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55059962" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51138923" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56996228">
+  <w:abstractNum w:abstractNumId="60790717">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15193300">
+    <w:lvl w:ilvl="0" w:tplc="98557200">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8092,58 +8092,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56996228">
-    <w:abstractNumId w:val="56996228"/>
+  <w:num w:numId="60790717">
+    <w:abstractNumId w:val="60790717"/>
   </w:num>
-  <w:num w:numId="56996229">
-    <w:abstractNumId w:val="56996229"/>
+  <w:num w:numId="60790718">
+    <w:abstractNumId w:val="60790718"/>
   </w:num>
-  <w:num w:numId="564819853">
-    <w:abstractNumId w:val="564819853"/>
+  <w:num w:numId="694122246">
+    <w:abstractNumId w:val="694122246"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19693,51 +19693,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId223192126" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId523478340" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4333699f7077d6704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId2416699f7077d6748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId7813699f7077d6eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId4806699f7077d9fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId5694699f7077da5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6148699f7077d6d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6148699f7077d6d9b.jpg"/><Relationship Id="rId2834699f7077d7ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2834699f7077d7ec7.jpg"/><Relationship Id="rId5041699f7077da9d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5041699f7077da9d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId795958935" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId381268060" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId756869ba8051c5e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/" TargetMode="External"/><Relationship Id="rId870769ba8051c5ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/categorization" TargetMode="External"/><Relationship Id="rId500969ba8051c6646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNO/photos" TargetMode="External"/><Relationship Id="rId735769ba8051c9c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId728169ba8051ca2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId911969ba8051c6506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId911969ba8051c6506.jpg"/><Relationship Id="rId882769ba8051c7678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId882769ba8051c7678.jpg"/><Relationship Id="rId292569ba8051ca359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId292569ba8051ca359.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>