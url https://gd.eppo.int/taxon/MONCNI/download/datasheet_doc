--- v0 (2025-10-20)
+++ v1 (2025-11-15)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574168f65eea46a79" w:history="1">
+            <w:hyperlink r:id="rId68826918066bb011d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281468f65eea46ada" w:history="1">
+            <w:hyperlink r:id="rId18836918066bb016e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20576451" name="name938268f65eea47259" descr="13063.jpg"/>
+                  <wp:docPr id="74787312" name="name54436918066bb06e5" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId497668f65eea47257" cstate="print"/>
+                          <a:blip r:embed="rId13636918066bb06e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId132968f65eea473ac" w:history="1">
+            <w:hyperlink r:id="rId37956918066bb0843" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71527133" name="name603468f65eea48301" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="15366648" name="name42016918066bb1945" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId581568f65eea482ff" cstate="print"/>
+                    <a:blip r:embed="rId59966918066bb1943" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="834853139"/>
+          <w:numId w:val="526041838"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="834853139"/>
+          <w:numId w:val="526041838"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="834853139"/>
+          <w:numId w:val="526041838"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="834853139"/>
+          <w:numId w:val="526041838"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="834853139"/>
+          <w:numId w:val="526041838"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696868f65eea4a219" w:history="1">
+      <w:hyperlink r:id="rId69676918066bb3758" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848768f65eea4a29f" w:history="1">
+      <w:hyperlink r:id="rId57186918066bb37dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949268f65eea4a364" w:history="1">
+      <w:hyperlink r:id="rId70936918066bb387c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473768f65eea4a875" w:history="1">
+      <w:hyperlink r:id="rId69886918066bb3d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357468f65eea4a957" w:history="1">
+      <w:hyperlink r:id="rId94386918066bb3e48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40137970" name="name729268f65eea4aa23" descr="eu_funding_250.png"/>
+            <wp:docPr id="58731887" name="name33806918066bb3f12" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId837368f65eea4aa22" cstate="print"/>
+                    <a:blip r:embed="rId77686918066bb3f11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="834853139">
+  <w:abstractNum w:abstractNumId="526041838">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32808481">
+    <w:lvl w:ilvl="0" w:tplc="29592066">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32808481" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29592066" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13515008">
+  <w:abstractNum w:abstractNumId="75618540">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31662799">
+    <w:lvl w:ilvl="0" w:tplc="60316343">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31662799" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60316343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13515007">
+  <w:abstractNum w:abstractNumId="75618539">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58105895">
+    <w:lvl w:ilvl="0" w:tplc="36550517">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13515007">
-    <w:abstractNumId w:val="13515007"/>
+  <w:num w:numId="75618539">
+    <w:abstractNumId w:val="75618539"/>
   </w:num>
-  <w:num w:numId="13515008">
-    <w:abstractNumId w:val="13515008"/>
+  <w:num w:numId="75618540">
+    <w:abstractNumId w:val="75618540"/>
   </w:num>
-  <w:num w:numId="834853139">
-    <w:abstractNumId w:val="834853139"/>
+  <w:num w:numId="526041838">
+    <w:abstractNumId w:val="526041838"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273571855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364135144" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId574168f65eea46a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId281468f65eea46ada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId132968f65eea473ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId696868f65eea4a219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId848768f65eea4a29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId949268f65eea4a364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId473768f65eea4a875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId357468f65eea4a957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId497668f65eea47257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId497668f65eea47257.jpg"/><Relationship Id="rId581568f65eea482ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId581568f65eea482ff.jpg"/><Relationship Id="rId837368f65eea4aa22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837368f65eea4aa22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId628917408" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793524270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68826918066bb011d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId18836918066bb016e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId37956918066bb0843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId69676918066bb3758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId57186918066bb37dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId70936918066bb387c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId69886918066bb3d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId94386918066bb3e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13636918066bb06e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13636918066bb06e4.jpg"/><Relationship Id="rId59966918066bb1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59966918066bb1943.jpg"/><Relationship Id="rId77686918066bb3f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77686918066bb3f11.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>