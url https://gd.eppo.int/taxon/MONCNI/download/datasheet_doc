--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68826918066bb011d" w:history="1">
+            <w:hyperlink r:id="rId57846932fc2c6a670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18836918066bb016e" w:history="1">
+            <w:hyperlink r:id="rId96936932fc2c6a6b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74787312" name="name54436918066bb06e5" descr="13063.jpg"/>
+                  <wp:docPr id="92407804" name="name92816932fc2c6ace9" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13636918066bb06e4" cstate="print"/>
+                          <a:blip r:embed="rId22356932fc2c6ace8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId37956918066bb0843" w:history="1">
+            <w:hyperlink r:id="rId98786932fc2c6ade8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15366648" name="name42016918066bb1945" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="47653455" name="name71576932fc2c6bfee" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59966918066bb1943" cstate="print"/>
+                    <a:blip r:embed="rId95406932fc2c6bfeb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="526041838"/>
+          <w:numId w:val="634098627"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="526041838"/>
+          <w:numId w:val="634098627"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="526041838"/>
+          <w:numId w:val="634098627"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="526041838"/>
+          <w:numId w:val="634098627"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="526041838"/>
+          <w:numId w:val="634098627"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69676918066bb3758" w:history="1">
+      <w:hyperlink r:id="rId41426932fc2c6dd9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57186918066bb37dd" w:history="1">
+      <w:hyperlink r:id="rId30986932fc2c6de20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70936918066bb387c" w:history="1">
+      <w:hyperlink r:id="rId23276932fc2c6debd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69886918066bb3d81" w:history="1">
+      <w:hyperlink r:id="rId85406932fc2c6e397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94386918066bb3e48" w:history="1">
+      <w:hyperlink r:id="rId82646932fc2c6e45a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58731887" name="name33806918066bb3f12" descr="eu_funding_250.png"/>
+            <wp:docPr id="96974052" name="name70376932fc2c6e4fb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77686918066bb3f11" cstate="print"/>
+                    <a:blip r:embed="rId88166932fc2c6e4fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="526041838">
+  <w:abstractNum w:abstractNumId="634098627">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29592066">
+    <w:lvl w:ilvl="0" w:tplc="21205261">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29592066" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21205261" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75618540">
+  <w:abstractNum w:abstractNumId="54940138">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60316343">
+    <w:lvl w:ilvl="0" w:tplc="50993502">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60316343" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50993502" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75618539">
+  <w:abstractNum w:abstractNumId="54940137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36550517">
+    <w:lvl w:ilvl="0" w:tplc="21434331">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75618539">
-    <w:abstractNumId w:val="75618539"/>
+  <w:num w:numId="54940137">
+    <w:abstractNumId w:val="54940137"/>
   </w:num>
-  <w:num w:numId="75618540">
-    <w:abstractNumId w:val="75618540"/>
+  <w:num w:numId="54940138">
+    <w:abstractNumId w:val="54940138"/>
   </w:num>
-  <w:num w:numId="526041838">
-    <w:abstractNumId w:val="526041838"/>
+  <w:num w:numId="634098627">
+    <w:abstractNumId w:val="634098627"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId628917408" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId793524270" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68826918066bb011d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId18836918066bb016e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId37956918066bb0843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId69676918066bb3758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId57186918066bb37dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId70936918066bb387c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId69886918066bb3d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId94386918066bb3e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13636918066bb06e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13636918066bb06e4.jpg"/><Relationship Id="rId59966918066bb1943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59966918066bb1943.jpg"/><Relationship Id="rId77686918066bb3f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77686918066bb3f11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId742258806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706466058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57846932fc2c6a670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId96936932fc2c6a6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId98786932fc2c6ade8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId41426932fc2c6dd9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId30986932fc2c6de20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId23276932fc2c6debd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId85406932fc2c6e397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId82646932fc2c6e45a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22356932fc2c6ace8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22356932fc2c6ace8.jpg"/><Relationship Id="rId95406932fc2c6bfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95406932fc2c6bfeb.jpg"/><Relationship Id="rId88166932fc2c6e4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88166932fc2c6e4fa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>