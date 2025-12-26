--- v2 (2025-12-05)
+++ v3 (2025-12-26)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57846932fc2c6a670" w:history="1">
+            <w:hyperlink r:id="rId4659694ddaa623ee7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96936932fc2c6a6b4" w:history="1">
+            <w:hyperlink r:id="rId6820694ddaa623f2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92407804" name="name92816932fc2c6ace9" descr="13063.jpg"/>
+                  <wp:docPr id="22946686" name="name3527694ddaa62480a" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22356932fc2c6ace8" cstate="print"/>
+                          <a:blip r:embed="rId5772694ddaa624809" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId98786932fc2c6ade8" w:history="1">
+            <w:hyperlink r:id="rId8618694ddaa624ca0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47653455" name="name71576932fc2c6bfee" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="98085261" name="name1483694ddaa6260cb" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95406932fc2c6bfeb" cstate="print"/>
+                    <a:blip r:embed="rId8641694ddaa6260c8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="634098627"/>
+          <w:numId w:val="484783282"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="634098627"/>
+          <w:numId w:val="484783282"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="634098627"/>
+          <w:numId w:val="484783282"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="634098627"/>
+          <w:numId w:val="484783282"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="634098627"/>
+          <w:numId w:val="484783282"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41426932fc2c6dd9e" w:history="1">
+      <w:hyperlink r:id="rId5689694ddaa628d8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30986932fc2c6de20" w:history="1">
+      <w:hyperlink r:id="rId4022694ddaa628e11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23276932fc2c6debd" w:history="1">
+      <w:hyperlink r:id="rId8569694ddaa628eb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85406932fc2c6e397" w:history="1">
+      <w:hyperlink r:id="rId7824694ddaa6293b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82646932fc2c6e45a" w:history="1">
+      <w:hyperlink r:id="rId5233694ddaa62948a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96974052" name="name70376932fc2c6e4fb" descr="eu_funding_250.png"/>
+            <wp:docPr id="83335093" name="name8085694ddaa62956d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88166932fc2c6e4fa" cstate="print"/>
+                    <a:blip r:embed="rId7817694ddaa62956b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="634098627">
+  <w:abstractNum w:abstractNumId="484783282">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21205261">
+    <w:lvl w:ilvl="0" w:tplc="97772825">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21205261" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97772825" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54940138">
+  <w:abstractNum w:abstractNumId="61904144">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50993502">
+    <w:lvl w:ilvl="0" w:tplc="65782774">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50993502" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65782774" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54940137">
+  <w:abstractNum w:abstractNumId="61904143">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21434331">
+    <w:lvl w:ilvl="0" w:tplc="29250183">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54940137">
-    <w:abstractNumId w:val="54940137"/>
+  <w:num w:numId="61904143">
+    <w:abstractNumId w:val="61904143"/>
   </w:num>
-  <w:num w:numId="54940138">
-    <w:abstractNumId w:val="54940138"/>
+  <w:num w:numId="61904144">
+    <w:abstractNumId w:val="61904144"/>
   </w:num>
-  <w:num w:numId="634098627">
-    <w:abstractNumId w:val="634098627"/>
+  <w:num w:numId="484783282">
+    <w:abstractNumId w:val="484783282"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId742258806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId706466058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57846932fc2c6a670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId96936932fc2c6a6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId98786932fc2c6ade8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId41426932fc2c6dd9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId30986932fc2c6de20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId23276932fc2c6debd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId85406932fc2c6e397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId82646932fc2c6e45a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22356932fc2c6ace8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22356932fc2c6ace8.jpg"/><Relationship Id="rId95406932fc2c6bfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95406932fc2c6bfeb.jpg"/><Relationship Id="rId88166932fc2c6e4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88166932fc2c6e4fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679624508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId940505143" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4659694ddaa623ee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId6820694ddaa623f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId8618694ddaa624ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId5689694ddaa628d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId4022694ddaa628e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId8569694ddaa628eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId7824694ddaa6293b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId5233694ddaa62948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5772694ddaa624809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5772694ddaa624809.jpg"/><Relationship Id="rId8641694ddaa6260c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8641694ddaa6260c8.jpg"/><Relationship Id="rId7817694ddaa62956b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7817694ddaa62956b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>