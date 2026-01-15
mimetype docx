--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4659694ddaa623ee7" w:history="1">
+            <w:hyperlink r:id="rId31146968ae348be83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6820694ddaa623f2e" w:history="1">
+            <w:hyperlink r:id="rId73686968ae348beca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22946686" name="name3527694ddaa62480a" descr="13063.jpg"/>
+                  <wp:docPr id="54853743" name="name28196968ae348c42b" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5772694ddaa624809" cstate="print"/>
+                          <a:blip r:embed="rId80716968ae348c429" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8618694ddaa624ca0" w:history="1">
+            <w:hyperlink r:id="rId47026968ae348c577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98085261" name="name1483694ddaa6260cb" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="50787113" name="name15726968ae348d5ce" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8641694ddaa6260c8" cstate="print"/>
+                    <a:blip r:embed="rId31816968ae348d5cb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="484783282"/>
+          <w:numId w:val="877421357"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="484783282"/>
+          <w:numId w:val="877421357"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="484783282"/>
+          <w:numId w:val="877421357"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="484783282"/>
+          <w:numId w:val="877421357"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="484783282"/>
+          <w:numId w:val="877421357"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5689694ddaa628d8b" w:history="1">
+      <w:hyperlink r:id="rId65746968ae348f577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4022694ddaa628e11" w:history="1">
+      <w:hyperlink r:id="rId39946968ae348f5fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8569694ddaa628eb0" w:history="1">
+      <w:hyperlink r:id="rId66476968ae348f69e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7824694ddaa6293b2" w:history="1">
+      <w:hyperlink r:id="rId65256968ae348fc42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6345,73 +6345,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5233694ddaa62948a" w:history="1">
+      <w:hyperlink r:id="rId91186968ae348fd3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83335093" name="name8085694ddaa62956d" descr="eu_funding_250.png"/>
+            <wp:docPr id="33799567" name="name97116968ae348fe18" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7817694ddaa62956b" cstate="print"/>
+                    <a:blip r:embed="rId22426968ae348fe16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="484783282">
+  <w:abstractNum w:abstractNumId="877421357">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97772825">
+    <w:lvl w:ilvl="0" w:tplc="96644105">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97772825" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96644105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61904144">
+  <w:abstractNum w:abstractNumId="86170643">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65782774">
+    <w:lvl w:ilvl="0" w:tplc="78927422">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65782774" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78927422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61904143">
+  <w:abstractNum w:abstractNumId="86170642">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29250183">
+    <w:lvl w:ilvl="0" w:tplc="60492646">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61904143">
-    <w:abstractNumId w:val="61904143"/>
+  <w:num w:numId="86170642">
+    <w:abstractNumId w:val="86170642"/>
   </w:num>
-  <w:num w:numId="61904144">
-    <w:abstractNumId w:val="61904144"/>
+  <w:num w:numId="86170643">
+    <w:abstractNumId w:val="86170643"/>
   </w:num>
-  <w:num w:numId="484783282">
-    <w:abstractNumId w:val="484783282"/>
+  <w:num w:numId="877421357">
+    <w:abstractNumId w:val="877421357"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679624508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId940505143" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4659694ddaa623ee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId6820694ddaa623f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId8618694ddaa624ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId5689694ddaa628d8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId4022694ddaa628e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId8569694ddaa628eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId7824694ddaa6293b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId5233694ddaa62948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5772694ddaa624809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5772694ddaa624809.jpg"/><Relationship Id="rId8641694ddaa6260c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8641694ddaa6260c8.jpg"/><Relationship Id="rId7817694ddaa62956b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7817694ddaa62956b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703132899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170199186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31146968ae348be83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId73686968ae348beca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId47026968ae348c577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId65746968ae348f577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId39946968ae348f5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId66476968ae348f69e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId65256968ae348fc42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId91186968ae348fd3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80716968ae348c429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80716968ae348c429.jpg"/><Relationship Id="rId31816968ae348d5cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31816968ae348d5cb.jpg"/><Relationship Id="rId22426968ae348fe16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22426968ae348fe16.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>