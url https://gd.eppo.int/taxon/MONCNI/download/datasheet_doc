--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31146968ae348be83" w:history="1">
+            <w:hyperlink r:id="rId188869836781daa67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73686968ae348beca" w:history="1">
+            <w:hyperlink r:id="rId920769836781daaad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54853743" name="name28196968ae348c42b" descr="13063.jpg"/>
+                  <wp:docPr id="23699123" name="name866469836781db1d8" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80716968ae348c429" cstate="print"/>
+                          <a:blip r:embed="rId708569836781db1d6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId47026968ae348c577" w:history="1">
+            <w:hyperlink r:id="rId356269836781db309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,105 +897,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50787113" name="name15726968ae348d5ce" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="22844061" name="name674069836781dc50d" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31816968ae348d5cb" cstate="print"/>
+                    <a:blip r:embed="rId408369836781dc50a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Republic of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="877421357"/>
+          <w:numId w:val="462544880"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="877421357"/>
+          <w:numId w:val="462544880"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="877421357"/>
+          <w:numId w:val="462544880"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="877421357"/>
+          <w:numId w:val="462544880"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="877421357"/>
+          <w:numId w:val="462544880"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65746968ae348f577" w:history="1">
+      <w:hyperlink r:id="rId266269836781de25c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39946968ae348f5fc" w:history="1">
+      <w:hyperlink r:id="rId547969836781de2dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66476968ae348f69e" w:history="1">
+      <w:hyperlink r:id="rId550569836781de37a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65256968ae348fc42" w:history="1">
+      <w:hyperlink r:id="rId758769836781de843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91186968ae348fd3b" w:history="1">
+      <w:hyperlink r:id="rId146369836781de905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33799567" name="name97116968ae348fe18" descr="eu_funding_250.png"/>
+            <wp:docPr id="28420855" name="name932969836781de9e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22426968ae348fe16" cstate="print"/>
+                    <a:blip r:embed="rId396469836781de9e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="877421357">
+  <w:abstractNum w:abstractNumId="462544880">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96644105">
+    <w:lvl w:ilvl="0" w:tplc="63188613">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96644105" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63188613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86170643">
+  <w:abstractNum w:abstractNumId="52296252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78927422">
+    <w:lvl w:ilvl="0" w:tplc="45367185">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78927422" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45367185" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86170642">
+  <w:abstractNum w:abstractNumId="52296251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60492646">
+    <w:lvl w:ilvl="0" w:tplc="41928457">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86170642">
-    <w:abstractNumId w:val="86170642"/>
+  <w:num w:numId="52296251">
+    <w:abstractNumId w:val="52296251"/>
   </w:num>
-  <w:num w:numId="86170643">
-    <w:abstractNumId w:val="86170643"/>
+  <w:num w:numId="52296252">
+    <w:abstractNumId w:val="52296252"/>
   </w:num>
-  <w:num w:numId="877421357">
-    <w:abstractNumId w:val="877421357"/>
+  <w:num w:numId="462544880">
+    <w:abstractNumId w:val="462544880"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId703132899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170199186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId31146968ae348be83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId73686968ae348beca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId47026968ae348c577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId65746968ae348f577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId39946968ae348f5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId66476968ae348f69e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId65256968ae348fc42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId91186968ae348fd3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80716968ae348c429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80716968ae348c429.jpg"/><Relationship Id="rId31816968ae348d5cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31816968ae348d5cb.jpg"/><Relationship Id="rId22426968ae348fe16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22426968ae348fe16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269858795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId738702700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188869836781daa67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId920769836781daaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId356269836781db309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId266269836781de25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId547969836781de2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId550569836781de37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId758769836781de843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId146369836781de905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId708569836781db1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId708569836781db1d6.jpg"/><Relationship Id="rId408369836781dc50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId408369836781dc50a.jpg"/><Relationship Id="rId396469836781de9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId396469836781de9e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>