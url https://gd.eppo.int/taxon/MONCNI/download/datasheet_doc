--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188869836781daa67" w:history="1">
+            <w:hyperlink r:id="rId3687699f3c7ba79b2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId920769836781daaad" w:history="1">
+            <w:hyperlink r:id="rId9916699f3c7ba79f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23699123" name="name866469836781db1d8" descr="13063.jpg"/>
+                  <wp:docPr id="99403771" name="name9891699f3c7ba8044" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId708569836781db1d6" cstate="print"/>
+                          <a:blip r:embed="rId2804699f3c7ba8042" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId356269836781db309" w:history="1">
+            <w:hyperlink r:id="rId3978699f3c7ba816b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22844061" name="name674069836781dc50d" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="6518619" name="name5101699f3c7ba94f2" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId408369836781dc50a" cstate="print"/>
+                    <a:blip r:embed="rId8192699f3c7ba94ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="462544880"/>
+          <w:numId w:val="229025539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="462544880"/>
+          <w:numId w:val="229025539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="462544880"/>
+          <w:numId w:val="229025539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="462544880"/>
+          <w:numId w:val="229025539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="462544880"/>
+          <w:numId w:val="229025539"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266269836781de25c" w:history="1">
+      <w:hyperlink r:id="rId5637699f3c7bab2b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId547969836781de2dd" w:history="1">
+      <w:hyperlink r:id="rId3460699f3c7bab33c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550569836781de37a" w:history="1">
+      <w:hyperlink r:id="rId3621699f3c7bab3d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758769836781de843" w:history="1">
+      <w:hyperlink r:id="rId8487699f3c7bab8a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146369836781de905" w:history="1">
+      <w:hyperlink r:id="rId2113699f3c7bab966" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28420855" name="name932969836781de9e1" descr="eu_funding_250.png"/>
+            <wp:docPr id="10301172" name="name8350699f3c7babb8b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId396469836781de9e0" cstate="print"/>
+                    <a:blip r:embed="rId9957699f3c7babb89" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="462544880">
+  <w:abstractNum w:abstractNumId="229025539">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63188613">
+    <w:lvl w:ilvl="0" w:tplc="76123981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63188613" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76123981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52296252">
+  <w:abstractNum w:abstractNumId="48498690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45367185">
+    <w:lvl w:ilvl="0" w:tplc="72998660">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45367185" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72998660" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52296251">
+  <w:abstractNum w:abstractNumId="48498689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41928457">
+    <w:lvl w:ilvl="0" w:tplc="50660916">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52296251">
-    <w:abstractNumId w:val="52296251"/>
+  <w:num w:numId="48498689">
+    <w:abstractNumId w:val="48498689"/>
   </w:num>
-  <w:num w:numId="52296252">
-    <w:abstractNumId w:val="52296252"/>
+  <w:num w:numId="48498690">
+    <w:abstractNumId w:val="48498690"/>
   </w:num>
-  <w:num w:numId="462544880">
-    <w:abstractNumId w:val="462544880"/>
+  <w:num w:numId="229025539">
+    <w:abstractNumId w:val="229025539"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269858795" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId738702700" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188869836781daa67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId920769836781daaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId356269836781db309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId266269836781de25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId547969836781de2dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId550569836781de37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId758769836781de843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId146369836781de905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId708569836781db1d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId708569836781db1d6.jpg"/><Relationship Id="rId408369836781dc50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId408369836781dc50a.jpg"/><Relationship Id="rId396469836781de9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId396469836781de9e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId204386203" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121461014" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3687699f3c7ba79b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId9916699f3c7ba79f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId3978699f3c7ba816b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId5637699f3c7bab2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId3460699f3c7bab33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId3621699f3c7bab3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId8487699f3c7bab8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId2113699f3c7bab966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2804699f3c7ba8042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2804699f3c7ba8042.jpg"/><Relationship Id="rId8192699f3c7ba94ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8192699f3c7ba94ef.jpg"/><Relationship Id="rId9957699f3c7babb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9957699f3c7babb89.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>