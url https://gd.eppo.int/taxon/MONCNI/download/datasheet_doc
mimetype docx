--- v6 (2026-02-25)
+++ v7 (2026-02-25)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3687699f3c7ba79b2" w:history="1">
+            <w:hyperlink r:id="rId7591699f4f5f9d03b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9916699f3c7ba79f8" w:history="1">
+            <w:hyperlink r:id="rId5172699f4f5f9d081" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99403771" name="name9891699f3c7ba8044" descr="13063.jpg"/>
+                  <wp:docPr id="775816" name="name2039699f4f5f9d567" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2804699f3c7ba8042" cstate="print"/>
+                          <a:blip r:embed="rId2834699f4f5f9d565" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3978699f3c7ba816b" w:history="1">
+            <w:hyperlink r:id="rId1217699f4f5f9d693" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6518619" name="name5101699f3c7ba94f2" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="38011391" name="name1158699f4f5f9e47a" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8192699f3c7ba94ef" cstate="print"/>
+                    <a:blip r:embed="rId4604699f4f5f9e476" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="229025539"/>
+          <w:numId w:val="330263170"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="229025539"/>
+          <w:numId w:val="330263170"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="229025539"/>
+          <w:numId w:val="330263170"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="229025539"/>
+          <w:numId w:val="330263170"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="229025539"/>
+          <w:numId w:val="330263170"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5637699f3c7bab2b9" w:history="1">
+      <w:hyperlink r:id="rId2414699f4f5fa0225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3460699f3c7bab33c" w:history="1">
+      <w:hyperlink r:id="rId9085699f4f5fa02b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3621699f3c7bab3d8" w:history="1">
+      <w:hyperlink r:id="rId3126699f4f5fa0359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8487699f3c7bab8a5" w:history="1">
+      <w:hyperlink r:id="rId9033699f4f5fa0872" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2113699f3c7bab966" w:history="1">
+      <w:hyperlink r:id="rId5488699f4f5fa093c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10301172" name="name8350699f3c7babb8b" descr="eu_funding_250.png"/>
+            <wp:docPr id="45358077" name="name6909699f4f5fa09f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9957699f3c7babb89" cstate="print"/>
+                    <a:blip r:embed="rId4416699f4f5fa09f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="229025539">
+  <w:abstractNum w:abstractNumId="330263170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76123981">
+    <w:lvl w:ilvl="0" w:tplc="37736493">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76123981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37736493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48498690">
+  <w:abstractNum w:abstractNumId="67942398">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72998660">
+    <w:lvl w:ilvl="0" w:tplc="47351025">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72998660" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47351025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48498689">
+  <w:abstractNum w:abstractNumId="67942397">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50660916">
+    <w:lvl w:ilvl="0" w:tplc="58637075">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48498689">
-    <w:abstractNumId w:val="48498689"/>
+  <w:num w:numId="67942397">
+    <w:abstractNumId w:val="67942397"/>
   </w:num>
-  <w:num w:numId="48498690">
-    <w:abstractNumId w:val="48498690"/>
+  <w:num w:numId="67942398">
+    <w:abstractNumId w:val="67942398"/>
   </w:num>
-  <w:num w:numId="229025539">
-    <w:abstractNumId w:val="229025539"/>
+  <w:num w:numId="330263170">
+    <w:abstractNumId w:val="330263170"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId204386203" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId121461014" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3687699f3c7ba79b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId9916699f3c7ba79f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId3978699f3c7ba816b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId5637699f3c7bab2b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId3460699f3c7bab33c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId3621699f3c7bab3d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId8487699f3c7bab8a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId2113699f3c7bab966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2804699f3c7ba8042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2804699f3c7ba8042.jpg"/><Relationship Id="rId8192699f3c7ba94ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8192699f3c7ba94ef.jpg"/><Relationship Id="rId9957699f3c7babb89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9957699f3c7babb89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252586325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId273286761" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7591699f4f5f9d03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId5172699f4f5f9d081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId1217699f4f5f9d693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId2414699f4f5fa0225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId9085699f4f5fa02b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId3126699f4f5fa0359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId9033699f4f5fa0872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId5488699f4f5fa093c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2834699f4f5f9d565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2834699f4f5f9d565.jpg"/><Relationship Id="rId4604699f4f5f9e476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4604699f4f5f9e476.jpg"/><Relationship Id="rId4416699f4f5fa09f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4416699f4f5fa09f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>