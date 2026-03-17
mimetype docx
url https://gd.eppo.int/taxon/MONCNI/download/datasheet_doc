--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7591699f4f5f9d03b" w:history="1">
+            <w:hyperlink r:id="rId225669b9c16469240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5172699f4f5f9d081" w:history="1">
+            <w:hyperlink r:id="rId583069b9c16469288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="775816" name="name2039699f4f5f9d567" descr="13063.jpg"/>
+                  <wp:docPr id="60504258" name="name535369b9c1646938b" descr="13063.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13063.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2834699f4f5f9d565" cstate="print"/>
+                          <a:blip r:embed="rId642669b9c1646938a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1217699f4f5f9d693" w:history="1">
+            <w:hyperlink r:id="rId235069b9c164694a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -897,63 +897,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. nitens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">prefers ‘cool areas i.e. high latitudes and is not distributed around the Hachioji (Tokyo) area’ (Kanzaki &amp; Akiba, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38011391" name="name1158699f4f5f9e47a" descr="MONCNI_distribution_map.jpg"/>
+            <wp:docPr id="72866478" name="name393769b9c16469961" descr="MONCNI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCNI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4604699f4f5f9e476" cstate="print"/>
+                    <a:blip r:embed="rId213569b9c1646995f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1399,151 +1399,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330263170"/>
+          <w:numId w:val="477681010"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330263170"/>
+          <w:numId w:val="477681010"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330263170"/>
+          <w:numId w:val="477681010"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330263170"/>
+          <w:numId w:val="477681010"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="330263170"/>
+          <w:numId w:val="477681010"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5306,51 +5306,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, pp. 563-618. CRC Press, Boca Raton.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. USDA Forest Service, 2 pp. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2414699f4f5fa0225" w:history="1">
+      <w:hyperlink r:id="rId251469b9c1646b9df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5385,51 +5385,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dejean. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Organismic and evolutionary biology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Havard University. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9085699f4f5fa02b9" w:history="1">
+      <w:hyperlink r:id="rId449569b9c1646ba63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dash.harvard.edu/handle/1/42029751</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5482,51 +5482,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e96611.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IRD (2021) Base de données Titan sur les Cerambycidés ou Longicornes. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3126699f4f5fa0359" w:history="1">
+      <w:hyperlink r:id="rId880869b9c1646bb02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://titan.gbif.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6248,51 +6248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wilson LF (1975) White spotted sawyer. In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Pest Leaflet 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  USDA, Forest Service. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9033699f4f5fa0872" w:history="1">
+      <w:hyperlink r:id="rId781769b9c1646c015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 2022-09).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6367,51 +6367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus nitens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5488699f4f5fa093c" w:history="1">
+      <w:hyperlink r:id="rId419269b9c1646c0e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6424,63 +6424,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45358077" name="name6909699f4f5fa09f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="42251251" name="name846569b9c1646c194" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4416699f4f5fa09f6" cstate="print"/>
+                    <a:blip r:embed="rId376069b9c1646c193" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6578,221 +6578,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="330263170">
+  <w:abstractNum w:abstractNumId="477681010">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37736493">
+    <w:lvl w:ilvl="0" w:tplc="50942986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37736493" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50942986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67942398">
+  <w:abstractNum w:abstractNumId="99701448">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47351025">
+    <w:lvl w:ilvl="0" w:tplc="84589613">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47351025" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84589613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67942397">
+  <w:abstractNum w:abstractNumId="99701447">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58637075">
+    <w:lvl w:ilvl="0" w:tplc="40981311">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7544,58 +7544,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67942397">
-    <w:abstractNumId w:val="67942397"/>
+  <w:num w:numId="99701447">
+    <w:abstractNumId w:val="99701447"/>
   </w:num>
-  <w:num w:numId="67942398">
-    <w:abstractNumId w:val="67942398"/>
+  <w:num w:numId="99701448">
+    <w:abstractNumId w:val="99701448"/>
   </w:num>
-  <w:num w:numId="330263170">
-    <w:abstractNumId w:val="330263170"/>
+  <w:num w:numId="477681010">
+    <w:abstractNumId w:val="477681010"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19145,51 +19145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId252586325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId273286761" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7591699f4f5f9d03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId5172699f4f5f9d081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId1217699f4f5f9d693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId2414699f4f5fa0225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId9085699f4f5fa02b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId3126699f4f5fa0359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId9033699f4f5fa0872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId5488699f4f5fa093c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2834699f4f5f9d565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2834699f4f5f9d565.jpg"/><Relationship Id="rId4604699f4f5f9e476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4604699f4f5f9e476.jpg"/><Relationship Id="rId4416699f4f5fa09f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4416699f4f5fa09f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718227477" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519500985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId225669b9c16469240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/" TargetMode="External"/><Relationship Id="rId583069b9c16469288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/categorization" TargetMode="External"/><Relationship Id="rId235069b9c164694a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCNI/photos" TargetMode="External"/><Relationship Id="rId251469b9c1646b9df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId449569b9c1646ba63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dash.harvard.edu/handle/1/42029751" TargetMode="External"/><Relationship Id="rId880869b9c1646bb02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://titan.gbif.fr/" TargetMode="External"/><Relationship Id="rId781769b9c1646c015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/fsbdev2_043606.pdf" TargetMode="External"/><Relationship Id="rId419269b9c1646c0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId642669b9c1646938a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId642669b9c1646938a.jpg"/><Relationship Id="rId213569b9c1646995f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId213569b9c1646995f.jpg"/><Relationship Id="rId376069b9c1646c193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId376069b9c1646c193.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>