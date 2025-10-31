--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId737068e77c3524001" w:history="1">
+            <w:hyperlink r:id="rId7722690489a40d61d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId943468e77c3524046" w:history="1">
+            <w:hyperlink r:id="rId6590690489a40d664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61393087" name="name465368e77c3525334" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="19159056" name="name8061690489a40e77c" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId664968e77c3525332" cstate="print"/>
+                    <a:blip r:embed="rId5212690489a40e77a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8170002"/>
+          <w:numId w:val="323367738"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8170002"/>
+          <w:numId w:val="323367738"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8170002"/>
+          <w:numId w:val="323367738"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8170002"/>
+          <w:numId w:val="323367738"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8170002"/>
+          <w:numId w:val="323367738"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652568e77c3527346" w:history="1">
+      <w:hyperlink r:id="rId7276690489a4107ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6441,51 +6441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978268e77c3527aa9" w:history="1">
+      <w:hyperlink r:id="rId9851690489a410eef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28423745" name="name477768e77c3527b90" descr="eu_funding_250.png"/>
+            <wp:docPr id="6836249" name="name9276690489a410fa1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId954468e77c3527b8f" cstate="print"/>
+                    <a:blip r:embed="rId3589690489a410f9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="8170002">
+  <w:abstractNum w:abstractNumId="323367738">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10999479">
+    <w:lvl w:ilvl="0" w:tplc="41858403">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10999479" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41858403" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81710896">
+  <w:abstractNum w:abstractNumId="55587493">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56756752">
+    <w:lvl w:ilvl="0" w:tplc="98815697">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56756752" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98815697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81710895">
+  <w:abstractNum w:abstractNumId="55587492">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59630413">
+    <w:lvl w:ilvl="0" w:tplc="41577392">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81710895">
-    <w:abstractNumId w:val="81710895"/>
+  <w:num w:numId="55587492">
+    <w:abstractNumId w:val="55587492"/>
   </w:num>
-  <w:num w:numId="81710896">
-    <w:abstractNumId w:val="81710896"/>
+  <w:num w:numId="55587493">
+    <w:abstractNumId w:val="55587493"/>
   </w:num>
-  <w:num w:numId="8170002">
-    <w:abstractNumId w:val="8170002"/>
+  <w:num w:numId="323367738">
+    <w:abstractNumId w:val="323367738"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867839272" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId283783680" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId737068e77c3524001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId943468e77c3524046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId652568e77c3527346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId978268e77c3527aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId664968e77c3525332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664968e77c3525332.jpg"/><Relationship Id="rId954468e77c3527b8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId954468e77c3527b8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880603078" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId534733774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7722690489a40d61d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId6590690489a40d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId7276690489a4107ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId9851690489a410eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5212690489a40e77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5212690489a40e77a.jpg"/><Relationship Id="rId3589690489a410f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3589690489a410f9f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>