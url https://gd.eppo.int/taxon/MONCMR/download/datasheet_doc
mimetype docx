--- v1 (2025-10-31)
+++ v2 (2025-11-24)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7722690489a40d61d" w:history="1">
+            <w:hyperlink r:id="rId69476924590c69cf3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6590690489a40d664" w:history="1">
+            <w:hyperlink r:id="rId93106924590c69d44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19159056" name="name8061690489a40e77c" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="90999214" name="name75446924590c6b178" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5212690489a40e77a" cstate="print"/>
+                    <a:blip r:embed="rId97946924590c6b175" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="323367738"/>
+          <w:numId w:val="25585637"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="323367738"/>
+          <w:numId w:val="25585637"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="323367738"/>
+          <w:numId w:val="25585637"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="323367738"/>
+          <w:numId w:val="25585637"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="323367738"/>
+          <w:numId w:val="25585637"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7276690489a4107ed" w:history="1">
+      <w:hyperlink r:id="rId92246924590c6d0ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6441,51 +6441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9851690489a410eef" w:history="1">
+      <w:hyperlink r:id="rId93316924590c6d805" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6836249" name="name9276690489a410fa1" descr="eu_funding_250.png"/>
+            <wp:docPr id="58161586" name="name36236924590c6d8de" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3589690489a410f9f" cstate="print"/>
+                    <a:blip r:embed="rId99636924590c6d8dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="323367738">
+  <w:abstractNum w:abstractNumId="25585637">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41858403">
+    <w:lvl w:ilvl="0" w:tplc="70741990">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41858403" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70741990" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55587493">
+  <w:abstractNum w:abstractNumId="68824467">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98815697">
+    <w:lvl w:ilvl="0" w:tplc="63413065">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98815697" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63413065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55587492">
+  <w:abstractNum w:abstractNumId="68824466">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41577392">
+    <w:lvl w:ilvl="0" w:tplc="33908349">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55587492">
-    <w:abstractNumId w:val="55587492"/>
+  <w:num w:numId="68824466">
+    <w:abstractNumId w:val="68824466"/>
   </w:num>
-  <w:num w:numId="55587493">
-    <w:abstractNumId w:val="55587493"/>
+  <w:num w:numId="68824467">
+    <w:abstractNumId w:val="68824467"/>
   </w:num>
-  <w:num w:numId="323367738">
-    <w:abstractNumId w:val="323367738"/>
+  <w:num w:numId="25585637">
+    <w:abstractNumId w:val="25585637"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId880603078" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId534733774" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7722690489a40d61d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId6590690489a40d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId7276690489a4107ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId9851690489a410eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5212690489a40e77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5212690489a40e77a.jpg"/><Relationship Id="rId3589690489a410f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3589690489a410f9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId744383325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153029171" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId69476924590c69cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId93106924590c69d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId92246924590c6d0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId93316924590c6d805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97946924590c6b175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97946924590c6b175.jpg"/><Relationship Id="rId99636924590c6d8dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99636924590c6d8dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>