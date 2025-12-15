--- v2 (2025-11-24)
+++ v3 (2025-12-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69476924590c69cf3" w:history="1">
+            <w:hyperlink r:id="rId30076940911290d6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93106924590c69d44" w:history="1">
+            <w:hyperlink r:id="rId21696940911290dae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90999214" name="name75446924590c6b178" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="67742751" name="name16586940911292422" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId97946924590c6b175" cstate="print"/>
+                    <a:blip r:embed="rId6936694091129241d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25585637"/>
+          <w:numId w:val="300910066"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25585637"/>
+          <w:numId w:val="300910066"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25585637"/>
+          <w:numId w:val="300910066"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25585637"/>
+          <w:numId w:val="300910066"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25585637"/>
+          <w:numId w:val="300910066"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92246924590c6d0ed" w:history="1">
+      <w:hyperlink r:id="rId29046940911294371" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6441,51 +6441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93316924590c6d805" w:history="1">
+      <w:hyperlink r:id="rId71696940911294a7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58161586" name="name36236924590c6d8de" descr="eu_funding_250.png"/>
+            <wp:docPr id="51087620" name="name23026940911294b4f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99636924590c6d8dc" cstate="print"/>
+                    <a:blip r:embed="rId74906940911294b4e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25585637">
+  <w:abstractNum w:abstractNumId="300910066">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70741990">
+    <w:lvl w:ilvl="0" w:tplc="12423895">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70741990" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12423895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68824467">
+  <w:abstractNum w:abstractNumId="27875978">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63413065">
+    <w:lvl w:ilvl="0" w:tplc="57439072">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63413065" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57439072" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68824466">
+  <w:abstractNum w:abstractNumId="27875977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33908349">
+    <w:lvl w:ilvl="0" w:tplc="14376563">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68824466">
-    <w:abstractNumId w:val="68824466"/>
+  <w:num w:numId="27875977">
+    <w:abstractNumId w:val="27875977"/>
   </w:num>
-  <w:num w:numId="68824467">
-    <w:abstractNumId w:val="68824467"/>
+  <w:num w:numId="27875978">
+    <w:abstractNumId w:val="27875978"/>
   </w:num>
-  <w:num w:numId="25585637">
-    <w:abstractNumId w:val="25585637"/>
+  <w:num w:numId="300910066">
+    <w:abstractNumId w:val="300910066"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId744383325" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153029171" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId69476924590c69cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId93106924590c69d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId92246924590c6d0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId93316924590c6d805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97946924590c6b175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97946924590c6b175.jpg"/><Relationship Id="rId99636924590c6d8dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99636924590c6d8dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId434211465" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId268750055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30076940911290d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId21696940911290dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId29046940911294371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId71696940911294a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6936694091129241d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6936694091129241d.jpg"/><Relationship Id="rId74906940911294b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74906940911294b4e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>