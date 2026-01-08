--- v3 (2025-12-15)
+++ v4 (2026-01-08)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30076940911290d6a" w:history="1">
+            <w:hyperlink r:id="rId6759695f2c14c1f5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21696940911290dae" w:history="1">
+            <w:hyperlink r:id="rId2798695f2c14c1f9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67742751" name="name16586940911292422" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="24672740" name="name5495695f2c14c3095" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6936694091129241d" cstate="print"/>
+                    <a:blip r:embed="rId9855695f2c14c3093" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="300910066"/>
+          <w:numId w:val="193430324"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="300910066"/>
+          <w:numId w:val="193430324"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="300910066"/>
+          <w:numId w:val="193430324"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="300910066"/>
+          <w:numId w:val="193430324"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="300910066"/>
+          <w:numId w:val="193430324"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29046940911294371" w:history="1">
+      <w:hyperlink r:id="rId3871695f2c14c4efa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6419,73 +6419,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71696940911294a7d" w:history="1">
+      <w:hyperlink r:id="rId8323695f2c14c5632" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51087620" name="name23026940911294b4f" descr="eu_funding_250.png"/>
+            <wp:docPr id="75469787" name="name3839695f2c14c5aae" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74906940911294b4e" cstate="print"/>
+                    <a:blip r:embed="rId3852695f2c14c5aac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="300910066">
+  <w:abstractNum w:abstractNumId="193430324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12423895">
+    <w:lvl w:ilvl="0" w:tplc="39928074">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12423895" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39928074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27875978">
+  <w:abstractNum w:abstractNumId="18294203">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57439072">
+    <w:lvl w:ilvl="0" w:tplc="12442493">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57439072" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12442493" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27875977">
+  <w:abstractNum w:abstractNumId="18294202">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14376563">
+    <w:lvl w:ilvl="0" w:tplc="97578473">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27875977">
-    <w:abstractNumId w:val="27875977"/>
+  <w:num w:numId="18294202">
+    <w:abstractNumId w:val="18294202"/>
   </w:num>
-  <w:num w:numId="27875978">
-    <w:abstractNumId w:val="27875978"/>
+  <w:num w:numId="18294203">
+    <w:abstractNumId w:val="18294203"/>
   </w:num>
-  <w:num w:numId="300910066">
-    <w:abstractNumId w:val="300910066"/>
+  <w:num w:numId="193430324">
+    <w:abstractNumId w:val="193430324"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId434211465" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId268750055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30076940911290d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId21696940911290dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId29046940911294371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId71696940911294a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6936694091129241d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6936694091129241d.jpg"/><Relationship Id="rId74906940911294b4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74906940911294b4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402494192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId918326132" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6759695f2c14c1f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId2798695f2c14c1f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId3871695f2c14c4efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId8323695f2c14c5632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9855695f2c14c3093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9855695f2c14c3093.jpg"/><Relationship Id="rId3852695f2c14c5aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3852695f2c14c5aac.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>