--- v4 (2026-01-08)
+++ v5 (2026-01-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6759695f2c14c1f5b" w:history="1">
+            <w:hyperlink r:id="rId3405697a3c4c4d71d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2798695f2c14c1f9d" w:history="1">
+            <w:hyperlink r:id="rId5584697a3c4c4d798" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24672740" name="name5495695f2c14c3095" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="13336901" name="name9376697a3c4c4e779" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9855695f2c14c3093" cstate="print"/>
+                    <a:blip r:embed="rId8552697a3c4c4e777" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="193430324"/>
+          <w:numId w:val="763099093"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="193430324"/>
+          <w:numId w:val="763099093"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="193430324"/>
+          <w:numId w:val="763099093"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="193430324"/>
+          <w:numId w:val="763099093"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="193430324"/>
+          <w:numId w:val="763099093"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3871695f2c14c4efa" w:history="1">
+      <w:hyperlink r:id="rId6759697a3c4c509a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6441,51 +6441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8323695f2c14c5632" w:history="1">
+      <w:hyperlink r:id="rId4827697a3c4c510a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75469787" name="name3839695f2c14c5aae" descr="eu_funding_250.png"/>
+            <wp:docPr id="7550967" name="name5807697a3c4c5118c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3852695f2c14c5aac" cstate="print"/>
+                    <a:blip r:embed="rId6786697a3c4c5118a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="193430324">
+  <w:abstractNum w:abstractNumId="763099093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39928074">
+    <w:lvl w:ilvl="0" w:tplc="53189059">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39928074" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53189059" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18294203">
+  <w:abstractNum w:abstractNumId="21977050">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12442493">
+    <w:lvl w:ilvl="0" w:tplc="74142472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12442493" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74142472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18294202">
+  <w:abstractNum w:abstractNumId="21977049">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97578473">
+    <w:lvl w:ilvl="0" w:tplc="65110931">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18294202">
-    <w:abstractNumId w:val="18294202"/>
+  <w:num w:numId="21977049">
+    <w:abstractNumId w:val="21977049"/>
   </w:num>
-  <w:num w:numId="18294203">
-    <w:abstractNumId w:val="18294203"/>
+  <w:num w:numId="21977050">
+    <w:abstractNumId w:val="21977050"/>
   </w:num>
-  <w:num w:numId="193430324">
-    <w:abstractNumId w:val="193430324"/>
+  <w:num w:numId="763099093">
+    <w:abstractNumId w:val="763099093"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402494192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId918326132" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6759695f2c14c1f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId2798695f2c14c1f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId3871695f2c14c4efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId8323695f2c14c5632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9855695f2c14c3093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9855695f2c14c3093.jpg"/><Relationship Id="rId3852695f2c14c5aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3852695f2c14c5aac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId868246497" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969697048" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3405697a3c4c4d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId5584697a3c4c4d798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId6759697a3c4c509a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId4827697a3c4c510a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8552697a3c4c4e777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8552697a3c4c4e777.jpg"/><Relationship Id="rId6786697a3c4c5118a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6786697a3c4c5118a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>