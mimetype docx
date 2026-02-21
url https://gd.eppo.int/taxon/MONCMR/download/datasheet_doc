--- v5 (2026-01-28)
+++ v6 (2026-02-21)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3405697a3c4c4d71d" w:history="1">
+            <w:hyperlink r:id="rId304169995abfe824a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5584697a3c4c4d798" w:history="1">
+            <w:hyperlink r:id="rId157669995abfe828f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13336901" name="name9376697a3c4c4e779" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="84369312" name="name450669995abfe93dd" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8552697a3c4c4e777" cstate="print"/>
+                    <a:blip r:embed="rId553969995abfe93da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="763099093"/>
+          <w:numId w:val="246979719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="763099093"/>
+          <w:numId w:val="246979719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="763099093"/>
+          <w:numId w:val="246979719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="763099093"/>
+          <w:numId w:val="246979719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="763099093"/>
+          <w:numId w:val="246979719"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6759697a3c4c509a4" w:history="1">
+      <w:hyperlink r:id="rId356669995abfeb2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6441,51 +6441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4827697a3c4c510a7" w:history="1">
+      <w:hyperlink r:id="rId236869995abfeb9e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7550967" name="name5807697a3c4c5118c" descr="eu_funding_250.png"/>
+            <wp:docPr id="14402317" name="name681469995abfeba87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6786697a3c4c5118a" cstate="print"/>
+                    <a:blip r:embed="rId826869995abfeba86" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="763099093">
+  <w:abstractNum w:abstractNumId="246979719">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53189059">
+    <w:lvl w:ilvl="0" w:tplc="69846207">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53189059" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69846207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21977050">
+  <w:abstractNum w:abstractNumId="63155944">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74142472">
+    <w:lvl w:ilvl="0" w:tplc="29258008">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74142472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29258008" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21977049">
+  <w:abstractNum w:abstractNumId="63155943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65110931">
+    <w:lvl w:ilvl="0" w:tplc="42622225">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21977049">
-    <w:abstractNumId w:val="21977049"/>
+  <w:num w:numId="63155943">
+    <w:abstractNumId w:val="63155943"/>
   </w:num>
-  <w:num w:numId="21977050">
-    <w:abstractNumId w:val="21977050"/>
+  <w:num w:numId="63155944">
+    <w:abstractNumId w:val="63155944"/>
   </w:num>
-  <w:num w:numId="763099093">
-    <w:abstractNumId w:val="763099093"/>
+  <w:num w:numId="246979719">
+    <w:abstractNumId w:val="246979719"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId868246497" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969697048" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3405697a3c4c4d71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId5584697a3c4c4d798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId6759697a3c4c509a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId4827697a3c4c510a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8552697a3c4c4e777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8552697a3c4c4e777.jpg"/><Relationship Id="rId6786697a3c4c5118a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6786697a3c4c5118a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467034263" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367196478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304169995abfe824a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId157669995abfe828f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId356669995abfeb2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId236869995abfeb9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId553969995abfe93da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553969995abfe93da.jpg"/><Relationship Id="rId826869995abfeba86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826869995abfeba86.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>