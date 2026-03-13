--- v6 (2026-02-21)
+++ v7 (2026-03-13)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balsam-fir sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304169995abfe824a" w:history="1">
+            <w:hyperlink r:id="rId845969b48fde95384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157669995abfe828f" w:history="1">
+            <w:hyperlink r:id="rId760469b48fde953d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -791,63 +791,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">M. marmorator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">becoming established outside of its native range.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84369312" name="name450669995abfe93dd" descr="MONCMR_distribution_map.jpg"/>
+            <wp:docPr id="49672728" name="name360469b48fde96493" descr="MONCMR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId553969995abfe93da" cstate="print"/>
+                    <a:blip r:embed="rId930969b48fde96490" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1658,151 +1658,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="246979719"/>
+          <w:numId w:val="964084353"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult female for egg laying in the bark, although only a minority of these may have eggs in them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="246979719"/>
+          <w:numId w:val="964084353"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="246979719"/>
+          <w:numId w:val="964084353"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="246979719"/>
+          <w:numId w:val="964084353"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="246979719"/>
+          <w:numId w:val="964084353"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5343,51 +5343,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-34.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations, Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356669995abfeb2c9" w:history="1">
+      <w:hyperlink r:id="rId868369b48fde9856b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6441,51 +6441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus marmorator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236869995abfeb9e1" w:history="1">
+      <w:hyperlink r:id="rId743769b48fde98d04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6498,63 +6498,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14402317" name="name681469995abfeba87" descr="eu_funding_250.png"/>
+            <wp:docPr id="62652769" name="name225169b48fde990a9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId826869995abfeba86" cstate="print"/>
+                    <a:blip r:embed="rId413669b48fde990a7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6652,221 +6652,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="246979719">
+  <w:abstractNum w:abstractNumId="964084353">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69846207">
+    <w:lvl w:ilvl="0" w:tplc="57621439">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69846207" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57621439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63155944">
+  <w:abstractNum w:abstractNumId="48875366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29258008">
+    <w:lvl w:ilvl="0" w:tplc="71158962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29258008" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71158962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63155943">
+  <w:abstractNum w:abstractNumId="48875365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42622225">
+    <w:lvl w:ilvl="0" w:tplc="40183305">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7618,58 +7618,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63155943">
-    <w:abstractNumId w:val="63155943"/>
+  <w:num w:numId="48875365">
+    <w:abstractNumId w:val="48875365"/>
   </w:num>
-  <w:num w:numId="63155944">
-    <w:abstractNumId w:val="63155944"/>
+  <w:num w:numId="48875366">
+    <w:abstractNumId w:val="48875366"/>
   </w:num>
-  <w:num w:numId="246979719">
-    <w:abstractNumId w:val="246979719"/>
+  <w:num w:numId="964084353">
+    <w:abstractNumId w:val="964084353"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19219,51 +19219,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467034263" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367196478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304169995abfe824a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId157669995abfe828f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId356669995abfeb2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId236869995abfeb9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId553969995abfe93da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId553969995abfe93da.jpg"/><Relationship Id="rId826869995abfeba86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826869995abfeba86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629373502" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId490407881" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId845969b48fde95384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/" TargetMode="External"/><Relationship Id="rId760469b48fde953d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMR/categorization" TargetMode="External"/><Relationship Id="rId868369b48fde9856b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId743769b48fde98d04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId930969b48fde96490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930969b48fde96490.jpg"/><Relationship Id="rId413669b48fde990a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId413669b48fde990a7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>