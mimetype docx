--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Leconte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spotted pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId979268e777665a5fc" w:history="1">
+            <w:hyperlink r:id="rId8821691d3e61669fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId996868e777665a643" w:history="1">
+            <w:hyperlink r:id="rId9288691d3e6166a3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -756,63 +756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is widely distributed in Canada and the USA. There is no indication in the literature that the distribution of the beetle is expanding.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9129199" name="name175068e777665b9e8" descr="MONCMC_distribution_map.jpg"/>
+            <wp:docPr id="89442301" name="name7263691d3e6167cec" descr="MONCMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId416968e777665b9e5" cstate="print"/>
+                    <a:blip r:embed="rId5965691d3e6167cea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1155,51 +1155,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. populations could lead to increased populations of other damaging species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dauer larvae of pine wood nematode, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772868e777665be60" w:history="1">
+      <w:hyperlink r:id="rId9966691d3e616812f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been found in association with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,151 +1323,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="858950710"/>
+          <w:numId w:val="422835846"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult females for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="858950710"/>
+          <w:numId w:val="422835846"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="858950710"/>
+          <w:numId w:val="422835846"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="858950710"/>
+          <w:numId w:val="422835846"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="858950710"/>
+          <w:numId w:val="422835846"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507968e777665dd13" w:history="1">
+      <w:hyperlink r:id="rId4714691d3e616a412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5998,63 +5998,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60723939" name="name902268e777665ddb7" descr="eu_funding_250.png"/>
+            <wp:docPr id="27405916" name="name6093691d3e616a4dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId442668e777665ddb6" cstate="print"/>
+                    <a:blip r:embed="rId2659691d3e616a4dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6152,221 +6152,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="858950710">
+  <w:abstractNum w:abstractNumId="422835846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88246879">
+    <w:lvl w:ilvl="0" w:tplc="48595156">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88246879" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48595156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96428871">
+  <w:abstractNum w:abstractNumId="18484429">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85415924">
+    <w:lvl w:ilvl="0" w:tplc="30375216">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85415924" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30375216" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96428870">
+  <w:abstractNum w:abstractNumId="18484428">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79667407">
+    <w:lvl w:ilvl="0" w:tplc="41402661">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,58 +7118,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96428870">
-    <w:abstractNumId w:val="96428870"/>
+  <w:num w:numId="18484428">
+    <w:abstractNumId w:val="18484428"/>
   </w:num>
-  <w:num w:numId="96428871">
-    <w:abstractNumId w:val="96428871"/>
+  <w:num w:numId="18484429">
+    <w:abstractNumId w:val="18484429"/>
   </w:num>
-  <w:num w:numId="858950710">
-    <w:abstractNumId w:val="858950710"/>
+  <w:num w:numId="422835846">
+    <w:abstractNumId w:val="422835846"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18719,51 +18719,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId392786749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId704384267" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId979268e777665a5fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId996868e777665a643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId772868e777665be60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId507968e777665dd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId416968e777665b9e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId416968e777665b9e5.jpg"/><Relationship Id="rId442668e777665ddb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId442668e777665ddb6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676435767" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691343885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8821691d3e61669fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId9288691d3e6166a3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId9966691d3e616812f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId4714691d3e616a412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5965691d3e6167cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5965691d3e6167cea.jpg"/><Relationship Id="rId2659691d3e616a4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2659691d3e616a4dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>