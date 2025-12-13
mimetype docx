--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Leconte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spotted pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8821691d3e61669fb" w:history="1">
+            <w:hyperlink r:id="rId3853693dac5c9f45f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9288691d3e6166a3e" w:history="1">
+            <w:hyperlink r:id="rId6628693dac5c9f4a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -756,63 +756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is widely distributed in Canada and the USA. There is no indication in the literature that the distribution of the beetle is expanding.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89442301" name="name7263691d3e6167cec" descr="MONCMC_distribution_map.jpg"/>
+            <wp:docPr id="52244241" name="name2863693dac5ca05bc" descr="MONCMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5965691d3e6167cea" cstate="print"/>
+                    <a:blip r:embed="rId6810693dac5ca05b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1155,51 +1155,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. populations could lead to increased populations of other damaging species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dauer larvae of pine wood nematode, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9966691d3e616812f" w:history="1">
+      <w:hyperlink r:id="rId8130693dac5ca0a2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been found in association with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,151 +1323,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422835846"/>
+          <w:numId w:val="255927316"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult females for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422835846"/>
+          <w:numId w:val="255927316"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422835846"/>
+          <w:numId w:val="255927316"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422835846"/>
+          <w:numId w:val="255927316"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="422835846"/>
+          <w:numId w:val="255927316"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4714691d3e616a412" w:history="1">
+      <w:hyperlink r:id="rId6947693dac5ca28d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5998,63 +5998,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27405916" name="name6093691d3e616a4dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="77378473" name="name9871693dac5ca2c55" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2659691d3e616a4dc" cstate="print"/>
+                    <a:blip r:embed="rId7880693dac5ca2c54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6152,221 +6152,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="422835846">
+  <w:abstractNum w:abstractNumId="255927316">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48595156">
+    <w:lvl w:ilvl="0" w:tplc="14449370">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48595156" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14449370" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18484429">
+  <w:abstractNum w:abstractNumId="65810877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30375216">
+    <w:lvl w:ilvl="0" w:tplc="28372212">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30375216" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28372212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18484428">
+  <w:abstractNum w:abstractNumId="65810876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41402661">
+    <w:lvl w:ilvl="0" w:tplc="95540096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,58 +7118,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18484428">
-    <w:abstractNumId w:val="18484428"/>
+  <w:num w:numId="65810876">
+    <w:abstractNumId w:val="65810876"/>
   </w:num>
-  <w:num w:numId="18484429">
-    <w:abstractNumId w:val="18484429"/>
+  <w:num w:numId="65810877">
+    <w:abstractNumId w:val="65810877"/>
   </w:num>
-  <w:num w:numId="422835846">
-    <w:abstractNumId w:val="422835846"/>
+  <w:num w:numId="255927316">
+    <w:abstractNumId w:val="255927316"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18719,51 +18719,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId676435767" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691343885" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8821691d3e61669fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId9288691d3e6166a3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId9966691d3e616812f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId4714691d3e616a412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5965691d3e6167cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5965691d3e6167cea.jpg"/><Relationship Id="rId2659691d3e616a4dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2659691d3e616a4dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId971535642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId489854411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3853693dac5c9f45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId6628693dac5c9f4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId8130693dac5ca0a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId6947693dac5ca28d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6810693dac5ca05b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6810693dac5ca05b9.jpg"/><Relationship Id="rId7880693dac5ca2c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7880693dac5ca2c54.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>