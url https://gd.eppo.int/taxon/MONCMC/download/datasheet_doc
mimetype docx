--- v2 (2025-12-13)
+++ v3 (2026-01-21)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Leconte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spotted pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3853693dac5c9f45f" w:history="1">
+            <w:hyperlink r:id="rId382769710b3d749db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6628693dac5c9f4a2" w:history="1">
+            <w:hyperlink r:id="rId122269710b3d74a28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -756,63 +756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is widely distributed in Canada and the USA. There is no indication in the literature that the distribution of the beetle is expanding.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52244241" name="name2863693dac5ca05bc" descr="MONCMC_distribution_map.jpg"/>
+            <wp:docPr id="12147784" name="name213969710b3d7586b" descr="MONCMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6810693dac5ca05b9" cstate="print"/>
+                    <a:blip r:embed="rId490769710b3d75868" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1155,51 +1155,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. populations could lead to increased populations of other damaging species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dauer larvae of pine wood nematode, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8130693dac5ca0a2c" w:history="1">
+      <w:hyperlink r:id="rId766869710b3d75ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been found in association with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,151 +1323,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="255927316"/>
+          <w:numId w:val="276530981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult females for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="255927316"/>
+          <w:numId w:val="276530981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="255927316"/>
+          <w:numId w:val="276530981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="255927316"/>
+          <w:numId w:val="276530981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="255927316"/>
+          <w:numId w:val="276530981"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5919,73 +5919,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6947693dac5ca28d1" w:history="1">
+      <w:hyperlink r:id="rId773369710b3d77c29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5998,63 +5998,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77378473" name="name9871693dac5ca2c55" descr="eu_funding_250.png"/>
+            <wp:docPr id="76310370" name="name856469710b3d78023" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7880693dac5ca2c54" cstate="print"/>
+                    <a:blip r:embed="rId122669710b3d78022" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6152,221 +6152,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="255927316">
+  <w:abstractNum w:abstractNumId="276530981">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14449370">
+    <w:lvl w:ilvl="0" w:tplc="85708562">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14449370" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85708562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65810877">
+  <w:abstractNum w:abstractNumId="64540141">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28372212">
+    <w:lvl w:ilvl="0" w:tplc="58314125">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28372212" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58314125" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65810876">
+  <w:abstractNum w:abstractNumId="64540140">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95540096">
+    <w:lvl w:ilvl="0" w:tplc="90344875">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,58 +7118,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65810876">
-    <w:abstractNumId w:val="65810876"/>
+  <w:num w:numId="64540140">
+    <w:abstractNumId w:val="64540140"/>
   </w:num>
-  <w:num w:numId="65810877">
-    <w:abstractNumId w:val="65810877"/>
+  <w:num w:numId="64540141">
+    <w:abstractNumId w:val="64540141"/>
   </w:num>
-  <w:num w:numId="255927316">
-    <w:abstractNumId w:val="255927316"/>
+  <w:num w:numId="276530981">
+    <w:abstractNumId w:val="276530981"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18719,51 +18719,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId971535642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId489854411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3853693dac5c9f45f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId6628693dac5c9f4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId8130693dac5ca0a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId6947693dac5ca28d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6810693dac5ca05b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6810693dac5ca05b9.jpg"/><Relationship Id="rId7880693dac5ca2c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7880693dac5ca2c54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId123545748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId866512920" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId382769710b3d749db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId122269710b3d74a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId766869710b3d75ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId773369710b3d77c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId490769710b3d75868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId490769710b3d75868.jpg"/><Relationship Id="rId122669710b3d78022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122669710b3d78022.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>