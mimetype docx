--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Leconte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spotted pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382769710b3d749db" w:history="1">
+            <w:hyperlink r:id="rId7909698c4ce56d682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122269710b3d74a28" w:history="1">
+            <w:hyperlink r:id="rId7446698c4ce56d6c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -756,63 +756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is widely distributed in Canada and the USA. There is no indication in the literature that the distribution of the beetle is expanding.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12147784" name="name213969710b3d7586b" descr="MONCMC_distribution_map.jpg"/>
+            <wp:docPr id="70997964" name="name4355698c4ce56ec13" descr="MONCMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId490769710b3d75868" cstate="print"/>
+                    <a:blip r:embed="rId2395698c4ce56ec0f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1155,51 +1155,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. populations could lead to increased populations of other damaging species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dauer larvae of pine wood nematode, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766869710b3d75ce6" w:history="1">
+      <w:hyperlink r:id="rId6728698c4ce56f08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been found in association with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,151 +1323,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276530981"/>
+          <w:numId w:val="856974490"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult females for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276530981"/>
+          <w:numId w:val="856974490"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276530981"/>
+          <w:numId w:val="856974490"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276530981"/>
+          <w:numId w:val="856974490"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="276530981"/>
+          <w:numId w:val="856974490"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773369710b3d77c29" w:history="1">
+      <w:hyperlink r:id="rId8227698c4ce571096" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5998,63 +5998,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76310370" name="name856469710b3d78023" descr="eu_funding_250.png"/>
+            <wp:docPr id="67503736" name="name8737698c4ce571176" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId122669710b3d78022" cstate="print"/>
+                    <a:blip r:embed="rId5626698c4ce571174" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6152,221 +6152,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="276530981">
+  <w:abstractNum w:abstractNumId="856974490">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85708562">
+    <w:lvl w:ilvl="0" w:tplc="52318377">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85708562" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52318377" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64540141">
+  <w:abstractNum w:abstractNumId="67823829">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58314125">
+    <w:lvl w:ilvl="0" w:tplc="37089911">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58314125" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37089911" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64540140">
+  <w:abstractNum w:abstractNumId="67823828">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90344875">
+    <w:lvl w:ilvl="0" w:tplc="97572762">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,58 +7118,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64540140">
-    <w:abstractNumId w:val="64540140"/>
+  <w:num w:numId="67823828">
+    <w:abstractNumId w:val="67823828"/>
   </w:num>
-  <w:num w:numId="64540141">
-    <w:abstractNumId w:val="64540141"/>
+  <w:num w:numId="67823829">
+    <w:abstractNumId w:val="67823829"/>
   </w:num>
-  <w:num w:numId="276530981">
-    <w:abstractNumId w:val="276530981"/>
+  <w:num w:numId="856974490">
+    <w:abstractNumId w:val="856974490"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18719,51 +18719,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId123545748" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId866512920" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId382769710b3d749db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId122269710b3d74a28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId766869710b3d75ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId773369710b3d77c29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId490769710b3d75868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId490769710b3d75868.jpg"/><Relationship Id="rId122669710b3d78022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId122669710b3d78022.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId933623792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352568907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7909698c4ce56d682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId7446698c4ce56d6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId6728698c4ce56f08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId8227698c4ce571096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2395698c4ce56ec0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2395698c4ce56ec0f.jpg"/><Relationship Id="rId5626698c4ce571174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5626698c4ce571174.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>