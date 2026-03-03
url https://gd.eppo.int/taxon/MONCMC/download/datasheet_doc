--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Leconte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spotted pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7909698c4ce56d682" w:history="1">
+            <w:hyperlink r:id="rId690269a6f0dd6d184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7446698c4ce56d6c7" w:history="1">
+            <w:hyperlink r:id="rId463169a6f0dd6d1c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -756,63 +756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is widely distributed in Canada and the USA. There is no indication in the literature that the distribution of the beetle is expanding.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70997964" name="name4355698c4ce56ec13" descr="MONCMC_distribution_map.jpg"/>
+            <wp:docPr id="26743556" name="name580969a6f0dd6e4d5" descr="MONCMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2395698c4ce56ec0f" cstate="print"/>
+                    <a:blip r:embed="rId616069a6f0dd6e4d2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1155,51 +1155,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. populations could lead to increased populations of other damaging species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dauer larvae of pine wood nematode, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6728698c4ce56f08f" w:history="1">
+      <w:hyperlink r:id="rId274369a6f0dd6e95c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been found in association with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,151 +1323,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="856974490"/>
+          <w:numId w:val="845044887"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult females for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="856974490"/>
+          <w:numId w:val="845044887"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="856974490"/>
+          <w:numId w:val="845044887"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="856974490"/>
+          <w:numId w:val="845044887"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="856974490"/>
+          <w:numId w:val="845044887"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8227698c4ce571096" w:history="1">
+      <w:hyperlink r:id="rId806069a6f0dd70809" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5998,63 +5998,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67503736" name="name8737698c4ce571176" descr="eu_funding_250.png"/>
+            <wp:docPr id="41569367" name="name170669a6f0dd708e2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5626698c4ce571174" cstate="print"/>
+                    <a:blip r:embed="rId388169a6f0dd708e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6152,221 +6152,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="856974490">
+  <w:abstractNum w:abstractNumId="845044887">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52318377">
+    <w:lvl w:ilvl="0" w:tplc="90174130">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52318377" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90174130" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67823829">
+  <w:abstractNum w:abstractNumId="67367780">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37089911">
+    <w:lvl w:ilvl="0" w:tplc="13759613">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37089911" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13759613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67823828">
+  <w:abstractNum w:abstractNumId="67367779">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97572762">
+    <w:lvl w:ilvl="0" w:tplc="75142794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,58 +7118,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67823828">
-    <w:abstractNumId w:val="67823828"/>
+  <w:num w:numId="67367779">
+    <w:abstractNumId w:val="67367779"/>
   </w:num>
-  <w:num w:numId="67823829">
-    <w:abstractNumId w:val="67823829"/>
+  <w:num w:numId="67367780">
+    <w:abstractNumId w:val="67367780"/>
   </w:num>
-  <w:num w:numId="856974490">
-    <w:abstractNumId w:val="856974490"/>
+  <w:num w:numId="845044887">
+    <w:abstractNumId w:val="845044887"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18719,51 +18719,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId933623792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId352568907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7909698c4ce56d682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId7446698c4ce56d6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId6728698c4ce56f08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId8227698c4ce571096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2395698c4ce56ec0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2395698c4ce56ec0f.jpg"/><Relationship Id="rId5626698c4ce571174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5626698c4ce571174.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190983388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId399787537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690269a6f0dd6d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId463169a6f0dd6d1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId274369a6f0dd6e95c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId806069a6f0dd70809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId616069a6f0dd6e4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId616069a6f0dd6e4d2.jpg"/><Relationship Id="rId388169a6f0dd708e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId388169a6f0dd708e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>