--- v5 (2026-03-03)
+++ v6 (2026-03-26)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Leconte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> spotted pine sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId690269a6f0dd6d184" w:history="1">
+            <w:hyperlink r:id="rId963969c4bd945ea01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463169a6f0dd6d1c7" w:history="1">
+            <w:hyperlink r:id="rId936169c4bd945ea45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -756,63 +756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is widely distributed in Canada and the USA. There is no indication in the literature that the distribution of the beetle is expanding.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26743556" name="name580969a6f0dd6e4d5" descr="MONCMC_distribution_map.jpg"/>
+            <wp:docPr id="88510748" name="name140169c4bd945f818" descr="MONCMC_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCMC_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId616069a6f0dd6e4d2" cstate="print"/>
+                    <a:blip r:embed="rId837369c4bd945f815" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1155,51 +1155,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. populations could lead to increased populations of other damaging species.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dauer larvae of pine wood nematode, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274369a6f0dd6e95c" w:history="1">
+      <w:hyperlink r:id="rId886669c4bd945fcb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been found in association with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1323,151 +1323,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. (Wilson, 1975):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="845044887"/>
+          <w:numId w:val="96611139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Slits chewed by adult females for egg laying in the bark, although only a minority of these may have eggs in them,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="845044887"/>
+          <w:numId w:val="96611139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring in the xylem and phloem caused by larval feeding,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="845044887"/>
+          <w:numId w:val="96611139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frass – the waste expelled by feeding larvae from trees,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="845044887"/>
+          <w:numId w:val="96611139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oval shaped holes made by larvae as they bore deeper into sap wood,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="845044887"/>
+          <w:numId w:val="96611139"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Circular exit holes created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5941,51 +5941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus maculosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806069a6f0dd70809" w:history="1">
+      <w:hyperlink r:id="rId162569c4bd9461c12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5998,63 +5998,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41569367" name="name170669a6f0dd708e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="55731486" name="name974969c4bd9461dd7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId388169a6f0dd708e0" cstate="print"/>
+                    <a:blip r:embed="rId570769c4bd9461dd6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6152,221 +6152,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="845044887">
+  <w:abstractNum w:abstractNumId="96611139">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90174130">
+    <w:lvl w:ilvl="0" w:tplc="38591467">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90174130" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38591467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67367780">
+  <w:abstractNum w:abstractNumId="72898407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13759613">
+    <w:lvl w:ilvl="0" w:tplc="81902190">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13759613" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81902190" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67367779">
+  <w:abstractNum w:abstractNumId="72898406">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75142794">
+    <w:lvl w:ilvl="0" w:tplc="36671147">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7118,58 +7118,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67367779">
-    <w:abstractNumId w:val="67367779"/>
+  <w:num w:numId="72898406">
+    <w:abstractNumId w:val="72898406"/>
   </w:num>
-  <w:num w:numId="67367780">
-    <w:abstractNumId w:val="67367780"/>
+  <w:num w:numId="72898407">
+    <w:abstractNumId w:val="72898407"/>
   </w:num>
-  <w:num w:numId="845044887">
-    <w:abstractNumId w:val="845044887"/>
+  <w:num w:numId="96611139">
+    <w:abstractNumId w:val="96611139"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18719,51 +18719,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId190983388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId399787537" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690269a6f0dd6d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId463169a6f0dd6d1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId274369a6f0dd6e95c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId806069a6f0dd70809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId616069a6f0dd6e4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId616069a6f0dd6e4d2.jpg"/><Relationship Id="rId388169a6f0dd708e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId388169a6f0dd708e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId852822939" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId692666797" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId963969c4bd945ea01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/" TargetMode="External"/><Relationship Id="rId936169c4bd945ea45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCMC/categorization" TargetMode="External"/><Relationship Id="rId886669c4bd945fcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId162569c4bd9461c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId837369c4bd945f815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837369c4bd945f815.jpg"/><Relationship Id="rId570769c4bd9461dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570769c4bd9461dd6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>