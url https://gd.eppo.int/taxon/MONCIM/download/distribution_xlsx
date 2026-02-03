--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -86,51 +86,51 @@
   <si>
     <t>nm</t>
   </si>
   <si>
     <t>Shaanxi</t>
   </si>
   <si>
     <t>sx</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>