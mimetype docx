--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian speckled sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId887968e685c45870e" w:history="1">
+            <w:hyperlink r:id="rId7641690bba95833d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69002158" name="name698268e685c458810" descr="12791.jpg"/>
+                  <wp:docPr id="7723206" name="name6754690bba95834b3" descr="12791.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12791.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId281568e685c45880f" cstate="print"/>
+                          <a:blip r:embed="rId4666690bba95834b1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId303268e685c4588f2" w:history="1">
+            <w:hyperlink r:id="rId7392690bba95835df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -622,63 +622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a trans-Siberian species, recorded from the Ural Mountains to the Russian Far East, as well as in Mongolia, Northern China and the Northern part of the Korean peninsula (Pavlovskii &amp; Shtakelberg, 1955; Lindeman, 1979; Izhevskiy et al., 2005; Danilevsky, 2014; Karpiński et al., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30965656" name="name951168e685c459811" descr="MONCIM_distribution_map.jpg"/>
+            <wp:docPr id="67113226" name="name6305690bba95845b8" descr="MONCIM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCIM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356968e685c45980f" cstate="print"/>
+                    <a:blip r:embed="rId9240690bba95845b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2048,51 +2048,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka Publishing House, Novosibirsk (USSR) (in Russian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2014) A check list of the longicorn beetles (Cerambycoidea) of Russia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId586568e685c45a341" w:history="1">
+      <w:hyperlink r:id="rId3761690bba95850c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2328,51 +2328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breuning, 1947 (Coleoptera, Cerambycidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ZooKeys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">739, 107–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328668e685c45a50d" w:history="1">
+      <w:hyperlink r:id="rId5612690bba9585291" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.739.23675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2809,51 +2809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Pest survey card on non‐European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166668e685c45a821" w:history="1">
+      <w:hyperlink r:id="rId6393690bba95855ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2928,51 +2928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265868e685c45a8e0" w:history="1">
+      <w:hyperlink r:id="rId1452690bba958566d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3005,63 +3005,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was prepared in 2002 in the framework of the EPPO Project on quarantine pests for forestry. It was revised in 2021 and is now maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84064540" name="name418168e685c45a9bf" descr="eu_funding_250.png"/>
+            <wp:docPr id="31208669" name="name1958690bba9585725" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId807668e685c45a9be" cstate="print"/>
+                    <a:blip r:embed="rId7195690bba9585724" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3159,137 +3159,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21942577">
+  <w:abstractNum w:abstractNumId="64391618">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44990399">
+    <w:lvl w:ilvl="0" w:tplc="77087644">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44990399" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77087644" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21942576">
+  <w:abstractNum w:abstractNumId="64391617">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98917944">
+    <w:lvl w:ilvl="0" w:tplc="31988806">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4041,55 +4041,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21942576">
-    <w:abstractNumId w:val="21942576"/>
+  <w:num w:numId="64391617">
+    <w:abstractNumId w:val="64391617"/>
   </w:num>
-  <w:num w:numId="21942577">
-    <w:abstractNumId w:val="21942577"/>
+  <w:num w:numId="64391618">
+    <w:abstractNumId w:val="64391618"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15639,51 +15639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226751323" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId784185524" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId887968e685c45870e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId303268e685c4588f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId586568e685c45a341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId328668e685c45a50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId166668e685c45a821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId265868e685c45a8e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId281568e685c45880f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId281568e685c45880f.jpg"/><Relationship Id="rId356968e685c45980f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356968e685c45980f.jpg"/><Relationship Id="rId807668e685c45a9be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807668e685c45a9be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId458241601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535468411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7641690bba95833d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId7392690bba95835df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId3761690bba95850c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId5612690bba9585291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId6393690bba95855ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId1452690bba958566d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4666690bba95834b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4666690bba95834b1.jpg"/><Relationship Id="rId9240690bba95845b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9240690bba95845b5.jpg"/><Relationship Id="rId7195690bba9585724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7195690bba9585724.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>