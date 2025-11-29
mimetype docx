--- v1 (2025-11-05)
+++ v2 (2025-11-29)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian speckled sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7641690bba95833d8" w:history="1">
+            <w:hyperlink r:id="rId4066692a92be92335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7723206" name="name6754690bba95834b3" descr="12791.jpg"/>
+                  <wp:docPr id="79560426" name="name4570692a92be9240e" descr="12791.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12791.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4666690bba95834b1" cstate="print"/>
+                          <a:blip r:embed="rId5730692a92be9240c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7392690bba95835df" w:history="1">
+            <w:hyperlink r:id="rId3368692a92be9251b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -622,63 +622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a trans-Siberian species, recorded from the Ural Mountains to the Russian Far East, as well as in Mongolia, Northern China and the Northern part of the Korean peninsula (Pavlovskii &amp; Shtakelberg, 1955; Lindeman, 1979; Izhevskiy et al., 2005; Danilevsky, 2014; Karpiński et al., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67113226" name="name6305690bba95845b8" descr="MONCIM_distribution_map.jpg"/>
+            <wp:docPr id="43435572" name="name6813692a92be92878" descr="MONCIM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCIM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9240690bba95845b5" cstate="print"/>
+                    <a:blip r:embed="rId3109692a92be92877" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2048,51 +2048,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka Publishing House, Novosibirsk (USSR) (in Russian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2014) A check list of the longicorn beetles (Cerambycoidea) of Russia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3761690bba95850c1" w:history="1">
+      <w:hyperlink r:id="rId4200692a92be93327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2328,51 +2328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breuning, 1947 (Coleoptera, Cerambycidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ZooKeys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">739, 107–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5612690bba9585291" w:history="1">
+      <w:hyperlink r:id="rId6430692a92be934f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.739.23675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2809,51 +2809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Pest survey card on non‐European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6393690bba95855ad" w:history="1">
+      <w:hyperlink r:id="rId5430692a92be9382d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2928,51 +2928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1452690bba958566d" w:history="1">
+      <w:hyperlink r:id="rId4020692a92be938f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3005,63 +3005,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was prepared in 2002 in the framework of the EPPO Project on quarantine pests for forestry. It was revised in 2021 and is now maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31208669" name="name1958690bba9585725" descr="eu_funding_250.png"/>
+            <wp:docPr id="80131507" name="name2176692a92be939f6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7195690bba9585724" cstate="print"/>
+                    <a:blip r:embed="rId5857692a92be939f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3159,137 +3159,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64391618">
+  <w:abstractNum w:abstractNumId="49895094">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77087644">
+    <w:lvl w:ilvl="0" w:tplc="90624812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77087644" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90624812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64391617">
+  <w:abstractNum w:abstractNumId="49895093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31988806">
+    <w:lvl w:ilvl="0" w:tplc="82061276">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4041,55 +4041,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64391617">
-    <w:abstractNumId w:val="64391617"/>
+  <w:num w:numId="49895093">
+    <w:abstractNumId w:val="49895093"/>
   </w:num>
-  <w:num w:numId="64391618">
-    <w:abstractNumId w:val="64391618"/>
+  <w:num w:numId="49895094">
+    <w:abstractNumId w:val="49895094"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15639,51 +15639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId458241601" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535468411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7641690bba95833d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId7392690bba95835df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId3761690bba95850c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId5612690bba9585291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId6393690bba95855ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId1452690bba958566d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4666690bba95834b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4666690bba95834b1.jpg"/><Relationship Id="rId9240690bba95845b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9240690bba95845b5.jpg"/><Relationship Id="rId7195690bba9585724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7195690bba9585724.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId316490591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId855996956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4066692a92be92335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId3368692a92be9251b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId4200692a92be93327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId6430692a92be934f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId5430692a92be9382d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId4020692a92be938f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5730692a92be9240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5730692a92be9240c.jpg"/><Relationship Id="rId3109692a92be92877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3109692a92be92877.jpg"/><Relationship Id="rId5857692a92be939f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5857692a92be939f4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>