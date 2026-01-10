--- v2 (2025-11-29)
+++ v3 (2026-01-10)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian speckled sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4066692a92be92335" w:history="1">
+            <w:hyperlink r:id="rId87526961ffb790a57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79560426" name="name4570692a92be9240e" descr="12791.jpg"/>
+                  <wp:docPr id="94490221" name="name81186961ffb791131" descr="12791.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12791.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5730692a92be9240c" cstate="print"/>
+                          <a:blip r:embed="rId55356961ffb791130" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3368692a92be9251b" w:history="1">
+            <w:hyperlink r:id="rId24536961ffb79128c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -622,63 +622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a trans-Siberian species, recorded from the Ural Mountains to the Russian Far East, as well as in Mongolia, Northern China and the Northern part of the Korean peninsula (Pavlovskii &amp; Shtakelberg, 1955; Lindeman, 1979; Izhevskiy et al., 2005; Danilevsky, 2014; Karpiński et al., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43435572" name="name6813692a92be92878" descr="MONCIM_distribution_map.jpg"/>
+            <wp:docPr id="91876984" name="name24716961ffb792072" descr="MONCIM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCIM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3109692a92be92877" cstate="print"/>
+                    <a:blip r:embed="rId70826961ffb792070" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2048,51 +2048,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka Publishing House, Novosibirsk (USSR) (in Russian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2014) A check list of the longicorn beetles (Cerambycoidea) of Russia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4200692a92be93327" w:history="1">
+      <w:hyperlink r:id="rId85046961ffb792b92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2328,51 +2328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breuning, 1947 (Coleoptera, Cerambycidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ZooKeys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">739, 107–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6430692a92be934f4" w:history="1">
+      <w:hyperlink r:id="rId77556961ffb792d76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.739.23675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2809,51 +2809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Pest survey card on non‐European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5430692a92be9382d" w:history="1">
+      <w:hyperlink r:id="rId85476961ffb7930c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2906,73 +2906,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4020692a92be938f2" w:history="1">
+      <w:hyperlink r:id="rId72106961ffb793183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3005,63 +3005,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was prepared in 2002 in the framework of the EPPO Project on quarantine pests for forestry. It was revised in 2021 and is now maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80131507" name="name2176692a92be939f6" descr="eu_funding_250.png"/>
+            <wp:docPr id="45235789" name="name99156961ffb793677" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5857692a92be939f4" cstate="print"/>
+                    <a:blip r:embed="rId74876961ffb793675" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3159,137 +3159,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49895094">
+  <w:abstractNum w:abstractNumId="20779240">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90624812">
+    <w:lvl w:ilvl="0" w:tplc="79608897">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90624812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79608897" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49895093">
+  <w:abstractNum w:abstractNumId="20779239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82061276">
+    <w:lvl w:ilvl="0" w:tplc="99711944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4041,55 +4041,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49895093">
-    <w:abstractNumId w:val="49895093"/>
+  <w:num w:numId="20779239">
+    <w:abstractNumId w:val="20779239"/>
   </w:num>
-  <w:num w:numId="49895094">
-    <w:abstractNumId w:val="49895094"/>
+  <w:num w:numId="20779240">
+    <w:abstractNumId w:val="20779240"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15639,51 +15639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId316490591" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId855996956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4066692a92be92335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId3368692a92be9251b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId4200692a92be93327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId6430692a92be934f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId5430692a92be9382d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId4020692a92be938f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5730692a92be9240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5730692a92be9240c.jpg"/><Relationship Id="rId3109692a92be92877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3109692a92be92877.jpg"/><Relationship Id="rId5857692a92be939f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5857692a92be939f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894726377" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691426446" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87526961ffb790a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId24536961ffb79128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId85046961ffb792b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId77556961ffb792d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId85476961ffb7930c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId72106961ffb793183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55356961ffb791130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55356961ffb791130.jpg"/><Relationship Id="rId70826961ffb792070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70826961ffb792070.jpg"/><Relationship Id="rId74876961ffb793675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74876961ffb793675.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>