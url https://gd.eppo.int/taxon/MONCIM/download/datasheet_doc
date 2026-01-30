--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian speckled sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87526961ffb790a57" w:history="1">
+            <w:hyperlink r:id="rId8712697c931a1a60d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94490221" name="name81186961ffb791131" descr="12791.jpg"/>
+                  <wp:docPr id="32342779" name="name6088697c931a1a70d" descr="12791.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12791.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55356961ffb791130" cstate="print"/>
+                          <a:blip r:embed="rId5525697c931a1a70b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId24536961ffb79128c" w:history="1">
+            <w:hyperlink r:id="rId1995697c931a1a85f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -622,105 +622,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a trans-Siberian species, recorded from the Ural Mountains to the Russian Far East, as well as in Mongolia, Northern China and the Northern part of the Korean peninsula (Pavlovskii &amp; Shtakelberg, 1955; Lindeman, 1979; Izhevskiy et al., 2005; Danilevsky, 2014; Karpiński et al., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91876984" name="name24716961ffb792072" descr="MONCIM_distribution_map.jpg"/>
+            <wp:docPr id="80223425" name="name7583697c931a1b618" descr="MONCIM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCIM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70826961ffb792070" cstate="print"/>
+                    <a:blip r:embed="rId9263697c931a1b615" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Central Russia, Eastern Siberia, Far East, Northern Russia, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Heilongjiang, Jilin, Neimenggu, Shaanxi), Korea, Democratic People's Republic of, Mongolia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -2048,51 +2048,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka Publishing House, Novosibirsk (USSR) (in Russian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2014) A check list of the longicorn beetles (Cerambycoidea) of Russia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId85046961ffb792b92" w:history="1">
+      <w:hyperlink r:id="rId6323697c931a1c183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2328,51 +2328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breuning, 1947 (Coleoptera, Cerambycidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ZooKeys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">739, 107–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77556961ffb792d76" w:history="1">
+      <w:hyperlink r:id="rId3680697c931a1c350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.739.23675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2809,51 +2809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Pest survey card on non‐European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85476961ffb7930c2" w:history="1">
+      <w:hyperlink r:id="rId8293697c931a1c6c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2928,51 +2928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72106961ffb793183" w:history="1">
+      <w:hyperlink r:id="rId9184697c931a1c792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3005,63 +3005,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was prepared in 2002 in the framework of the EPPO Project on quarantine pests for forestry. It was revised in 2021 and is now maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45235789" name="name99156961ffb793677" descr="eu_funding_250.png"/>
+            <wp:docPr id="5675377" name="name9852697c931a1c88c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74876961ffb793675" cstate="print"/>
+                    <a:blip r:embed="rId7931697c931a1c88b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3159,137 +3159,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20779240">
+  <w:abstractNum w:abstractNumId="17402685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79608897">
+    <w:lvl w:ilvl="0" w:tplc="38903762">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79608897" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38903762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20779239">
+  <w:abstractNum w:abstractNumId="17402684">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99711944">
+    <w:lvl w:ilvl="0" w:tplc="96675071">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4041,55 +4041,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20779239">
-    <w:abstractNumId w:val="20779239"/>
+  <w:num w:numId="17402684">
+    <w:abstractNumId w:val="17402684"/>
   </w:num>
-  <w:num w:numId="20779240">
-    <w:abstractNumId w:val="20779240"/>
+  <w:num w:numId="17402685">
+    <w:abstractNumId w:val="17402685"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15639,51 +15639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894726377" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId691426446" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87526961ffb790a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId24536961ffb79128c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId85046961ffb792b92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId77556961ffb792d76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId85476961ffb7930c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId72106961ffb793183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55356961ffb791130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55356961ffb791130.jpg"/><Relationship Id="rId70826961ffb792070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70826961ffb792070.jpg"/><Relationship Id="rId74876961ffb793675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74876961ffb793675.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId594635553" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId843586803" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8712697c931a1a60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId1995697c931a1a85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId6323697c931a1c183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId3680697c931a1c350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId8293697c931a1c6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId9184697c931a1c792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5525697c931a1a70b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5525697c931a1a70b.jpg"/><Relationship Id="rId9263697c931a1b615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9263697c931a1b615.jpg"/><Relationship Id="rId7931697c931a1c88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7931697c931a1c88b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>