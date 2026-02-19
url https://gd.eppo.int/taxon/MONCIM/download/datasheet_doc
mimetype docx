--- v4 (2026-01-30)
+++ v5 (2026-02-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian speckled sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8712697c931a1a60d" w:history="1">
+            <w:hyperlink r:id="rId722469974499ae66a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32342779" name="name6088697c931a1a70d" descr="12791.jpg"/>
+                  <wp:docPr id="4906424" name="name176469974499aec85" descr="12791.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12791.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5525697c931a1a70b" cstate="print"/>
+                          <a:blip r:embed="rId216969974499aec83" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1995697c931a1a85f" w:history="1">
+            <w:hyperlink r:id="rId156369974499aedcd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -622,63 +622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a trans-Siberian species, recorded from the Ural Mountains to the Russian Far East, as well as in Mongolia, Northern China and the Northern part of the Korean peninsula (Pavlovskii &amp; Shtakelberg, 1955; Lindeman, 1979; Izhevskiy et al., 2005; Danilevsky, 2014; Karpiński et al., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80223425" name="name7583697c931a1b618" descr="MONCIM_distribution_map.jpg"/>
+            <wp:docPr id="68114528" name="name653269974499afe01" descr="MONCIM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCIM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9263697c931a1b615" cstate="print"/>
+                    <a:blip r:embed="rId515969974499afdfe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2048,51 +2048,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka Publishing House, Novosibirsk (USSR) (in Russian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2014) A check list of the longicorn beetles (Cerambycoidea) of Russia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6323697c931a1c183" w:history="1">
+      <w:hyperlink r:id="rId353269974499b08f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2328,51 +2328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breuning, 1947 (Coleoptera, Cerambycidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ZooKeys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">739, 107–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3680697c931a1c350" w:history="1">
+      <w:hyperlink r:id="rId615469974499b0ac3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.739.23675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2809,51 +2809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Pest survey card on non‐European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8293697c931a1c6c3" w:history="1">
+      <w:hyperlink r:id="rId359969974499b0df5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2928,51 +2928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9184697c931a1c792" w:history="1">
+      <w:hyperlink r:id="rId549969974499b0eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3005,63 +3005,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was prepared in 2002 in the framework of the EPPO Project on quarantine pests for forestry. It was revised in 2021 and is now maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5675377" name="name9852697c931a1c88c" descr="eu_funding_250.png"/>
+            <wp:docPr id="32382782" name="name537369974499b0f9f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7931697c931a1c88b" cstate="print"/>
+                    <a:blip r:embed="rId961969974499b0f9e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3159,137 +3159,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17402685">
+  <w:abstractNum w:abstractNumId="47082658">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38903762">
+    <w:lvl w:ilvl="0" w:tplc="56688752">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38903762" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56688752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17402684">
+  <w:abstractNum w:abstractNumId="47082657">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96675071">
+    <w:lvl w:ilvl="0" w:tplc="22678751">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4041,55 +4041,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17402684">
-    <w:abstractNumId w:val="17402684"/>
+  <w:num w:numId="47082657">
+    <w:abstractNumId w:val="47082657"/>
   </w:num>
-  <w:num w:numId="17402685">
-    <w:abstractNumId w:val="17402685"/>
+  <w:num w:numId="47082658">
+    <w:abstractNumId w:val="47082658"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15639,51 +15639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId594635553" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId843586803" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8712697c931a1a60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId1995697c931a1a85f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId6323697c931a1c183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId3680697c931a1c350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId8293697c931a1c6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId9184697c931a1c792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5525697c931a1a70b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5525697c931a1a70b.jpg"/><Relationship Id="rId9263697c931a1b615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9263697c931a1b615.jpg"/><Relationship Id="rId7931697c931a1c88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7931697c931a1c88b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296331252" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId531921243" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722469974499ae66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId156369974499aedcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId353269974499b08f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId615469974499b0ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId359969974499b0df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId549969974499b0eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId216969974499aec83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216969974499aec83.jpg"/><Relationship Id="rId515969974499afdfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId515969974499afdfe.jpg"/><Relationship Id="rId961969974499b0f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961969974499b0f9e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>