--- v5 (2026-02-19)
+++ v6 (2026-03-12)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Siberian speckled sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId722469974499ae66a" w:history="1">
+            <w:hyperlink r:id="rId948569b27f313b65c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -283,86 +283,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> MONCIM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4906424" name="name176469974499aec85" descr="12791.jpg"/>
+                  <wp:docPr id="14183682" name="name713769b27f313bd55" descr="12791.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12791.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId216969974499aec83" cstate="print"/>
+                          <a:blip r:embed="rId176969b27f313bd53" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId156369974499aedcd" w:history="1">
+            <w:hyperlink r:id="rId287769b27f313bf4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -622,63 +622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a trans-Siberian species, recorded from the Ural Mountains to the Russian Far East, as well as in Mongolia, Northern China and the Northern part of the Korean peninsula (Pavlovskii &amp; Shtakelberg, 1955; Lindeman, 1979; Izhevskiy et al., 2005; Danilevsky, 2014; Karpiński et al., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68114528" name="name653269974499afe01" descr="MONCIM_distribution_map.jpg"/>
+            <wp:docPr id="39459603" name="name743769b27f313cec2" descr="MONCIM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCIM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId515969974499afdfe" cstate="print"/>
+                    <a:blip r:embed="rId313969b27f313cebf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2048,51 +2048,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nauka Publishing House, Novosibirsk (USSR) (in Russian). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Danilevsky ML (2014) A check list of the longicorn beetles (Cerambycoidea) of Russia (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId353269974499b08f9" w:history="1">
+      <w:hyperlink r:id="rId368969b27f313daac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2328,51 +2328,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breuning, 1947 (Coleoptera, Cerambycidae). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ZooKeys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">739, 107–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615469974499b0ac3" w:history="1">
+      <w:hyperlink r:id="rId833969b27f313dc82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.739.23675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2809,51 +2809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2020) Pest survey card on non‐European </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359969974499b0df5" w:history="1">
+      <w:hyperlink r:id="rId670569b27f313df90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.efsa.europa.eu/en/supporting/pub/en-1781</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 16/June/2021) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2928,51 +2928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549969974499b0eb7" w:history="1">
+      <w:hyperlink r:id="rId353469b27f313e052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3005,63 +3005,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus impluviatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was prepared in 2002 in the framework of the EPPO Project on quarantine pests for forestry. It was revised in 2021 and is now maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32382782" name="name537369974499b0f9f" descr="eu_funding_250.png"/>
+            <wp:docPr id="79177391" name="name810869b27f313e140" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId961969974499b0f9e" cstate="print"/>
+                    <a:blip r:embed="rId950469b27f313e13f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3159,137 +3159,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47082658">
+  <w:abstractNum w:abstractNumId="71458344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56688752">
+    <w:lvl w:ilvl="0" w:tplc="48683601">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56688752" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48683601" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47082657">
+  <w:abstractNum w:abstractNumId="71458343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22678751">
+    <w:lvl w:ilvl="0" w:tplc="67278751">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4041,55 +4041,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47082657">
-    <w:abstractNumId w:val="47082657"/>
+  <w:num w:numId="71458343">
+    <w:abstractNumId w:val="71458343"/>
   </w:num>
-  <w:num w:numId="47082658">
-    <w:abstractNumId w:val="47082658"/>
+  <w:num w:numId="71458344">
+    <w:abstractNumId w:val="71458344"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15639,51 +15639,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId296331252" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId531921243" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722469974499ae66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId156369974499aedcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId353269974499b08f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId615469974499b0ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId359969974499b0df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId549969974499b0eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId216969974499aec83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId216969974499aec83.jpg"/><Relationship Id="rId515969974499afdfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId515969974499afdfe.jpg"/><Relationship Id="rId961969974499b0f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961969974499b0f9e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId178294993" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId838223390" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId948569b27f313b65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/" TargetMode="External"/><Relationship Id="rId287769b27f313bf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCIM/photos" TargetMode="External"/><Relationship Id="rId368969b27f313daac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zin.ru/animalia/coleoptera/rus/cerru_md.htm" TargetMode="External"/><Relationship Id="rId833969b27f313dc82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.739.23675" TargetMode="External"/><Relationship Id="rId670569b27f313df90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efsa.europa.eu/en/supporting/pub/en-1781" TargetMode="External"/><Relationship Id="rId353469b27f313e052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId176969b27f313bd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId176969b27f313bd53.jpg"/><Relationship Id="rId313969b27f313cebf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313969b27f313cebf.jpg"/><Relationship Id="rId950469b27f313e13f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId950469b27f313e13f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>