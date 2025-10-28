--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511868e0cac099dca" w:history="1">
+            <w:hyperlink r:id="rId91026901502673f55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147268e0cac099e10" w:history="1">
+            <w:hyperlink r:id="rId83116901502673f9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45728155" name="name792368e0cac09ad84" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="55705016" name="name559469015026755fa" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId512668e0cac09ad81" cstate="print"/>
+                    <a:blip r:embed="rId549769015026755f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="753828421"/>
+          <w:numId w:val="35535856"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="753828421"/>
+          <w:numId w:val="35535856"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="753828421"/>
+          <w:numId w:val="35535856"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="753828421"/>
+          <w:numId w:val="35535856"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546868e0cac09cc64" w:history="1">
+      <w:hyperlink r:id="rId2596690150267747b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624868e0cac09ccbc" w:history="1">
+      <w:hyperlink r:id="rId888369015026774d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564368e0cac09cf71" w:history="1">
+      <w:hyperlink r:id="rId8639690150267778d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699368e0cac09d0a0" w:history="1">
+      <w:hyperlink r:id="rId128769015026778ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542068e0cac09d0f4" w:history="1">
+      <w:hyperlink r:id="rId4168690150267790c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917968e0cac09d147" w:history="1">
+      <w:hyperlink r:id="rId4116690150267795f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293068e0cac09d295" w:history="1">
+      <w:hyperlink r:id="rId39046901502677aa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401668e0cac09d935" w:history="1">
+      <w:hyperlink r:id="rId89496901502678110" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381368e0cac09de06" w:history="1">
+      <w:hyperlink r:id="rId594569015026785ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8654,51 +8654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541768e0cac09e2d8" w:history="1">
+      <w:hyperlink r:id="rId92166901502678ab7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21561675" name="name650568e0cac09e38e" descr="eu_funding_250.png"/>
+            <wp:docPr id="43759772" name="name69376901502678b62" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId242968e0cac09e38d" cstate="print"/>
+                    <a:blip r:embed="rId11866901502678b61" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="753828421">
+  <w:abstractNum w:abstractNumId="35535856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83725932">
+    <w:lvl w:ilvl="0" w:tplc="72038884">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83725932" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72038884" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34688003">
+  <w:abstractNum w:abstractNumId="91908014">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30626412">
+    <w:lvl w:ilvl="0" w:tplc="59884055">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30626412" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59884055" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34688002">
+  <w:abstractNum w:abstractNumId="91908013">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52147832">
+    <w:lvl w:ilvl="0" w:tplc="71651325">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34688002">
-    <w:abstractNumId w:val="34688002"/>
+  <w:num w:numId="91908013">
+    <w:abstractNumId w:val="91908013"/>
   </w:num>
-  <w:num w:numId="34688003">
-    <w:abstractNumId w:val="34688003"/>
+  <w:num w:numId="91908014">
+    <w:abstractNumId w:val="91908014"/>
   </w:num>
-  <w:num w:numId="753828421">
-    <w:abstractNumId w:val="753828421"/>
+  <w:num w:numId="35535856">
+    <w:abstractNumId w:val="35535856"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId503235573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820300508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId511868e0cac099dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId147268e0cac099e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId546868e0cac09cc64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId624868e0cac09ccbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId564368e0cac09cf71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId699368e0cac09d0a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId542068e0cac09d0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId917968e0cac09d147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId293068e0cac09d295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId401668e0cac09d935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId381368e0cac09de06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId541768e0cac09e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId512668e0cac09ad81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512668e0cac09ad81.jpg"/><Relationship Id="rId242968e0cac09e38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242968e0cac09e38d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId958259169" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101693348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91026901502673f55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId83116901502673f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId2596690150267747b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId888369015026774d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId8639690150267778d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId128769015026778ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId4168690150267790c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId4116690150267795f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId39046901502677aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId89496901502678110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId594569015026785ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId92166901502678ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId549769015026755f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId549769015026755f6.jpg"/><Relationship Id="rId11866901502678b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11866901502678b61.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>