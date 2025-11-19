--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91026901502673f55" w:history="1">
+            <w:hyperlink r:id="rId9225691d0991a958b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83116901502673f9c" w:history="1">
+            <w:hyperlink r:id="rId5698691d0991a95ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55705016" name="name559469015026755fa" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="81025987" name="name6670691d0991ab72e" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId549769015026755f6" cstate="print"/>
+                    <a:blip r:embed="rId4500691d0991ab72b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35535856"/>
+          <w:numId w:val="414220986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35535856"/>
+          <w:numId w:val="414220986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35535856"/>
+          <w:numId w:val="414220986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35535856"/>
+          <w:numId w:val="414220986"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2596690150267747b" w:history="1">
+      <w:hyperlink r:id="rId3428691d0991ae4ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888369015026774d6" w:history="1">
+      <w:hyperlink r:id="rId2483691d0991ae549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8639690150267778d" w:history="1">
+      <w:hyperlink r:id="rId6900691d0991ae7e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128769015026778ba" w:history="1">
+      <w:hyperlink r:id="rId1748691d0991ae90e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4168690150267790c" w:history="1">
+      <w:hyperlink r:id="rId7145691d0991ae95f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4116690150267795f" w:history="1">
+      <w:hyperlink r:id="rId8240691d0991ae9b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39046901502677aa9" w:history="1">
+      <w:hyperlink r:id="rId5445691d0991aeaf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89496901502678110" w:history="1">
+      <w:hyperlink r:id="rId7675691d0991b10c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId594569015026785ec" w:history="1">
+      <w:hyperlink r:id="rId2303691d0991b163f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8654,51 +8654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92166901502678ab7" w:history="1">
+      <w:hyperlink r:id="rId3937691d0991b1b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43759772" name="name69376901502678b62" descr="eu_funding_250.png"/>
+            <wp:docPr id="38299508" name="name5074691d0991b1bac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11866901502678b61" cstate="print"/>
+                    <a:blip r:embed="rId8533691d0991b1bab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35535856">
+  <w:abstractNum w:abstractNumId="414220986">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72038884">
+    <w:lvl w:ilvl="0" w:tplc="68318383">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72038884" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68318383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91908014">
+  <w:abstractNum w:abstractNumId="22550472">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59884055">
+    <w:lvl w:ilvl="0" w:tplc="10653980">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59884055" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10653980" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91908013">
+  <w:abstractNum w:abstractNumId="22550471">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71651325">
+    <w:lvl w:ilvl="0" w:tplc="87755821">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91908013">
-    <w:abstractNumId w:val="91908013"/>
+  <w:num w:numId="22550471">
+    <w:abstractNumId w:val="22550471"/>
   </w:num>
-  <w:num w:numId="91908014">
-    <w:abstractNumId w:val="91908014"/>
+  <w:num w:numId="22550472">
+    <w:abstractNumId w:val="22550472"/>
   </w:num>
-  <w:num w:numId="35535856">
-    <w:abstractNumId w:val="35535856"/>
+  <w:num w:numId="414220986">
+    <w:abstractNumId w:val="414220986"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId958259169" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId101693348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId91026901502673f55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId83116901502673f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId2596690150267747b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId888369015026774d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId8639690150267778d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId128769015026778ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId4168690150267790c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId4116690150267795f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId39046901502677aa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId89496901502678110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId594569015026785ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId92166901502678ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId549769015026755f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId549769015026755f6.jpg"/><Relationship Id="rId11866901502678b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId11866901502678b61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515914143" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId424999653" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9225691d0991a958b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId5698691d0991a95ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId3428691d0991ae4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId2483691d0991ae549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId6900691d0991ae7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId1748691d0991ae90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId7145691d0991ae95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId8240691d0991ae9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5445691d0991aeaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId7675691d0991b10c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId2303691d0991b163f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId3937691d0991b1b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4500691d0991ab72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4500691d0991ab72b.jpg"/><Relationship Id="rId8533691d0991b1bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8533691d0991b1bab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>