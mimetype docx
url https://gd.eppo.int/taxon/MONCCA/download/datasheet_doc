--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9225691d0991a958b" w:history="1">
+            <w:hyperlink r:id="rId24266938dc6b5099c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5698691d0991a95ce" w:history="1">
+            <w:hyperlink r:id="rId28356938dc6b509f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81025987" name="name6670691d0991ab72e" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="64066273" name="name76696938dc6b51d58" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4500691d0991ab72b" cstate="print"/>
+                    <a:blip r:embed="rId56646938dc6b51d56" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="414220986"/>
+          <w:numId w:val="238597608"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="414220986"/>
+          <w:numId w:val="238597608"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="414220986"/>
+          <w:numId w:val="238597608"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="414220986"/>
+          <w:numId w:val="238597608"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3428691d0991ae4ef" w:history="1">
+      <w:hyperlink r:id="rId18726938dc6b53caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2483691d0991ae549" w:history="1">
+      <w:hyperlink r:id="rId80186938dc6b53d01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6900691d0991ae7e7" w:history="1">
+      <w:hyperlink r:id="rId84556938dc6b5433a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1748691d0991ae90e" w:history="1">
+      <w:hyperlink r:id="rId18576938dc6b544ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7145691d0991ae95f" w:history="1">
+      <w:hyperlink r:id="rId19966938dc6b5450f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8240691d0991ae9b0" w:history="1">
+      <w:hyperlink r:id="rId23716938dc6b54562" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5445691d0991aeaf7" w:history="1">
+      <w:hyperlink r:id="rId43646938dc6b547f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7675691d0991b10c8" w:history="1">
+      <w:hyperlink r:id="rId41176938dc6b54ffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2303691d0991b163f" w:history="1">
+      <w:hyperlink r:id="rId20476938dc6b55731" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8654,51 +8654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3937691d0991b1b02" w:history="1">
+      <w:hyperlink r:id="rId74926938dc6b55d88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38299508" name="name5074691d0991b1bac" descr="eu_funding_250.png"/>
+            <wp:docPr id="38819989" name="name81886938dc6b562e6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8533691d0991b1bab" cstate="print"/>
+                    <a:blip r:embed="rId93016938dc6b562e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="414220986">
+  <w:abstractNum w:abstractNumId="238597608">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68318383">
+    <w:lvl w:ilvl="0" w:tplc="90294050">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68318383" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90294050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22550472">
+  <w:abstractNum w:abstractNumId="24016443">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10653980">
+    <w:lvl w:ilvl="0" w:tplc="26826467">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10653980" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26826467" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22550471">
+  <w:abstractNum w:abstractNumId="24016442">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87755821">
+    <w:lvl w:ilvl="0" w:tplc="70250707">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22550471">
-    <w:abstractNumId w:val="22550471"/>
+  <w:num w:numId="24016442">
+    <w:abstractNumId w:val="24016442"/>
   </w:num>
-  <w:num w:numId="22550472">
-    <w:abstractNumId w:val="22550472"/>
+  <w:num w:numId="24016443">
+    <w:abstractNumId w:val="24016443"/>
   </w:num>
-  <w:num w:numId="414220986">
-    <w:abstractNumId w:val="414220986"/>
+  <w:num w:numId="238597608">
+    <w:abstractNumId w:val="238597608"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515914143" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId424999653" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9225691d0991a958b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId5698691d0991a95ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId3428691d0991ae4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId2483691d0991ae549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId6900691d0991ae7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId1748691d0991ae90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId7145691d0991ae95f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId8240691d0991ae9b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5445691d0991aeaf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId7675691d0991b10c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId2303691d0991b163f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId3937691d0991b1b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4500691d0991ab72b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4500691d0991ab72b.jpg"/><Relationship Id="rId8533691d0991b1bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8533691d0991b1bab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId756070008" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId692456942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24266938dc6b5099c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId28356938dc6b509f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId18726938dc6b53caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId80186938dc6b53d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId84556938dc6b5433a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId18576938dc6b544ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId19966938dc6b5450f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId23716938dc6b54562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId43646938dc6b547f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId41176938dc6b54ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId20476938dc6b55731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId74926938dc6b55d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56646938dc6b51d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56646938dc6b51d56.jpg"/><Relationship Id="rId93016938dc6b562e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93016938dc6b562e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>