--- v3 (2025-12-10)
+++ v4 (2026-01-21)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24266938dc6b5099c" w:history="1">
+            <w:hyperlink r:id="rId438769710b5c3cb44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28356938dc6b509f5" w:history="1">
+            <w:hyperlink r:id="rId990369710b5c3cb8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64066273" name="name76696938dc6b51d58" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="35155472" name="name110969710b5c3ddc3" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56646938dc6b51d56" cstate="print"/>
+                    <a:blip r:embed="rId801469710b5c3ddc0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="238597608"/>
+          <w:numId w:val="610216913"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="238597608"/>
+          <w:numId w:val="610216913"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="238597608"/>
+          <w:numId w:val="610216913"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="238597608"/>
+          <w:numId w:val="610216913"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18726938dc6b53caa" w:history="1">
+      <w:hyperlink r:id="rId568769710b5c40287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80186938dc6b53d01" w:history="1">
+      <w:hyperlink r:id="rId992769710b5c402e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84556938dc6b5433a" w:history="1">
+      <w:hyperlink r:id="rId524469710b5c40605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18576938dc6b544ba" w:history="1">
+      <w:hyperlink r:id="rId381369710b5c4078a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19966938dc6b5450f" w:history="1">
+      <w:hyperlink r:id="rId377969710b5c407de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23716938dc6b54562" w:history="1">
+      <w:hyperlink r:id="rId767969710b5c40831" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43646938dc6b547f1" w:history="1">
+      <w:hyperlink r:id="rId111969710b5c409c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41176938dc6b54ffc" w:history="1">
+      <w:hyperlink r:id="rId420769710b5c4112a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20476938dc6b55731" w:history="1">
+      <w:hyperlink r:id="rId151569710b5c41745" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8632,73 +8632,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74926938dc6b55d88" w:history="1">
+      <w:hyperlink r:id="rId665669710b5c41cf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38819989" name="name81886938dc6b562e6" descr="eu_funding_250.png"/>
+            <wp:docPr id="71898020" name="name100069710b5c41dea" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93016938dc6b562e5" cstate="print"/>
+                    <a:blip r:embed="rId357069710b5c41de8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="238597608">
+  <w:abstractNum w:abstractNumId="610216913">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90294050">
+    <w:lvl w:ilvl="0" w:tplc="45921589">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90294050" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45921589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24016443">
+  <w:abstractNum w:abstractNumId="53782299">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26826467">
+    <w:lvl w:ilvl="0" w:tplc="13574546">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26826467" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13574546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24016442">
+  <w:abstractNum w:abstractNumId="53782298">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70250707">
+    <w:lvl w:ilvl="0" w:tplc="27838329">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24016442">
-    <w:abstractNumId w:val="24016442"/>
+  <w:num w:numId="53782298">
+    <w:abstractNumId w:val="53782298"/>
   </w:num>
-  <w:num w:numId="24016443">
-    <w:abstractNumId w:val="24016443"/>
+  <w:num w:numId="53782299">
+    <w:abstractNumId w:val="53782299"/>
   </w:num>
-  <w:num w:numId="238597608">
-    <w:abstractNumId w:val="238597608"/>
+  <w:num w:numId="610216913">
+    <w:abstractNumId w:val="610216913"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId756070008" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId692456942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24266938dc6b5099c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId28356938dc6b509f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId18726938dc6b53caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId80186938dc6b53d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId84556938dc6b5433a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId18576938dc6b544ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId19966938dc6b5450f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId23716938dc6b54562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId43646938dc6b547f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId41176938dc6b54ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId20476938dc6b55731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId74926938dc6b55d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56646938dc6b51d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56646938dc6b51d56.jpg"/><Relationship Id="rId93016938dc6b562e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93016938dc6b562e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId379042378" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId476468849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId438769710b5c3cb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId990369710b5c3cb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId568769710b5c40287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId992769710b5c402e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId524469710b5c40605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId381369710b5c4078a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId377969710b5c407de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId767969710b5c40831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId111969710b5c409c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId420769710b5c4112a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId151569710b5c41745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId665669710b5c41cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId801469710b5c3ddc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId801469710b5c3ddc0.jpg"/><Relationship Id="rId357069710b5c41de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357069710b5c41de8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>