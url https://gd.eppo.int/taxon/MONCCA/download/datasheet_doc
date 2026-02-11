--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438769710b5c3cb44" w:history="1">
+            <w:hyperlink r:id="rId2990698c4df61efd1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId990369710b5c3cb8b" w:history="1">
+            <w:hyperlink r:id="rId5335698c4df61f015" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35155472" name="name110969710b5c3ddc3" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="30688424" name="name8798698c4df620293" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId801469710b5c3ddc0" cstate="print"/>
+                    <a:blip r:embed="rId9595698c4df620290" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="610216913"/>
+          <w:numId w:val="45049179"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="610216913"/>
+          <w:numId w:val="45049179"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="610216913"/>
+          <w:numId w:val="45049179"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="610216913"/>
+          <w:numId w:val="45049179"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568769710b5c40287" w:history="1">
+      <w:hyperlink r:id="rId2207698c4df62211a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992769710b5c402e4" w:history="1">
+      <w:hyperlink r:id="rId1127698c4df622170" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524469710b5c40605" w:history="1">
+      <w:hyperlink r:id="rId1018698c4df62243d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381369710b5c4078a" w:history="1">
+      <w:hyperlink r:id="rId4755698c4df62256c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377969710b5c407de" w:history="1">
+      <w:hyperlink r:id="rId9618698c4df6225c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767969710b5c40831" w:history="1">
+      <w:hyperlink r:id="rId7149698c4df622614" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111969710b5c409c8" w:history="1">
+      <w:hyperlink r:id="rId5018698c4df62275f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420769710b5c4112a" w:history="1">
+      <w:hyperlink r:id="rId2965698c4df622dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151569710b5c41745" w:history="1">
+      <w:hyperlink r:id="rId5402698c4df623295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8654,51 +8654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665669710b5c41cf7" w:history="1">
+      <w:hyperlink r:id="rId6173698c4df623760" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71898020" name="name100069710b5c41dea" descr="eu_funding_250.png"/>
+            <wp:docPr id="70034170" name="name8633698c4df623834" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId357069710b5c41de8" cstate="print"/>
+                    <a:blip r:embed="rId3268698c4df623833" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="610216913">
+  <w:abstractNum w:abstractNumId="45049179">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45921589">
+    <w:lvl w:ilvl="0" w:tplc="89992519">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45921589" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89992519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53782299">
+  <w:abstractNum w:abstractNumId="49653756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13574546">
+    <w:lvl w:ilvl="0" w:tplc="14069968">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13574546" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14069968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53782298">
+  <w:abstractNum w:abstractNumId="49653755">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27838329">
+    <w:lvl w:ilvl="0" w:tplc="82927657">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53782298">
-    <w:abstractNumId w:val="53782298"/>
+  <w:num w:numId="49653755">
+    <w:abstractNumId w:val="49653755"/>
   </w:num>
-  <w:num w:numId="53782299">
-    <w:abstractNumId w:val="53782299"/>
+  <w:num w:numId="49653756">
+    <w:abstractNumId w:val="49653756"/>
   </w:num>
-  <w:num w:numId="610216913">
-    <w:abstractNumId w:val="610216913"/>
+  <w:num w:numId="45049179">
+    <w:abstractNumId w:val="45049179"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId379042378" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId476468849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId438769710b5c3cb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId990369710b5c3cb8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId568769710b5c40287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId992769710b5c402e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId524469710b5c40605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId381369710b5c4078a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId377969710b5c407de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId767969710b5c40831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId111969710b5c409c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId420769710b5c4112a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId151569710b5c41745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId665669710b5c41cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId801469710b5c3ddc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId801469710b5c3ddc0.jpg"/><Relationship Id="rId357069710b5c41de8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357069710b5c41de8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561942147" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817297961" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2990698c4df61efd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId5335698c4df61f015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId2207698c4df62211a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId1127698c4df622170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId1018698c4df62243d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId4755698c4df62256c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId9618698c4df6225c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId7149698c4df622614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5018698c4df62275f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2965698c4df622dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId5402698c4df623295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId6173698c4df623760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9595698c4df620290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9595698c4df620290.jpg"/><Relationship Id="rId3268698c4df623833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3268698c4df623833.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>