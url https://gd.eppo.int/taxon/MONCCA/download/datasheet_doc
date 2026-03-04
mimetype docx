--- v5 (2026-02-11)
+++ v6 (2026-03-04)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2990698c4df61efd1" w:history="1">
+            <w:hyperlink r:id="rId508169a8945e9cdf2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5335698c4df61f015" w:history="1">
+            <w:hyperlink r:id="rId548969a8945e9ce3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30688424" name="name8798698c4df620293" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="91139847" name="name269769a8945e9ded5" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9595698c4df620290" cstate="print"/>
+                    <a:blip r:embed="rId368969a8945e9ded3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45049179"/>
+          <w:numId w:val="265731355"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45049179"/>
+          <w:numId w:val="265731355"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45049179"/>
+          <w:numId w:val="265731355"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45049179"/>
+          <w:numId w:val="265731355"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2207698c4df62211a" w:history="1">
+      <w:hyperlink r:id="rId330569a8945e9fdc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1127698c4df622170" w:history="1">
+      <w:hyperlink r:id="rId113969a8945e9fe1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1018698c4df62243d" w:history="1">
+      <w:hyperlink r:id="rId172569a8945ea00c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4755698c4df62256c" w:history="1">
+      <w:hyperlink r:id="rId365969a8945ea01ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9618698c4df6225c0" w:history="1">
+      <w:hyperlink r:id="rId268069a8945ea023e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7149698c4df622614" w:history="1">
+      <w:hyperlink r:id="rId864669a8945ea02a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5018698c4df62275f" w:history="1">
+      <w:hyperlink r:id="rId249769a8945ea03f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2965698c4df622dce" w:history="1">
+      <w:hyperlink r:id="rId137669a8945ea0a54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5402698c4df623295" w:history="1">
+      <w:hyperlink r:id="rId885269a8945ea0f0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8654,51 +8654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6173698c4df623760" w:history="1">
+      <w:hyperlink r:id="rId317969a8945ea13f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70034170" name="name8633698c4df623834" descr="eu_funding_250.png"/>
+            <wp:docPr id="67547501" name="name827069a8945ea14a5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3268698c4df623833" cstate="print"/>
+                    <a:blip r:embed="rId804369a8945ea14a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45049179">
+  <w:abstractNum w:abstractNumId="265731355">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89992519">
+    <w:lvl w:ilvl="0" w:tplc="61325135">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89992519" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61325135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49653756">
+  <w:abstractNum w:abstractNumId="30463093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14069968">
+    <w:lvl w:ilvl="0" w:tplc="20107767">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14069968" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20107767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49653755">
+  <w:abstractNum w:abstractNumId="30463092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82927657">
+    <w:lvl w:ilvl="0" w:tplc="45952318">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49653755">
-    <w:abstractNumId w:val="49653755"/>
+  <w:num w:numId="30463092">
+    <w:abstractNumId w:val="30463092"/>
   </w:num>
-  <w:num w:numId="49653756">
-    <w:abstractNumId w:val="49653756"/>
+  <w:num w:numId="30463093">
+    <w:abstractNumId w:val="30463093"/>
   </w:num>
-  <w:num w:numId="45049179">
-    <w:abstractNumId w:val="45049179"/>
+  <w:num w:numId="265731355">
+    <w:abstractNumId w:val="265731355"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId561942147" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817297961" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2990698c4df61efd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId5335698c4df61f015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId2207698c4df62211a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId1127698c4df622170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId1018698c4df62243d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId4755698c4df62256c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId9618698c4df6225c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId7149698c4df622614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5018698c4df62275f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId2965698c4df622dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId5402698c4df623295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId6173698c4df623760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9595698c4df620290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9595698c4df620290.jpg"/><Relationship Id="rId3268698c4df623833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3268698c4df623833.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462790089" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697013283" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508169a8945e9cdf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId548969a8945e9ce3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId330569a8945e9fdc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId113969a8945e9fe1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId172569a8945ea00c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId365969a8945ea01ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId268069a8945ea023e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId864669a8945ea02a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId249769a8945ea03f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId137669a8945ea0a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId885269a8945ea0f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId317969a8945ea13f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368969a8945e9ded3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368969a8945e9ded3.jpg"/><Relationship Id="rId804369a8945ea14a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId804369a8945ea14a4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>