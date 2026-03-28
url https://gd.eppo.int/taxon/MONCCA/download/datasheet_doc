--- v6 (2026-03-04)
+++ v7 (2026-03-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Cerambycidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> carolina sawyer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508169a8945e9cdf2" w:history="1">
+            <w:hyperlink r:id="rId519469c72f8b0829b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548969a8945e9ce3f" w:history="1">
+            <w:hyperlink r:id="rId792969c72f8b082e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -741,63 +741,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is native to North America and occurs from South-Eastern Canada (Ontario, Quebec, and New Brunswick) through the eastern half of the USA, from Texas to Minnesota. There is only one record from Mexico (Durango) by Dillon &amp; Dillon (1941).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91139847" name="name269769a8945e9ded5" descr="MONCCA_distribution_map.jpg"/>
+            <wp:docPr id="1540623" name="name289369c72f8b09618" descr="MONCCA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MONCCA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId368969a8945e9ded3" cstate="print"/>
+                    <a:blip r:embed="rId194869c72f8b09614" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2654,126 +2654,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. (Wilson, 1975, Akbulut &amp; Stamps, 2012):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="265731355"/>
+          <w:numId w:val="481620648"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of slit like or pit like oviposition scars chewed into the bark of pine trees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="265731355"/>
+          <w:numId w:val="481620648"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The presence of feeding tracks and oval shaped larval entrance holes in the sapwood caused by larval feeding when the bark is removed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="265731355"/>
+          <w:numId w:val="481620648"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Excelsior-like frass around cut logs from holes in the bark or at the base of trees colonized by the beetle.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="265731355"/>
+          <w:numId w:val="481620648"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A round exit hole in the wood and bark created by adults.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
@@ -5161,101 +5161,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330569a8945e9fdc3" w:history="1">
+      <w:hyperlink r:id="rId913969c72f8b0b5ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10340-018-0954-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI Compendium </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113969a8945e9fe1c" w:history="1">
+      <w:hyperlink r:id="rId136369c72f8b0b658" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.34720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5629,51 +5629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Supporting publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-EN-1781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172569a8945ea00c2" w:history="1">
+      <w:hyperlink r:id="rId427169c72f8b0b8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5815,149 +5815,149 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365969a8945ea01ec" w:history="1">
+      <w:hyperlink r:id="rId222069c72f8b0ba31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Evans H, Kulinich O, Magnusson C, Robinet C &amp; Schroeder T (2009) Report of a Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bursaphelenchus xylophilus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 09/15450, 1-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268069a8945ea023e" w:history="1">
+      <w:hyperlink r:id="rId102369c72f8b0ba87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/BURSXY/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2017) ISPM 39 International movement of wood. IPPC Secretariat, FAO, Rome, 20 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864669a8945ea02a7" w:history="1">
+      <w:hyperlink r:id="rId598669c72f8b0bad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6119,51 +6119,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2029-2034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gibson K (2010) Management guide for sawyer beetles. Forest Health Protection and State Forewsy Organisations. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249769a8945ea03f0" w:history="1">
+      <w:hyperlink r:id="rId239769c72f8b0bc38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7139,51 +7139,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Osada Y, Yamakita T, Shoda-Kagaya E, Liebhold AM &amp; Yamanaka T (2018) Disentangling the drivers of invasion spread in a vector-borne tree disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Journal of Animal Ecology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId137669a8945ea0a54" w:history="1">
+      <w:hyperlink r:id="rId760969c72f8b0c2fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1365-2656. 12884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Shimazu M (2009) Use of Microbes for Control of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus alternatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Vector of the Invasive Pinewood Nematode. In: Hajek, A.E., Glare, T.R., O’Callaghan, M. (eds) Use of Microbes for Control and Eradication of Invasive Arthropods. Progress in Biological Control, vol 6. Springer, Dordrecht. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885269a8945ea0f0c" w:history="1">
+      <w:hyperlink r:id="rId984469c72f8b0c7c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4020-8560-4_9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8654,51 +8654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Monochamus carolinensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317969a8945ea13f8" w:history="1">
+      <w:hyperlink r:id="rId443569c72f8b0cca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8711,63 +8711,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67547501" name="name827069a8945ea14a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="8169671" name="name233669c72f8b0cd77" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId804369a8945ea14a4" cstate="print"/>
+                    <a:blip r:embed="rId725769c72f8b0cd75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8865,221 +8865,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="265731355">
+  <w:abstractNum w:abstractNumId="481620648">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61325135">
+    <w:lvl w:ilvl="0" w:tplc="59546328">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61325135" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59546328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30463093">
+  <w:abstractNum w:abstractNumId="54891022">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20107767">
+    <w:lvl w:ilvl="0" w:tplc="70480949">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20107767" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70480949" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30463092">
+  <w:abstractNum w:abstractNumId="54891021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45952318">
+    <w:lvl w:ilvl="0" w:tplc="27868994">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9831,58 +9831,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30463092">
-    <w:abstractNumId w:val="30463092"/>
+  <w:num w:numId="54891021">
+    <w:abstractNumId w:val="54891021"/>
   </w:num>
-  <w:num w:numId="30463093">
-    <w:abstractNumId w:val="30463093"/>
+  <w:num w:numId="54891022">
+    <w:abstractNumId w:val="54891022"/>
   </w:num>
-  <w:num w:numId="265731355">
-    <w:abstractNumId w:val="265731355"/>
+  <w:num w:numId="481620648">
+    <w:abstractNumId w:val="481620648"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21432,51 +21432,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462790089" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId697013283" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId508169a8945e9cdf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId548969a8945e9ce3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId330569a8945e9fdc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId113969a8945e9fe1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId172569a8945ea00c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId365969a8945ea01ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId268069a8945ea023e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId864669a8945ea02a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId249769a8945ea03f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId137669a8945ea0a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId885269a8945ea0f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId317969a8945ea13f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368969a8945e9ded3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368969a8945e9ded3.jpg"/><Relationship Id="rId804369a8945ea14a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId804369a8945ea14a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId899664879" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId639020428" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId519469c72f8b0829b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/" TargetMode="External"/><Relationship Id="rId792969c72f8b082e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/MONCCA/categorization" TargetMode="External"/><Relationship Id="rId913969c72f8b0b5ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10340-018-0954-4" TargetMode="External"/><Relationship Id="rId136369c72f8b0b658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.34720" TargetMode="External"/><Relationship Id="rId427169c72f8b0b8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1781" TargetMode="External"/><Relationship Id="rId222069c72f8b0ba31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/datasheet" TargetMode="External"/><Relationship Id="rId102369c72f8b0ba87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/BURSXY/documents" TargetMode="External"/><Relationship Id="rId598669c72f8b0bad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId239769c72f8b0bc38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/Internet/FSE_DOCUMENTS/stelprdb5187547.pdf" TargetMode="External"/><Relationship Id="rId760969c72f8b0c2fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1365-2656.%2012884" TargetMode="External"/><Relationship Id="rId984469c72f8b0c7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4020-8560-4_9" TargetMode="External"/><Relationship Id="rId443569c72f8b0cca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId194869c72f8b09614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId194869c72f8b09614.jpg"/><Relationship Id="rId725769c72f8b0cd75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId725769c72f8b0cd75.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>